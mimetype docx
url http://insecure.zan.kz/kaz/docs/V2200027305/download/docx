--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bc010e1" w14:textId="bc010e1">
+    <w:p w14:paraId="adc6fa6" w14:textId="adc6fa6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,147 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жеке тұлғалардың банктік шоттарында жүргізілетін операцияларды кәсіпкерлік қызметті жүзеге асырудан кіріс алу белгілері бар операцияларға жатқызу өлшемшарттарын, Екінші деңгейдегі банктердің және банк операциялардың жекелеген түрлерін жүзеге асыратын ұйымдардың кәсіпкерлік қызметті жүзеге асырудан кіріс алу белгілері бар операцияларға жатқызылған жеке тұлғалардың банктік шоттарында жүргізілетін операциялар бойынша мәліметтерді ұсыну қағидаларын, нысаны мен мерзімін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қаржы министрінің 2022 жылғы 29 наурыздағы № 323 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 30 наурызда № 27305 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2022 жылғы 29 наурыздағы № 323 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 30 наурызда № 27305 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 698</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -154,238 +250,190 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 23) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Мыналар: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жеке тұлғалардың банк шоттарында жүргізілетін операцияларды кәсіпкерлік қызметті жүзеге асырудан кіріс алу белгілері бар операцияларға жатқызу өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Екінші деңгейдегі банктердің және банк операциялардың жекелеген түрлерін жүзеге асыратын ұйымдардың кәсіпкерлік қызметті жүзеге асырудан кіріс алу белгілері бар операцияларға жатқызылған жеке тұлғалардың банк шоттарында жүргізілетін операциялар бойынша мәліметтерді ұсыну қағидалары мен мерзімі;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес кәсіпкерлік қызметті жүзеге асырудан кіріс алу белгілері бар операцияларға жатқызылған жеке тұлғалардың банк шоттарында жүргізілетін операциялар бойынша мәліметтер нысаны бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -396,70 +444,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шараларды орындау туралы мәліметтердің Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -632,88 +680,68 @@
               </w:rPr>
               <w:t>"КЕЛІСІЛДІ"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Республикасының</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ұлттық</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> банкі </w:t>
+              <w:t xml:space="preserve">Ұлттық банкі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -808,102 +836,84 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2022 жылғы 29 наурыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 323 бұйрығына 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жеке тұлғалардың банктік шоттарында жүргізілетін операцияларды кәсіпкерлік қызметті жүзеге асырудан кіріс алу белгілері бар операцияларға жатқызу өлшемшарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке тұлғалардың банк шоттары бойынша жүргізілетін операцияларды кәсіпкерлік қызметті жүзеге асырудан кіріс алу белгілері бар операцияларға жатқызу өлшемшарты 1 (бір) жеке тұлғаның қатарынан күнтізбелік 3 (үш) айдың әрқайсысының ішінде 100 (жүз) және одан да көп әртүрлі тұлғалардан кәсіпкерлік қызметті жүзеге асыруға арналмаған банк шотына ақша қаражатын алуы болып табылады.</w:t>
-      </w:r>
-[...16 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -984,93 +994,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2022 жылғы 29 наурыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 323 бұйрығына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Екінші деңгейдегі банктердің және банк операциялардың жекелеген түрлерін жүзеге асыратын ұйымдардың кәсіпкерлік қызметті жүзеге асырудан кіріс алу белгілері бар операцияларға жатқызылған жеке тұлғалардың банк шоттарында жүргізілетін операциялар бойынша мәліметтерді ұсыну қағидалары мен мерзімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Екінші деңгейдегі банктердің және банк операциялардың жекелеген түрлерін жүзеге асыратын ұйымдардың кәсіпкерлік қызметті жүзеге асырудан кіріс алу белгілері бар операцияларға жатқызылған жеке тұлғалардың банк шоттарында жүргізілетін операциялар бойынша мәліметтерді беру қағидалары мен мерзімі (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) Қазақстан Республикасы Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1085,113 +1089,109 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 23) тармақшасына сәйкес әзірленді және екінші деңгейдегі банктердің және банк операциялардың жекелеген түрлерін жүзеге асыратын ұйымдардың (бұдан әрі – Банктер мен ұйымдар) кәсіпкерлік қызметті жүзеге асырудан кіріс алу белгілері бар операцияларға жатқызылған жеке тұлғалардың банк шоттарында жүргізілетін операциялар бойынша, Салық кодексінің 24-бабы 23) тармақшасында көрсетілген жеке тұлғалар бойынша мәліметтерді (бұдан әрі – Мәліметтер) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ұсынудың тәртібі мен мерзімін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Кәсіпкерлік қызметті жүзеге асырудан кіріс алу белгілері бар операцияларға жатқызылған жеке тұлғалардың банк шоттарында жүргізілетін операциялар бойынша мәліметтерді ұсыну тәртібі мен мерзімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті (бұдан әрі – Комитет) есепті жылдан кейінгі жылдың 15 қаңтарынан кешіктірмей есепті жылғы 31 желтоқсандағы жағдай бойынша Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 23) тармақшасының бірінші бөлігіне сәйкес мынадай жеке тұлғалар: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жауапты мемлекеттік лауазымды атқаратын адамдар және олардың жұбайы (зайыбы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1320,110 +1320,110 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бағалы қағаздар нарығы туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" Қазақстан Республикасының заңдарына сәйкес декларацияны табыс ету міндеті жүктелген адамдар бойынша тізімді қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитет осы Қағидалардың 2-тармағында көрсетілген жеке тұлғалардың тізімін қалыптастырған сәттен бастап күнтізбелік 2 (екі) күн ішінде осы бұйрыққа 3-қосымшаға сәйкес нысан бойынша Мәліметтерді ұсыну туралы жеке сәйкестендіру нөмірлерінің тізімін Microsoft Excel форматында Банктер мен ұйымдарға rnn-banks@kgd.minfin.kz электрондық жіберілімге сұрау салуды жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Банктер мен ұйымдар сұрау салуды алған күннен бастап 30 (отыз) жұмыс күні ішінде Мәліметтерді осы бұйрыққа 3-қосымшаға сәйкес Комитеттің электрондық мекенжайына Комитетке svedeniya_banks@kgd.minfin.gov.kz Microsoft Excel форматында шифрланған түрде жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Комитет, Банктер және ұйымдар Мәліметтерді алған кезде Қазақстан Республикасының салық және банк құпиясын құрайтын және өзге де заңмен қорғалатын ақпаратты жария етпеу, оның жария етілуіне жол бермеу туралы заңнама талаптарының сақталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2148,55 +2148,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2522,31 +2522,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>