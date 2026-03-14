--- v1 (2025-12-27)
+++ v2 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="adc6fa6" w14:textId="adc6fa6">
+    <w:p w14:paraId="d575be4" w14:textId="d575be4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жеке тұлғалардың банктік шоттарында жүргізілетін операцияларды кәсіпкерлік қызметті жүзеге асырудан кіріс алу белгілері бар операцияларға жатқызу өлшемшарттарын, Екінші деңгейдегі банктердің және банк операциялардың жекелеген түрлерін жүзеге асыратын ұйымдардың кәсіпкерлік қызметті жүзеге асырудан кіріс алу белгілері бар операцияларға жатқызылған жеке тұлғалардың банктік шоттарында жүргізілетін операциялар бойынша мәліметтерді ұсыну қағидаларын, нысаны мен мерзімін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-      </w:r>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2022 жылғы 29 наурыздағы № 323 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 30 наурызда № 27305 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 12 қарашадағы № 698 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 12.11.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 698</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2140,63 +2142,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2518,35 +2542,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>