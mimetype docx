--- v0 (2025-11-09)
+++ v1 (2026-03-15)
@@ -1,46 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="16b16d5" w14:textId="16b16d5">
+    <w:p w14:paraId="5ad9807" w14:textId="5ad9807">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,68 +76,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қаржылық мониторинг жөніндегі уәкілетті органның құқық қорғау, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесінен қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл үшін қажет ақпаратты алу қағидалары мен негіздерін бекіту туралы</w:t>
+        <w:t>Қаржы мониторингі жөніндегі уәкілетті органның құқық қорғау, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесінен қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл үшін қажетті ақпаратты алу қағидалары мен негіздерін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қаржылық мониторинг агенттігі Төрағасының 2022 жылғы 15 наурыздағы № 21 және Қазақстан Республикасы Бас Прокурорының 2022 жылғы 24 наурыздағы № 54 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 24 наурызда № 27194 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Қаржылық мониторинг агенттігі Төрағасының 2022 жылғы 15 наурыздағы № 21 және Қазақстан Республикасы Бас Прокурорының 2022 жылғы 24 наурыздағы № 54 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 24 наурызда № 27194 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының м.а. 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Бас Прокурорының 02.12.2025 № 152 (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік құқықтық статистика және арнайы есепке алу туралы" Қазақстан Республикасы Заңының 16-2-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -151,282 +188,312 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫЗ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Қаржылық мониторинг жөніндегі уәкілетті органның құқық қорғау, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесінен қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл үшін қажет ақпаратты алу </w:t>
+      1. Қоса беріліп отырған Қаржы мониторингі жөніндегі уәкілетті органның құқық қорғау, арнайы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесінен қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл үшін қажетті ақпаратты алу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары мен негіздері</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының м.а. 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Бас Прокурорының 02.12.2025 № 152 (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мыналардың:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1) "Қаржы мониторингі жөніндегі уәкілетті органның құқық қорғау, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесінен қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл үшін қажет ақпаратты алу қағидалары мен негіздерін бекіту туралы" Қазақстан Республикасы Бас Прокурорының 2017 жылғы 21 ақпандағы № 18 және Қазақстан Республикасы Қаржы министрінің 2017 жылғы 22 ақпандағы № 127 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірлескен бұйрығының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14952 болып тіркелген);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) "Қаржы мониторингі жөніндегі уәкілетті органның құқық қорғау, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесінен қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл үшін қажет ақпаратты алу қағидалары мен негіздерін бекіту туралы" Қазақстан Республикасы Бас Прокурорының 2017 жылғы 21 ақпандағы № 18 және Қазақстан Республикасы Қаржы министрінің 2017 жылғы 22 ақпандағы № 127 бірлескен бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Бас Прокурорының 2019 жылғы 5 карашадағы № 139 және Қазақстан Республикасы Қаржы министрінің 2019 жылғы 8 қарашадағы № 1237 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірлескен бұйрығының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19594 болып тіркелген) күші жойылды деп танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-</w:t>
+      3. Қазақстан Республикасының Қаржылық мониторинг агенттігі (бұдан әрі – Агенттік) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бірлескен бұйрықты Қазақстан Республикасы Әдiлет министрлiгiнде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14952 болып тіркелген);</w:t>
+        <w:t>
+      2) осы бірлескен бұйрықты Қазақстан Республикасы Бас прокуратурасының және Агенттіктің интернет-ресурстарына орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...93 lines deleted...]
-        </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -566,1219 +633,1266 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бас Прокуроры 2022 жылғы</w:t>
+              <w:t>Бас Прокурорының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>24 наурыздағы № 54 мен</w:t>
+              <w:t>2022 жылғы 24 наурыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>№ 54 және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаржылық мониторинг</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">агенттігінің төрағасы </w:t>
+              <w:t>агенттігінің төрағасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 жылғы 15 наурыздағы </w:t>
+              <w:t>2022 жылғы 15 наурыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 21 бірлескен бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қаржылық мониторинг жөніндегі уәкілетті органның құқық қорғау, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесінен қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл үшін қажет ақпаратты алу қағидалары мен негіздері</w:t>
+        <w:t xml:space="preserve"> Қаржы мониторингі жөніндегі уәкілетті органның құқық қорғау, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесінен қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл үшін қажет ақпаратты алу қағидалары мен негіздері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының м.а. 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Бас Прокурорының 02.12.2025 № 152 (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z23" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қаржылық мониторинг жөніндегі уәкілетті органның құқық қорғау, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесінен қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл үшін қажетті ақпаратты алу қағидалары мен негіздері (бұдан әрі – Қағидалар) "Мемлекеттік құқықтық статистика және арнайы есепке алу туралы" Қазақстан Республикасы Заңының 16-2-бабының </w:t>
+      1. Осы Қаржы мониторингі жөніндегі уәкілетті органның құқық қорғау, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесінен қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл үшін қажет ақпаратты алу қағидалары мен негіздері (бұдан әрі – Қағидалар) "Мемлекеттік құқықтық статистика және арнайы есепке алу туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-тармағына</w:t>
+        <w:t>16-2-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленді және қаржылық мониторингті және қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға), терроризмдi қаржыландыруға, жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы iс-қимыл бойынша өзге де қызметтерді жүзеге асыратын қаржылық мониторинг жөніндегі уәкілетті орган (бұдан әрі – қаржылық мониторинг жөніндегі уәкілетті орган) құқық қорғау, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесінен (бұдан әрі – ҚАО ААЖ) ақпарат алу тәртібі мен негіздерін айқындайды.</w:t>
+        <w:t xml:space="preserve"> 5-тармағына сәйкес әзірленді және қаржы мониторингі және қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға), терроризмдi қаржыландыруға, және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы iс-қимыл бойынша өзге де қызметтерді жүзеге асыратын қаржы мониторингі жөніндегі уәкілетті орган (бұдан әрі – қаржы мониторингі жөніндегі уәкілетті орган) құқық қорғау, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесінен (бұдан әрі – ҚАО ААЖ) ақпарат алу тәртібі мен негіздерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z24" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. ҚАО ААЖ-дан ақпарат алу негіздері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z25" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Ақпарат алу үшін қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысында (бұдан әрі - қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысы) заңнамада көзделген негіздің, сондай-ақ осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес негіздер бойынша ҚАО ААЖ-да рөлдерді бөлу тізбесіне сәйкес ҚАО ААЖ-да тіркеудің болуы міндетті шарт болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z26" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысы сұрау салудың негізділігін, дербес деректер мен оларды қорғау туралы заңнаманың, заңмен қорғалатын өзге де құпияның сақталуын, сондай-ақ оларды сұрау салуда мәлімделген мақсаттарда ғана пайдалануды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z27" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұратылған ақпарат орындалған тапсырмалар бойынша есептік материалдарда көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z28" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. ҚАО ААЖ-дан ақпарат алу тәртібі</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z29" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Ақпарат алу үшін қаржылық мониторинг жөніндегі уәкілетті органның пайдаланушысында заңнамада көзделген негіздің, сондай-ақ осы Қағидалардың </w:t>
+      4. Қаржы мониторингі жөніндегі уәкілетті органның пайдаланушылары ақпаратты осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-қосымшасына</w:t>
+        <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес негіздер бойынша ҚАО ААЖ-да рөлдерді бөлу тізбесіне сәйкес ҚАО ААЖ-да тіркеудің болуы міндетті шарт болып табылады.</w:t>
+        <w:t xml:space="preserve"> көрсетілген ҚАО ААЖ-дан электрондық ақпараттық ресурстарының тізбесіне сәйкес ҚАО ААЖ-дан алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z30" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. Қаржылық мониторинг жөніндегі уәкілетті органның пайдаланушысы сұрау салудың негізділігін, дербес деректер мен оларды қорғау туралы заңнаманың, заңмен қорғалатын өзге де құпияның сақталуын, сондай-ақ оларды сұрау салуда мәлімделген мақсаттарда ғана пайдалануды қамтамасыз етеді.</w:t>
+        <w:t xml:space="preserve">
+      Қаржы мониторингі жөніндегі уәкілетті органның пайдаланушыларына ҚАО ААЖ-ға қолжетімділік "Құқық қорғау, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесінен мәліметтерді қалыптастыру, оларға қол жеткізу, пайдалану, сақтау, қорғау және жою қағидаларын бекіту туралы" Қазақстан Республикасы Бас Прокурорының 2023 жылғы 13 қаңтардағы № 21 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 31702 болып тіркелген) бекітілген Құқық қорғау, арнаулы мемлекеттік және өзге де органдардың ақпарат алмасу жүйесінен мәліметтерді қалыптастыру, оларға қолжетімділік, оларды пайдалану, сақтау, қорғау және жою </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – № 21 Қағидалар) 4-қосымшада жазылған ҚАО ААЖ-мен жұмыс істеу үшін жағдайлар сақталған жағдайда беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z31" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сұратылған ақпарат орындалған тапсырмалар бойынша есептік материалдарда көрсетіледі.</w:t>
+      5. Қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысы ҚАО ААЖ порталы арқылы Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу комитетіне (бұдан әрі – ҚАО ААЖ операторы) № 21 Қағидаларға 5-қосымшаға сәйкес нысан бойынша ҚАО ААЖ-ға қолжетімділікті ұйымдастыруға электрондық өтінімді (бұдан әрі – электрондық өтінім) жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z32" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. ҚАО ААЖ-ның операторы электрондық өтінімді тексереді және оның келіп түскен күннен бастап бір тәулік ішінде мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z33" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысын ҚАО ААЖ-да тіркеу: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z34" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) егер электрондық өтінімде көрсетілген мәліметтер шынайы емес, толық емес және өзекті емес болса, тіркеуден бас тарту туралы шешімдердің бірін қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z35" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ҚАО ААЖ-дан бас тарту Қазақстан Республикасы Ұлттық куәландырушы орталығының электрондық цифрлық қолтаңбасы арқылы (бұдан әрі – ЭЦҚ) қол қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z36" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Пайдаланушының басқа лауазымға немесе бөлімшеге ауысу себебі бойынша құқығы өзгерген жағдайда қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысы бұйрыққа қол қойылған сәттен бастап жиырма төрт сағат ішінде ҚАО ААЖ порталы арқылы электрондық өтінімді жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z37" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысы жұмыстан босатылған, лауазымынан шеттетілген жағдайда ведомстволық бақылау жүктелген лауазымды адам № 21 Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген шараларды қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z38" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. ҚАО ААЖ-ның операторы редакциялауға немесе қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысын бұғаттауға электрондық өтінім алған кезде осы қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысын қолжетімділігін дереу редакциялайды немесе бұғаттайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z39" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. ҚАО ААЖ-дан ақпарат алу тәртібі</w:t>
+        <w:t xml:space="preserve"> 4-тарау. ҚАО ААЖ-ға сұрау салуды жіберу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z40" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. ҚАО ААЖ-ға кіру қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысының ЭЦҚ және биометриясын (саусақ іздерін не Face ID) тексеруді, не тіркеу кезінде ол көрсеткен ұялы телефон нөміріне жіберілетін SMS-кодты қоса алғанда, көп факторлы аутентификация рәсімі өтуінен басталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z41" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бастапқы кіріс кезінде қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысы № 21 Қағидаларға 6-қосымшаға сәйкес нысан бойынша ҚАО ААЖ-ын пайдалану шарттарына келісімге (бұдан әрі - Келісім) ЭЦҚ арқылы қол қояды. Электрондық қол қойылған Келісім мен оған қол қойылған күні ҚАО ААЖ-да тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z42" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аутентификацияны сәтті өткен және электрондық нысанда қол қойылған Келісім болған жағдайда қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысы ҚАО ААЖ-ға қолжетімділікті, сондай-ақ ҚАО ААЖ-да жүзеге асырылған сервистер бойынша сұрау салуды жіберу мүмкіндігін алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z43" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Мемлекеттік органдардың дерекқорларына қаржы мониторингі жөніндегі уәкілетті органның пайдаланушыларының барлық сұрау салулары ЭЦҚ-ны пайдалана отырып жіберіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z44" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысына ЭЦҚ құралдарын басқа адамдарға беруіне жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z45" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЭЦҚ жоғалған жағдайда қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысы өзінің ЭЦҚ-сын Қазақстан Республикасы Ұлттық куәландырушы орталығының жеке кабинеті арқылы дереу кері қайтарып алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z46" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық қауіпсіздікті қамтамасыз ету мақсатында пайдаланушы мерзімді түрде, бірақ айына кемінде бір рет ЭЦҚ-ның паролін өзгертеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z47" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. ҚАО ААЖ-ны пайдалану процесінде барлық уақытша параметрді тіркеу Астана қаласының уақыты бойынша жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z48" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысына қолжетімділік апаттық жағдайлар кезіндегі тоқтап тұру уақытынан немесе ҚАО ААЖ-ның порталында жарияланған жоспарлы техникалық жұмыстарды жүргізуден басқа, тәулік бойы ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z49" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚАО ААЖ операторы апаттық жағдайдың туындау фактісін басталу күнін, уақытын, себептерін және кешіктіруді жою бойынша қабылданған шараларды көрсете отырып, № 21 Қағидаларға 7-қосымшаға сәйкес нысан бойынша Апаттық жағдайлар журналында тіркейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z50" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚАО ААЖ-дағы жоспарланған техникалық жұмыстардың уақыты туралы хабарландыру (оның ішінде сөндіру, өзгерту, жаңарту және басқа әрекеттер) ҚАО ААЖ-ның порталында жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z51" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Қаржы мониторингі жөніндегі уәкілетті органның пайдаланушылары барлық сұрау салулары оқиғаны тіркеу журналында (бұдан әрі - Log-журналы) тіркеледі және толтырылуына қарай архивтеледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z52" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚАО ААЖ Log-журналдарының архиві ҚАО ААЖ-ның барлық жұмыс уақытындағы сұрау салулары мен оларды өңдеу нәтижесі туралы деректерді қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z53" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. ҚАО ААЖ-ның операторы құпиялықты қамтамасыз етеді және Қазақстан Республикасының заңнамалық актілерімен көзделген жағдайларды қоспағанда қаржы мониторингі жөніндегі уәкілетті органның пайдаланушылары мен олардың сұрау салулары туралы жеке ақпаратты таратпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z54" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ақпараттық қауіпсіздік саласындағы және осы Қағидаларда көрсетілген заңнама нормаларының бұзушылықтары анықталған кезде ҚАО ААЖ операторы бұзушылыққа жол берген адамға ҚАО ААЖ-ға қолжетімділікті бұғаттайды, қаржы мониторингі жөніндегі уәкілетті органды хабардар етеді және Қазақстан Республикасының заңдарында көзделген адамдардың жауаптылығы туралы мәселені қарау бойынша шаралар қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z55" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. ҚАО ААЖ-ның операторы ҚАО ААЖ-дан алынған ақпаратты заңсыз жинау мен өңдеуге, сондай-ақ жария етуге жол бермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z56" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. ҚАО ААЖ-дан ақпарат алу</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z57" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген ҚАО ААЖ-дан электрондық ақпараттық ресурстарының тізбесіне сәйкес ҚАО ААЖ-дан алады.</w:t>
+        <w:t>
+      19. ҚАО ААЖ-дан алынған ақпарат тиісті материалдарға қоса тіркеледі, бұл ретте жергілікті құрылғыға жүктелген файлдардың электрондық көшірмелерін қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысы дереу жоюға тиіс.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z58" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қаржылық мониторинг жөніндегі уәкілетті органның пайданушыларға ҚАО ААЖ ақпараттық ресурстарына қолжетімділік олар жүйеде тіркелгеннен кейін және осы Қағидалардың </w:t>
-[...19 lines deleted...]
-        <w:t> жазылған ҚАО ААЖ-мен жұмыс істеуге арналған талаптарды олар сақтаған жағдайда беріледі.</w:t>
+      Ақпаратты сақтау мерзімдері мен шарттары ақпарат қоса берілген негізгі материалдың мазмұнына қарай айқындалады. Ақпарат тиісті материалдармен бірге жойылуға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z59" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша ҚАО ААЖ-ға қолжетімділікті ұйымдастыруға электрондық өтінім (бұдан әрі – электрондық өтінім) негізінде жүзеге асырады.</w:t>
+        <w:t>
+      ҚАО ААЖ-нен алынған ақпараттың құпиялығын сұрау салған қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z60" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Электрондық өтінімге қаржылық мониторинг жөніндегі уәкілетті органның пайдаланушысы қол қояды, мөрмен расталады және ол сканерленген нұсқада ҚАО ААЖ-ның өтінімін беру электрондық нысанына салынады.</w:t>
+        <w:t xml:space="preserve">
+      20. Қаржы мониторингі жөніндегі уәкілетті органның пайдаланушысы ҚАО ААЖ-дан ақпарат алған кезде мемлекеттік, қызметтік, коммерциялық және Қазақстан Республикасының заңнамаларымен қорғалатын өзге де құпияларды қорғау жөніндегі талаптарды сақтайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z61" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. ҚАО ААЖ-ның операторы электрондық өтінімді тексереді және оның келіп түскен күннен бастап бір тәулік ішінде мынадай:</w:t>
+      21. Қаржы мониторингі жөніндегі уәкілетті органның басшысы сұрау салулардың негізділігіне, ҚАО ААЖ-дан алынған ақпаратты сұрау салуда мәлімделген мақсаттарда ғана пайдалануға және оның сақталуына ведомстволық бақылауды қамтамасыз ететін лауазымды адамдарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z62" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1) пайдаланушыны ҚАО ААЖ-да тіркеу: </w:t>
+        <w:t>
+      Ведомстволық бақылау мерзімді, бірақ айына кемінде бір рет "Есептер" функционалы арқылы сұрау салуларды мониторингтеуден тұрады, онда қаржы мониторингі жөніндегі уәкілеттік орган пайдаланушыларының барлық сұрау салуы көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z63" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) егер электрондық өтінімде көрсетілген мәліметтер шынайы емес, толық емес және өзекті емес болса, тіркеуден бас тарту туралы шешімдердің бірін қабылдайды.</w:t>
+      Ақпараттық қауіпсіздік саласындағы заңнама нормаларын және осы Қағидаларда көрсетілген талаптардың бұзылуы анықталған кезде, ведомстволық бақылауды қамтамасыз ететін адамдар қолжетімділікті бұғаттау және Қазақстан Республикасының заңнамасында көзделген жауаптылық туралы мәселені қарау бойынша дереу шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z64" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ҚАО ААЖ-дан бас тарту Қазақстан Республикасы Ұлттық куәландырушы орталығының электрондық цифрлық қолтаңбасы арқылы (бұдан әрі – ЭЦҚ) қол қойылады. </w:t>
+      22. Прокурор "Прокуратура туралы" Қазақстан Республикасы Конституциялық заңының (бұдан әрі - "Прокуратура туралы" Конституциялық заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-бабымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген шекте және нысандарда қаржы мониторингі жөніндегі уәкілетті органның пайдаланушыларының ҚАО ААЖ-дан ақпарат алуының заңдылығын қадағалауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z65" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Қаржылық мониторинг жөніндегі уәкілетті органның пайдаланушысы басқа лауазымға немесе бөлімшеге ауысу кезінде, басқа лауазымға тағайындау туралы бұйрыққа қол қойған күннен бастап жиырма төрт сағаттың ішінде ҚАО ААЖ-ға редакциялауға электрондық өтінім жібереді.</w:t>
+       Қаржы мониторингі жөніндегі уәкілетті орган пайдаланушыларының ҚАО ААЖ-дан ақпарат алуының заңдылығын сақтау мәселесі бойынша тексеру жүргізу үшін прокурор тиісті қаулы шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z66" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">
+      23. Қаржы мониторингі жөніндегі уәкілетті органның пайдаланушылары тарапынан ақпаратты заңсыз алу фактілері тексеру барысында анықталған жағдайда, сондай-ақ Қазақстан Республикасы Үкіметінің 2016 жылғы 20 желтоқсандағы № 832 қаулысымен бекітілген Ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...28 lines deleted...]
-      </w:pPr>
+        <w:t>бірыңғай талаптардың</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">, осы Қағидаларда және № 21 Қағидаларда көзделген талаптардың бұзылуы туралы ҚАО АЖ операторынан ақпарат келіп түскен кезде, прокурор "Прокуратура туралы" Қазақстан Республикасының Конституциялық заңының </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t>32-бабының</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша ҚАО ААЖ-ны пайдалану құқықтары туралы келісімге (бұдан әрі – келісім) ЭЦҚ арқылы қол қояды.</w:t>
+        <w:t xml:space="preserve"> 2-тармағына сәйкес прокурорлық қадағалау шараларын, сондай-ақ Қазақстан Республикасының қылмыстық және әкімшілік заңнамасында көзделген өзге де шараларды қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
-[...492 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1812,340 +1926,359 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қаржылық мониторинг</w:t>
+              <w:t>Қаржы мониторингі жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жөніндегі уәкілетті органның</w:t>
+              <w:t>уәкілетті органның құқық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құқық қорғау, арнаулы</w:t>
+              <w:t>қорғау, арнаулы мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік және өзге</w:t>
+              <w:t>және өзге де органдардың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>де органдардың ақпарат алмасу</w:t>
+              <w:t>ақпарат алмасу жүйесінен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жүйесінен қылмыстық жолмен</w:t>
+              <w:t>қылмыстық жолмен алынған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алынған кірістерді заңдастыруға</w:t>
+              <w:t>кірістерді заңдастыруға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(жылыстатуға) және терроризмді</w:t>
+              <w:t>(жылыстатуға), терроризмді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қаржыландыруға қарсы </w:t>
+              <w:t>қаржыландыруға және жаппай</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>іс-қимыл үшін қажет ақпаратты</w:t>
+              <w:t>қырып-жою қаруын таратуды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаржыландыруға қарсы іс-қимыл үшін қажетті ақпаратты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алу қағидалары мен негіздеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:bookmarkStart w:name="z68" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Негіздер бойынша ҚАО ААЖ рөлдерін бөлу тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...78 lines deleted...]
-              <w:t xml:space="preserve"> Негіздеме</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тізбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негіздеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2178,51 +2311,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық мониторинг жөніндегі уәкілетті органның жұмыскері</w:t>
+Қаржы мониторингі жөніндегі уәкілетті органның жұмыскері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2297,338 +2430,359 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қаржылық мониторинг</w:t>
+              <w:t>Қаржы мониторингі жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жөніндегі уәкілетті органның</w:t>
+              <w:t>уәкілетті органның құқық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құқық қорғау, арнаулы</w:t>
+              <w:t>қорғау, арнаулы мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік және өзге де</w:t>
+              <w:t>және өзге де органдардың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органдардың ақпарат алмасу</w:t>
+              <w:t>ақпарат алмасу жүйесінен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жүйесінен қылмыстық жолмен</w:t>
+              <w:t>қылмыстық жолмен алынған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алынған кірістерді заңдастыруға</w:t>
+              <w:t>кірістерді заңдастыруға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(жылыстатуға) және терроризмді</w:t>
+              <w:t>(жылыстатуға), терроризмді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қаржыландыруға қарсы </w:t>
+              <w:t>қаржыландыруға және жаппай</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>іс-қимыл үшін қажет ақпаратты</w:t>
+              <w:t>қырып-жою қаруын таратуды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> алу қағидалары мен негіздеріне</w:t>
+              <w:t>қаржыландыруға қарсы іс-қимыл үшін қажетті ақпаратты</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алу қағидалары мен негіздеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ҚАО ААЖ-дан электрондық ақпараттық ресурстарының тізбесі </w:t>
+        <w:t xml:space="preserve"> ҚАО ААЖ-дан электрондық ақпараттық ресурстарының тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...78 lines deleted...]
-              <w:t xml:space="preserve"> Қолжетімдік құқығы</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тізбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолжетімдік құқығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2887,51 +3041,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Жылжымайтын мүліктің регистрі" ДБ</w:t>
+"Жылжымайтын мүліктің регистрі"ДБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3791,51 +3945,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- "Зейнетақы аударымдары" ДБ*</w:t>
+"Зейнетақы аударымдары" ДБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7392,68 +7546,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z71" w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаның диспансерлік есепке алынуы туралы мәліметтер</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (Д-есепке алу туралы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8484,5848 +8640,144 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 +</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z72" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту: МДБ – мемлекеттік деректер базасы, ДБ-деректер базасы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z73" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * Зейнетақы төлеу жөніндегі мемлекеттік орталықтың қысқартылған сервисі – түсімдер мөлшерін көрсетусіз</w:t>
+      * Зейнетақы төлеу жөніндегі мемлекеттік орталықтың қысқартылған сервисі – түсімдер мөлшерін көрсетусіз.</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...5706 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -14647,35 +9099,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>