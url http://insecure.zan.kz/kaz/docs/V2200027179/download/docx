--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="968e68c" w14:textId="968e68c">
+    <w:p w14:paraId="eafb0d5" w14:textId="eafb0d5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қоршаған ортаны қорғау саласындағы уәкілетті органның мемлекеттік экологиялық бақылау бөлімшелері мемлекеттік қызметшілерінің санаттарын мемлекеттік экологиялық бақылауды жүзеге асыратын лауазымды адамдарға жатқызу қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Экология, геология және табиғи ресурстар министрінің 2022 жылғы 10 наурыздағы № 74 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 19 наурызда № 27179 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Экология, геология және табиғи ресурстар министрінің 2022 жылғы 10 наурыздағы № 74 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 19 наурызда № 27179 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Экология кодексінің 177-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -967,410 +967,472 @@
         <w:t>
       7. Қоршаған ортаны қорғау саласындағы уәкілетті органның мемлекеттік экологиялық бақылау бөлімшелері мемлекеттік қызметшілерінің санаттарын осы қағидалардың 8-тармағында көрсетілген лауазымды адамдарға жатқызу тәртібін қоршаған ортаны қорғау саласындағы уәкілетті орган айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Мемлекеттік экологиялық бақылауды жүзеге асыратын лауазымды адамдарға мыналар жатады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Комитет төрағасы болып табылатын Қазақстан Республикасының Бас мемлекеттік экологиялық инспекторы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Комитет төрағасының орынбасары болып табылатын Қазақстан Республикасының Бас мемлекеттік экологиялық инспекторының орынбасары;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының аға мемлекеттік экологиялық инспекторлары болып табылатын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      экологиялық бақылау басқармасының басшысы;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік метрологиялық-талдамалық бақылау басқармасының басшысы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің мемлекеттік экологиялық бақылау басқармасының бас сарапшылары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің мемлекеттік метрологиялық-талдамалық бақылау басқармасының бас сарапшылары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының мемлекеттік экологиялық инспекторлары, болып табылатын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің мемлекеттік экологиялық бақылау басқармасының сарапшылары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің мемлекеттік метрологиялық-талдамалық бақылау басқармасының сарапшылары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) облыстардың (республикалық маңызы бар қалалардың, астананың) Бас мемлекеттік экологиялық инспекторлары болып табылатын Комитеттің аумақтық органдарының басшылары;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) облыстардың (республикалық маңызы бар қалалардың, астананың) аға мемлекеттік экологиялық инспекторлары болып табылатын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитеттің аумақтық органдары басшыларының орынбасарлары;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің аумақтық органдарының мемлекеттік экологиялық бақылау бөлімдерінің басшылары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің аумақтық органдарының зертханалық-талдамалық бақылау бөлімдерінің басшылары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік экологиялық инспекторлары болып табылатын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің аумақтық органдарының мемлекеттік экологиялық бақылау бөлімдерінің бас мамандары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің аумақтық органдарының зертханалық-талдамалық бақылау бөлімдерінің бас мамандары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің аумақтық органдарының мемлекеттік экологиялық бақылау бөлімдерінің жетекші мамандары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитеттің аумақтық органдарының зертханалық-талдамалық бақылау бөлімдерінің жетекші мамандары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің м.а. 21.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1475,362 +1537,362 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 10 марта 2022 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылған кейбір бұрықтардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z44" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қоршаған ортаны қорғау саласындағы уәкілетті органның мемлекеттік экологиялық бақылау бөлімшелері мемлекеттік қызметшілерінің санаттарын мемлекеттік экологиялық бақылауды жүзеге асыратын лауазымды адамдарға жатқызу қағидаларын бекіту туралы" Қазақстан Республикасы Қоршаған ортаны қорғау министрінің 2012 жылғы 24 ақпандағы № 41-Ө </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7467 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z45" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Нысанды киім (погонсыз) киіп жүру құқығы бар лауазымды адамдар лауазымдарының тiзбесiн, мемлекеттік экологиялық бақылауды жүзеге асыратын лауазымды адамдардың нысанды киім (погонсыз) киіп жүру қағидаларын және нысанды киім (погонсыз) үлгілерін бекіту туралы" және "Қоршаған ортаны қорғау саласындағы уәкілетті органның мемлекеттік экологиялық бақылау бөлімшелері мемлекеттік қызметшілерінің санаттарын мемлекеттік экологиялық бақылауды жүзеге асыратын лауазымды адамдарға жатқызу қағидаларын бекіту туралы" Қазақстан Республикасы Қоршаған ортаны қорғау министрінің 2012 жылғы 24 ақпандағы № 41-Ө бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Қоршаған ортаны қорғау министрінің 2012 жылғы 11 қазандағы № 304-Ө бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8079 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z46" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қоршаған ортаны қорғау саласындағы уәкілетті органның мемлекеттік экологиялық бақылау бөлімшелері мемлекеттік қызметшілерінің санаттарын мемлекеттік экологиялық бақылауды жүзеге асыратын лауазымды адамдарға жатқызу қағидаларын бекіту туралы" Қазақстан Республикасы Қоршаған ортаны қорғау министрінің 2012 жылғы 24 ақпандағы № 41-Ө бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Қоршаған орта және су ресурстары министрінің 2014 жылғы 16 қаңтардағы № 7-ө </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9165 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z47" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Экологиялық жағынан қауіпті шаруашылық және өзге қызмет түрлерінің тізбесін бекіту туралы" Қазақстан Республикасы Энергетика министрінің 2015 жылғы 21 желтоқсандағы № 731 бұйрығымен бекітілген Қазақстан Республикасы Қоршаған ортаны қорғау министрінің және Қазақстан Республикасы Энергетика министрінің өзгерістер енгізілетін бұйрықтары тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12927 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z48" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Қоршаған ортаны қорғау министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Энергетика министрінің 2016 жылғы 5 ақпандағы № 38 бұйрығының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13435 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z49" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қоршаған ортаны қорғау саласындағы уәкілетті органның мемлекеттік экологиялық бақылау бөлімшелері мемлекеттік қызметшілерінің санаттарын мемлекеттік экологиялық бақылауды жүзеге асыратын лауазымды адамдарға жатқызу қағидаларын бекіту туралы" Қазақстан Республикасы Қоршаған ортаны қорғау министрінің 2012 жылғы 24 ақпандағы № 41-ө бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Энергетика министрінің 2017 жылғы 27 ақпандағы № 72 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14923 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2156,31 +2218,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>