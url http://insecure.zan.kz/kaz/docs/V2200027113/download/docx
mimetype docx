--- v0 (2025-11-10)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d7979c7" w14:textId="d7979c7">
+    <w:p w14:paraId="b29ec20" w14:textId="b29ec20">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -149,129 +149,175 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы 11-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бірінші бөлігінің үшінші абзацына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
+      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-2-тармағы бірінші бөлігінің үшінші абзацына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 92</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Қызметін Қазақстан Республикасы Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғаларға қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қойылатын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>талаптар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -290,68 +336,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қызметін Қазақстан Республикасы Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғалар осы қаулы қолданысқа енгізілген күннен бастап үш ай ішінде ішкі құжаттаманы осы қаулыға сәйкес келтірсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -370,70 +418,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қолма-қол ақша айналысы департаменті (Ж.Т. Қажымұратов) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Заң департаментімен бірлесіп (А.С. Касенов) осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -444,90 +492,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы қаулыны ресми жарияланғаннан кейін Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсына орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы қаулы мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Заң департаментіне осы тармақтың 2) тармақшасында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулының орындалуын бақылау Қазақстан Республикасының Ұлттық Банкі Төрағасының орынбасары Д.В. Вагаповқа жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -854,2923 +902,3213 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаулымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қызметін Қазақстан Республикасы Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғаларға қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Талаптар жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 92</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қызметін Қазақстан Республикасы Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғаларға және банкноттарды, монеталарды және құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғаларға қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қойылатын талаптар</w:t>
-[...13 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Талаптар жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 17.09.2022 </w:t>
-[...194 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес міндетті зерделенуге жататын операция (мәміле);</w:t>
+      1. Осы Қызметін Қазақстан Республикасы Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғаларға қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қойылатын талаптар (бұдан әрі – Талаптар) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚҚІ туралы заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-2-тармағы бірінші бөлігінің үшінші абзацына сәйкес әзірленді және қызметін Қазақстан Республикасы Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғаларға (бұдан әрі – ұйымдар) қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z23" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) бенефициарлық меншік иесі – бұл:</w:t>
+      2. Егер Талаптарда өзгеше көзделмесе, онда Талаптарда қолданылатын ұғымдар КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңда көрсетілген мәндерде пайдаланылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z24" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) бөлінген байланыс арнасы – қаржы мониторингі жөніндегі уәкілетті органның платформасында тіркеу арқылы ұйымның электрондық өзара іс-қимыл тәсілі;</w:t>
+      Талаптардың мақсаты үшін мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z25" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) біржолғы операция (мәміле) – клиенттің айырбастау пункті арқылы қолма-қол шетел валютасын сатып алуы, сатуы немесе айырбастауы түрінде ұйымның көрсетілетін қызметтерді ұсынуы жөніндегі қарым-қатынастар;</w:t>
+        <w:t xml:space="preserve">
+      1) әдеттегіден тыс операция (мәміле) – қаржы мониторингін жүзеге асыратын және қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға, жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл бойынша өзге де шараларды қабылдайтын уәкілетті орган (бұдан әрі – қаржы мониторингі жөніндегі уәкілетті орган) КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағына сәйкес айқындаған, сондай-ақ ұйым дербес әзірлеген күдікті операциялар белгілері ескеріле отырып, КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның 4-бабының 4-тармағына сәйкес міндетті зерделенуге жататын операция (мәміле);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z26" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) КЖ/ТҚ/ЖҚҚТҚ тәуекелдері – ұйымды қылмыстық жолмен алынған кiрiстердi заңдастыру (жылыстату), терроризмдi қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚ) процестеріне немесе өзге қылмыстық қызметке қасақана немесе қасақана емес тарту тәуекелдері;</w:t>
+      2) бенефициарлық меншік иесі – бұл:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z27" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару – ұйымның КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін анықтау, бағалау, оларға мониторинг жасау, сондай-ақ оларды барынша азайту бойынша қабылдайтын шараларының жиынтығы (қызметтерге, клиенттерге, сондай-ақ клиенттер жасайтын операцияларға қатысты);</w:t>
+      клиенттің - заңды тұлғаның немесе заңды тұлға құрмайтын шетелдік құрылымның жарғылық капиталына қатысу үлестерінің не орналастырылған акцияларының (артықшылықты және қоғам сатып алған акциялары шегеріле отырып) жиырма бес пайызынан астамы тікелей немесе жанама түрде тиесілі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z28" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) мінсіз іскерлік бедел – кәсіпқойлықты, адалдықты растайтын фактілердің болуы, алынбаған немесе жойылмаған сотталғандығының болмауы, оның ішінде қаржы ұйымының, банк және (немесе) сақтандыру холдингінің басшы қызметкері лауазымын атқару және қаржы ұйымының ірі қатысушысы (ірі акционері) болу құқығынан өмір бойына айыру түрінде қылмыстық жаза қолдану туралы заңды күшіне енген сот шешімінің болмауы;</w:t>
+      клиентті өзгеше түрде бақылауды жүзеге асыратын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z29" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес қаржы мониторингі жүргізілуге жататын және КЖ/ТҚҚ туралы заңмен белгіленген шекті сомаға тең не одан асатын операция;</w:t>
+        <w:t>
+      оның мүддесінде клиент ақшамен және (немесе) өзге мүлікпен операциялар жасайтын жеке тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z30" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) іскерлік қарым-қатынастар – клиенттің айырбастау пункті арқылы қолма-қол шетел валютасын сатып алуы, сатуы немесе айырбастауы жөніндегі қызметтерді қоспағанда, жазбаша нысанда жасалған шарт негізінде ұйымның клиентке қызметтерді (өнімдерді) ұсынуы бойынша қарым-қатынастар.</w:t>
+      3) бөлінген байланыс арнасы – қаржы мониторингі жөніндегі уәкілетті органның платформасында тіркелу арқылы ұйымның электрондық өзара іс-қимыл тәсілі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z31" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Ұйым қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл жасау (бұдан әрі – КЖ/ТҚҚ ЖҚҚТҚ) мақсатында ішкі бақылауды:</w:t>
+      4) біржолғы операция (мәміле) – ұйымның клиенттің қолма-қол шетел валютасын сатып алуы, сатуы немесе айырбастауы, айырбастау пункті арқылы Қазақстан Республикасының Ұлттық Банкі шығарған құймалардағы аффинирленген алтынды сатып алуы және (немесе) сатуы түріндегі қызметтерді ұсынуы жөніндегі қарым-қатынастар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z32" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ұйымның КЖ/ТҚҚ/ЖҚҚТҚ туралы заңның талаптарын орындауын қамтамасыз ету;</w:t>
+      5) жария лауазымды адам:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z33" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) ұйымның ішкі бақылау жүйесінің тиімділігін КЖ/ТҚ/ЖҚҚТҚ заңдастыру тәуекелдерін және қатар жүретін тәуекелдерді (операциялық, бедел) басқару үшін жеткілікті деңгейде ұстап тұру;</w:t>
+      жауапты мемлекеттік лауазымды атқаратын адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z34" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ұйымды, оның лауазымды тұлғалары мен қызметкерлерін КЖ/ТҚ/ЖҚҚТҚ процестеріне тартуды болдырмау мақсатында жүзеге асырады.</w:t>
+      лауазымды адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z35" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4. Ұйымда КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылауды ұйымдастыру шеңберінде ұйымның басқару органының немесе атқарушы органының ұйымның ішкі аудит қызметінің не ішкі аудит, КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылау тиімділігін бағалау жүргізуге уәкілетті өзге органының тәуелсіз аудит жүргізуге шешімі болған жағдайда, ұйымның басқару органы немесе атқарушы органы тәуелсіз аудит жүргізуге қойылатын талаптар қамтылатын ішкі бақылау қағидаларын әзірлейді және қабылдайды. </w:t>
+        <w:t>
+      мемлекеттік функцияларды орындауға уәкілеттік берілген адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:p>
-[...36 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z36" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. КЖ/ТҚҚ/ЖҚҚТҚ ішкі жүйесін ұйымдастыру және КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылауды ұйымдастыру бағдарламасы</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік ұйымда немесе квазимемлекеттік сектор субъектісінде басқарушылық функцияларды орындайтын адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z37" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Ұйымның ішкі құжаттарында белгіленген тәртіппен ұйымда ішкі бақылау қағидаларын сақтауға мониторингті жүзеге асыру үшін жауапты лауазымды адам (бұдан әрі – жауапты қызметкер) тағайындалады, сондай-ақ ішкі бақылау ережелерін іске асыруға және сақтауға жауапты қызметкерлері, немесе құзыретіне КЖ/ТҚҚ/ЖҚҚТҚ мәселелері кіретін ұйымның бөлімшесі (бұдан әрі – КЖ/ТҚҚ/ЖҚҚТҚ жөніндегі бөлімше) айқындалады.</w:t>
+      шет мемлекеттiң заң шығарушы, атқарушы, әкiмшiлiк, сот органдарына немесе қарулы күштеріне тағайындалатын немесе сайланатын, онда қандай да бiр лауазымды атқаратын адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z38" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Мыналар жауапты қызметкерге қойылатын талаптар болып табылады:</w:t>
+      шет мемлекет үшiн қандай да бiр жария функцияны орындайтын адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z39" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) жоғары білімінің болуы;</w:t>
+        <w:t xml:space="preserve">
+      халықаралық шарттар мәртебесі бар келісімдер негізінде мемлекеттер құрған ұйымдарда басшы лауазымын атқаратын адам; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z40" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) қаржы ұйымдарында кемінде екі жыл жұмыс өтілінің болуы (техникалық немесе көмекші қызметкер қызметтеріндегі жұмыс тәжірибесін қоспағанда);</w:t>
+      6) жеке кабинет – пайдаланушының (қаржы мониторингі субъектісінің) уәкілетті органның Интернет ақпараттық-телекоммуникациялық желісінде бөлінген байланыс арналарындағы, оның пайдаланушыларының (қаржы мониторингі субъектілерінің) уәкілетті органмен электрондық өзара іс-қимылын қамтамасыз ететін профилі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z41" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) мінсіз іскерлік беделінің болуы.</w:t>
+      7) КЖ/ТҚ/ЖҚҚТҚ тәуекелдері – ұйымды қылмыстық жолмен алынған кiрiстердi заңдастыру (жылыстату), терроризмдi қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚ) процестеріне немесе өзге қылмыстық қызметке қасақана тарту немесе қасақана тартпау тәуекелдері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z42" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылауды ұйымдастыру бағдарламасы:</w:t>
+      8) КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару – ұйымның КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін анықтау, бағалау, мониторингтеу, сондай-ақ оларды барынша азайту бойынша қабылдайтын шараларының жиынтығы (көрсетілетін қызметтерге, клиенттерге, сондай-ақ клиенттер жасайтын операцияларға қатысты);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z43" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) КЖ/ТҚҚ/ЖҚҚТҚ жөніндегі бөлімшенің функцияларын, оның ішінде КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылауды жүзеге асыру кезінде ұйымның басқа бөлімшелерімен және қызметкерлерімен, филиалдарымен өзара әрекет ету тәртібін, сондай-ақ жауапты қызметкердің функцияларын, өкілеттіктерін, жауапты қызметкердің ұйымның уәкілетті органдарымен және лауазымды тұлғаларымен өзара әрекет ету тәртібін сипаттауды;</w:t>
+      9) клиенттің қаржы мониторингіне жататын күдікті қызметі – қаржы мониторингі субъектісінде күдікті операцияларды жасау үшін пайдаланылатын ақша және (немесе) өзге де мүлік қылмыстық әрекеттен, терроризмді қаржыландырудан және жаппай қырып-жою қаруын таратуды қаржыландырудан түскен кіріс болып табылады деген күдік туындайтын, клиенттің ақшамен және (немесе) өзге де мүлікпен жасалатын екі және одан көп күдікті операцияларының жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z44" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылауды жүзеге асыру және бөлінген байланыс арналары бойынша қаржы мониторингі жөніндегі уәкілетті органға хабарламаларды беру үшін пайдаланылатын автоматтандырылған ақпараттық жүйелер мен бағдарламалық қамтамасыз ету туралы мәліметтерді, оның ішінде оларды әзірлеушілер туралы мәліметтерді;</w:t>
+      10) мінсіз іскерлік бедел – адамның қаржы ұйымын мәжбүрлеп таратуға алып келген төлем қабілетсіздігіне не банкті төлемге қабілетсіз банктер санатына жатқызуға алып келген құқыққа қайшы әрекеттер (әрекетсіздік) жасауы фактілерінің болмауын, алынбаған немесе жойылмаған сотталғандығының болмауын, оның ішінде қаржы ұйымының, банк және (немесе) сақтандыру холдингінің басшы қызметкері лауазымын атқару және қаржы ұйымының ірі қатысушысы (ірі акционері) болу құқығынан өмір бойына айыру түрінде қылмыстық жаза қолдану туралы заңды күшіне енген сот актісінің болмауын, сондай-ақ қаржы мониторингі жөніндегі уәкілетті органның мәліметтері негізінде әрекеттері қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға ықпал еткен үшінші тұлғалармен қарым-қатынасының (үшінші тұлғалардың бақылауы мен ықпалының) болмауын қоса алғанда, кәсіпқойлықты, адалдықты растайтын фактілердің болуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z45" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) қаржылық мониторинг жөніндегі уәкілетті органға, сондай-ақ өз құзыретіне сәйкес өзге де мемлекеттік органдарға уақтылы қол жетімді болуы үшін оларды сотта дәлел ретінде пайдалану мүмкіндігін ескере отырып, КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылауды іске асыру барысында алынған мәліметтерді тіркеу, сондай-ақ құжаттар мен ақпаратты сақтау тәртібін;</w:t>
+      11) скорингтік модуль – клиентті (оның өкілін) сәйкестендіру тәуекелі үшін әртүрлі дереккөздерден алынған ақпаратты қамтитын, қаржы мониторингі субъектілері ерікті негізде пайдаланатын автоматтандырылған жүйе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z46" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) ұйым қызметкерлерінің, оның ішінде жауапты қызметкердің ұйымның уәкілетті органдарын және лауазымды тұлғаларын өздеріне белгілі болған ұйым қызметкерлері жол берген КЖ/ТҚҚ туралы заңды, сондай-ақ ішкі бақылау қағидаларын бұзу фактілері туралы хабардар ету тәртібін;</w:t>
+        <w:t xml:space="preserve">
+      12) шекті операция – КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қаржы мониторингі жүргізілуге жататын және КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңда белгіленген шекті сомаға тең не одан асатын ақшамен және (немесе) өзге мүлікпен жасалатын операция; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z47" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) ұйымды бақылайтын заңды тұлға белгілеген КЖ/ТҚҚ/ЖҚҚТҚ бойынша талаптарды сипаттауды (бар болса);</w:t>
+      13) іскерлік қатынастар – қаржы мониторингі субъектісінің кәсіптік қызметті жүзеге асыруы процесінде туындайтын клиенттермен қатынастар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z48" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ұйымның ішкі аудит қызметінің не ішкі аудитті жүргізуге уәкілетті өзге органның КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылаудың тиімділігін бағалау нәтижелері бойынша басқару есептілігін дайындау және ұйымның уәкілетті органдарына және лауазымды тұлғаларына ұсыну тәртібін;</w:t>
+      3. Ұйым қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚҚІ) мақсатында ішкі бақылауды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z49" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) жауапты қызметкердің, ұйымның уәкілетті органдарының және (немесе) лауазымды тұлғаларының клиенттермен іскерлік қатынастарды орнату, жалғастыру не тоқтату туралы, КЖ/ТҚҚ туралы заңда және (немесе) клиенттермен жасалған шарттарда көзделген жағдайларда және ұйымдардың ішкі құжаттарында көзделген тәртіппен клиенттердің операцияларын тоқтата тұру не жүргізуден бас тарту туралы шешімдер қабылдау тәртібін;</w:t>
+      1) ұйымның КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның талаптарын орындауын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z50" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) КЖ/ТҚҚ/ЖҚҚТҚ заңдастыру тәуекелдерін бағалау, айқындау, құжаттамалық тіркеу және бағалау нәтижелерін жаңарту тәртібін қамтиды, бірақ олармен шектелмейді.</w:t>
+      2) ұйымның ішкі бақылау жүйесінің тиімділігін КЖ/ТҚ/ЖҚҚТҚ заңдастыру тәуекелдерін және қатар жүретін тәуекелдерді (операциялық, бедел) басқару үшін жеткілікті деңгейде ұстап тұру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z51" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылауды ұйымдастыру бағдарламасына сәйкес жауапты қызметкердің және КЖ/ТҚҚ/ЖҚҚТҚ жөніндегі бөлімше қызметкерлерінің функцияларына:</w:t>
+      3) ұйымды, оның лауазымды адамдары мен қызметкерлерін КЖ/ТҚ/ЖҚҚТҚ процестеріне тартуды болдырмау мақсатында жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z52" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ұйымда әзірленген және ұйымның атқарушы органымен келісілген ішкі бақылау қағидаларының және (немесе) оларға өзгерістердің (толықтырулардың), сондай-ақ ұйымда олардың сақталуына мониторингтің болуын қамтамасыз ету;</w:t>
+      4. Ұйымда КЖ/ТҚ/ЖҚҚТҚҚІ мақсатында ішкі бақылауды ұйымдастыру шеңберінде ұйымның басқару органының немесе атқарушы органының ұйымның ішкі аудит қызметінің не ішкі аудит, КЖ/ТҚ/ЖҚҚТҚҚІ мақсатында ішкі бақылау тиімділігін бағалау жүргізуге уәкілетті өзге органының тәуелсіз аудит жүргізуге шешімі болған жағдайда, ұйымның басқару органы немесе атқарушы органы тәуелсіз аудит жүргізуге қойылатын талаптар қамтылатын ішкі бақылау қағидаларын әзірлейді және қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z53" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) КЖ/ТҚҚ туралы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес қаржы мониторингі жөніндегі уәкілетті органға хабарламалар ұсынуды ұйымдастыру және олардың ұсынылуына бақылау жасау;</w:t>
+      Ішкі бақылау қағидалары КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген бағдарламаларды қамтиды, оларды ұйым Талаптарға сәйкес дербес әзірлейді және олар ұйымның ішкі құжаты не осындай құжаттардың жиынтығы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z54" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      3) клиенттерге және өзге тұлғаларға хабарламай-ақ қаржы мониторингі жөніндегі уәкілетті органға КЖ/ТҚҚ туралы заңға сәйкес клиенттер туралы және олар жасайтын операциялар туралы ақпаратты, мәліметтер мен құжаттарды беруді қамтамасыз ету;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. КЖ/ТҚ/ЖҚҚТҚҚІ ішкі жүйесін ұйымдастыру және КЖ/ТҚ/ЖҚҚТҚҚІ мақсатында ішкі бақылауды ұйымдастыру бағдарламасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z55" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) клиенттердің операцияларын күдікті ретінде тану және ұйымның ішкі құжаттарында көзделген тәртіппен қаржы мониторингі жөніндегі уәкілетті органға хабарламалар жіберу қажеттілігі туралы шешімдер қабылдау;</w:t>
+      5. Ұйымның ішкі құжаттарында белгіленген тәртіппен ұйымда ішкі бақылау қағидаларын іске асыруға және сақтауға жауапты лауазымды адам (бұдан әрі – жауапты қызметкер) тағайындалады, сондай-ақ ішкі бақылау қағидаларын іске асыруға және сақтауға жауапты қызметкерлер не құзыретіне КЖ/ТҚ/ЖҚҚТҚҚІ мәселелері кіретін ұйымның бөлімшесі (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚҚІ жөніндегі бөлімше) айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z56" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) КЖ/ТҚҚ туралы заңда көзделген жағдайларда және ұйымның ішкі құжаттарында көзделген тәртіппен клиенттердің операцияларын жүргізуден бас тарту туралы шешімдер қабылдау не қаржы мониторингі жөніндегі уәкілетті органмен немесе ұйымның лауазымды тұлғасымен келісу;</w:t>
+      6. Жауапты қызметкерге қойылатын талаптар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z57" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ұйымның атқарушы органына КЖ/ТҚҚ туралы заңда және (немесе) ұйымның ішкі құжаттарында көзделген жағдайларда және тәртіппен клиенттермен іскерлік қарым-қатынастарды орнату, жалғастыру не тоқтату туралы шешім қабылдау үшін сұратулар жіберу;</w:t>
+      1) жоғары білімінің болуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z58" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) ұйымның уәкілетті органдарын немесе лауазымды тұлғаларын анықталған ішкі бақылау қағидаларын бұзушылықтар туралы ұйымның ішкі құжаттарында көзделген тәртіппен хабардар ету;</w:t>
+      2) қаржы ұйымдарында кемінде екі жыл жұмыс стажы болуы (техникалық немесе көмекші қызметкер лауазымдарында жұмыс тәжірибесін қоспағанда);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z59" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) ұйымның уәкілетті органдарына есептерді қалыптастыру үшін КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылау қағидаларын іске асыру нәтижелері және тәуекелдерді басқару және ішкі бақылау жүйелерін жақсарту жөніндегі ұсынылып отырған шаралар туралы ақпаратты дайындау және ұйымның атқарушы органымен келісу кіреді, бірақ олармен шектелмейді.</w:t>
+      3) мінсіз іскерлік беделінің болуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z60" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Жауапты қызметкерге және КЖ/ТҚҚ/ЖҚҚТҚ жөніндегі бөлімше қызметкерлеріне жүктелген функцияларды орындау үшін мынадай:</w:t>
+      4) қаржы мониторингі жөніндегі уәкілетті орган өз құзыреті шегінде қаржы мониторингі субъектілерінің КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңнаманы сақтауына мемлекеттік бақылауды жүзеге асыратын мемлекеттік органдармен келісу бойынша бекітілетін қаржы мониторингі субъектілеріне КЖ/ТҚ/ЖҚҚТҚҚІ саласында даярлау және оқыту бойынша қойылатын талаптарға сәйкес тестілеуден өткені туралы растайтын құжаттың болуы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z61" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) өз функцияларын толық көлемде және ұйымның ішкі құжаттарында көзделген тәртіппен жүзеге асыруға мүмкіндік беретін шекте ұйымның барлық үй-жайларына, ақпараттық жүйелеріне, телекоммуникация құралдарына, құжаттар мен файлдарға кіруге рұқсат алу;</w:t>
+      7. КЖ/ТҚ/ЖҚҚТҚҚІ мақсатында ішкі бақылауды ұйымдастыру бағдарламасында мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z62" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) өз функцияларын жүзеге асыру кезінде алынған ақпараттың конфиденциалдылығын қамтамасыз ету;</w:t>
+      1) КЖ/ТҚ/ЖҚҚТҚҚІ жөніндегі бөлімшенің функцияларын, оның ішінде КЖ/ТҚ/ЖҚҚТҚҚІ мақсатында ішкі бақылауды жүзеге асыру кезінде ұйымның басқа бөлімшелерімен және қызметкерлерімен, филиалдарымен өзара әрекет ету тәртібін, сондай-ақ жауапты қызметкердің функцияларын, өкілеттіктерін, жауапты қызметкердің ұйымның уәкілетті органдарымен және лауазымды адамдарымен өзара әрекет ету тәртібін сипаттау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z63" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ұйымның бөлімшелерінен алынатын құжаттар мен файлдардың сақталуын қамтамасыз ету өкілеттіктері беріледі, бірақ олармен шектелмейді.</w:t>
+      2) КЖ/ТҚ/ЖҚҚТҚҚІ мақсатында ішкі бақылауды жүзеге асыру және бөлінген байланыс арналары бойынша қаржы мониторингі жөніндегі уәкілетті органға хабарламаларды беру үшін пайдаланылатын автоматтандырылған ақпараттық жүйелер мен бағдарламалық қамтамасыз ету туралы мәліметтер, оның ішінде оларды әзірлеушілер туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z64" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> көзделген функциялар мен өкілеттіктер толығымен немесе ішінара жүктелген қызметкерлер болған кезде осындай қызметкерлердің қызметін үйлестіруді жауапты қызметкер жүзеге асырады.</w:t>
+        <w:t>
+      3) қаржылық мониторинг жөніндегі уәкілетті органға, сондай-ақ өз құзыретіне сәйкес өзге де мемлекеттік органдарға уақтылы қол жетімді болуы үшін оларды сотта дәлел ретінде пайдалану мүмкіндігін ескере отырып, КЖ/ТҚ/ЖҚҚТҚҚІ мақсатында ішкі бақылауды іске асыру барысында алынған мәліметтерді тіркеу, сондай-ақ құжаттар мен ақпаратты сақтау тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z65" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> көзделген функциялар жүктелген қызметкерлерінің функциялары ішкі аудит қызметінің не ішкі аудит жүргізуге уәкілетті өзге органның функцияларымен, сондай-ақ ұйымның операциялық (ағымдағы) қызметін жүзеге асыратын бөлімшелердің функцияларымен қоса атқарылмайды.</w:t>
+        <w:t>
+      4) ұйым қызметкерлерінің, оның ішінде жауапты қызметкердің ұйымның уәкілетті органдарын және лауазымды адамдарын өздеріне белгілі болған ұйым қызметкерлері жол берген КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңды, сондай-ақ ішкі бақылау қағидаларын бұзу фактілері туралы хабардар ету тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z66" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Технологиялық жетістіктерді пайдалану тәуекелін қоса алғанда, клиенттердің тәуекелдерін және көрсетілетін қызметтерді қылмыстық мақсаттарда пайдалану тәуекелдерін ескеретін КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару бағдарламасы</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ұйымды бақылайтын заңды тұлға белгілеген КЖ/ТҚ/ЖҚҚТҚҚІ бойынша талаптарды сипаттау (бар болса);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z67" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқаруды ұйымдастыру мақсатында ұйым КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару (тәуекелдерді бағалау) бағдарламасын әзірлейді.</w:t>
+      6) ұйымның ішкі аудит қызметінің не ішкі аудитті жүргізуге уәкілетті өзге органның КЖ/ТҚ/ЖҚҚТҚҚІ мақсатында ішкі бақылаудың тиімділігін бағалау нәтижелері бойынша басқару есептілігін дайындау және ұйымның уәкілетті органдарына және лауазымды адамдарына ұсыну тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z68" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару бағдарламасында мыналар қамтылады, бірақ олармен шектелмейді:</w:t>
+      7) ұйымның жауапты қызметкерінің және (немесе) лауазымды адамдарының, уәкілетті органдарының КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңда көзделген жағдайларда және ұйымның ішкі құжаттарында көзделген тәртіппен клиенттермен іскерлік қатынастарды орнату, жалғастыру не тоқтату туралы, ақшамен және (немесе) Қазақстан Республикасының Ұлттық Банкі шығарған құймалардағы аффинирленген алтынмен операцияларды жүргізуді тоқтата тұру не бас тарту туралы шешімдер қабылдау тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z69" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) ұйымның құрылымдық бөлімшелері бөлігінде КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқаруды ұйымдастыру тәртібі;</w:t>
+        <w:t xml:space="preserve">
+      8) КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін бағалау, айқындау, құжаттамалық тіркеу және бағалау нәтижелерін жаңарту тәртібі; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z70" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) клиенттің тәуекел деңгейіне қатысты тәуекелдердің негізгі санаттарын (клиент түрі, елдік тәуекел және қызметтер/өнімдер тәуекелі бойынша), сондай-ақ ұйым қызметтерінің (өнімдерінің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін ескере отырып, КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін бағалау әдістемесі;</w:t>
+      9) КЖ/ТҚ/ЖҚҚТҚҚІ мақсатында ішкі бақылауды жүзеге асыру үшін пайдаланылатын жеке кабинетте тіркелу және жұмыс істеу, автоматтандырылған ақпараттық жүйелер мен бағдарламалық қамтылымдарды қолдану тәртібі қамтылады, бірақ олармен шектелмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z71" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) алдын алу іс-шараларының тізбесі, оларды жүргізу тәртібі мен мерзімдері, қабылданған шараларға сәйкес нәтижелерді бақылау көзделетін клиенттердің тәуекелдерін және ұйым өнімдерінің (қызметтерінің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін тұрақты мониторингтеуді, талдауды және бақылауды жүзеге асыру тәртібі;</w:t>
+      8. КЖ/ТҚ/ЖҚҚТҚҚІ мақсатында ішкі бақылауды ұйымдастыру бағдарламасына сәйкес КЖ/ТҚ/ЖҚҚТҚҚІ жөніндегі жауапты қызметкердің және бөлімше қызметкерлерінің функцияларына мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z72" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) клиенттер тәуекелдерінің деңгейлерін беру тәртібі, қайта қарау мерзімдері мен негіздері.</w:t>
+      1) Қазақстан Республикасының азаматтық, салық, банк заңнамасының және КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңнамасының талаптарын сақтауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z73" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Ұйым кем дегенде тәуекелдердің мынадай ерекше санаттарын: клиенттердің типі бойынша тәуекелді, елдік (географиялық) тәуекелді, қызмет (өнім) және (немесе) оны беру тәсілінің тәуекелін, ұйым қызметтерінің (өнімдерінің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін бағалау есебін ескере отырып, КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырағыштық дәрежесін бағалауды жыл сайынғы негізде (бұдан әрі – Жыл сайынғы бағалау) жүзеге асырады.</w:t>
+      2) КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңнамаға сәйкес қаржы мониторингі жөніндегі уәкілетті органға хабарлар ұсынуды ұйымдастыру және олардың ұсынылуын бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z74" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Мәртебесі және (немесе) қызметі КЖ/ТҚ/ЖҚҚТҚ тәуекелінің жоғары деңгейіне ұшырағыш клиенттердің типтеріне:</w:t>
+      3) клиенттерге және өзге тұлғаларға хабарламай, қаржы мониторингі жөніндегі уәкілетті органға КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңға сәйкес клиенттер туралы және олар жасайтын операциялар туралы ақпаратты, мәліметтер мен құжаттарды беруді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z75" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) шетелдіктер;</w:t>
+      4) клиенттердің операцияларын және (немесе) олардың қызметін күдікті деп тану және қаржы мониторингі жөніндегі уәкілетті органға ұйымның ішкі құжаттарында көзделген тәртіппен клиенттің операциялары мен қызметі туралы ақпаратты қамтитын мәліметтер мен ақпаратты беру туралы шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z76" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жария лауазымды тұлғалар, олардың жұбайы (зайыбы) және жақын туыстары, сондай-ақ олардың өкілдері;</w:t>
+      5) КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңда көзделген жағдайларда және ұйымның ішкі құжаттарында көзделген тәртіппен клиенттердің ақшамен және (немесе) құймалардағы Қазақстан Республикасының Ұлттық Банкі шығарған аффинирленген алтынмен операцияларын жүргізуден бас тарту туралы шешімдер қабылдау не қаржы мониторингі жөніндегі уәкілетті органмен немесе ұйымның лауазымды адамымен келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z77" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген шет мемлекеттерде орналасқан (тіркелген) тұлғалар, сондай-ақ осындай тұлғалардың Қазақстан Республикасында орналасқан филиалдары мен өкілдіктері кіреді, бірақ олармен шектелмейді.</w:t>
+        <w:t>
+      6) ұйымның құқыққа қарсы қызметке, оның ішінде КЖ/ТҚ/ЖҚҚТҚ байланысты қызметке тартылмауын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z78" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Мәртебесі және (немесе) қызметі КЖ/ТҚ/ЖҚҚТҚ тәуекелін төмендететін контрагенттердің типтеріне:</w:t>
+      7) ұйымның атқарушы органына КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңда және (немесе) ұйымның ішкі құжаттарында көзделген жағдайларда және тәртіппен клиенттермен іскерлік қарым-қатынастарды орнату, жалғастыру не тоқтату туралы шешім қабылдау үшін сұратулар жіберу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z79" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Қазақстан Республикасының Ұлттық Банкі;</w:t>
+      8) ұйымның уәкілетті органдарын немесе лауазымды адамдарын ұйымның ішкі құжаттарында көзделген тәртіппен анықталған ішкі бақылау қағидаларын бұзу туралы хабардар ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z80" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Қазақстан Республикасының резиденттері – екінші деңгейдегі банктер кіреді, бірақ олармен шектелмейді.</w:t>
+      9) ұйымның уәкілетті органдарына есептерді қалыптастыру үшін КЖ/ТҚ/ЖҚҚТҚҚІ мақсатында ішкі бақылау қағидаларын іске асыру нәтижелері және тәуекелдерді басқару және ішкі бақылау жүйелерін жақсарту жөніндегі ұсынылып отырған шаралар туралы ақпаратты дайындау және ұйымның атқарушы органымен келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z81" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Ұйым осы тармақта көрсетілген шет мемлекеттерден клиенттерге қызметтерді (өнімдерді) көрсетуге және осындай шет мемлекеттердің қатысуымен ақшамен және (немесе) өзге мүлікпен операцияларды жүзеге асыруға байланысты елдік (географиялық) тәуекелді басқаруды жүзеге асырады.</w:t>
+      10) ұйымда әзірленген және атқарушы органымен келісілген ішкі бақылау қағидаларының және (немесе) оларға өзгерістердің (толықтырулардың), сондай-ақ ұйымда олардың сақталуына мониторингтің болуын қамтамасыз ету кіреді, бірақ олармен шектелмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z82" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жасалған операциялары КЖ/ТҚ/ЖҚҚТҚ тәуекелін арттыратын шет мемлекеттер мыналар болып табылады:</w:t>
+      9. Жауапты қызметкерге және КЖ/ТҚ/ЖҚҚТҚҚІ жөніндегі бөлімше қызметкерлеріне жүктелген функцияларды орындау үшін мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z83" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қаржы мониторингі жөніндегі уәкілетті орган жасайтын Ақшаны жылыстатуға қарсы күрестің қаржылық шараларын әзірлеу тобының (ФАТФ) ұсынымдарын орындамайтын не жеткілікті түрде орындамайтын мемлекеттердің (аумақтардың) тізбесіне енгізілген шет мемлекеттер (аумақтар);</w:t>
+      1) өз функцияларын толық көлемде және ұйымның ішкі құжаттарында көзделген тәртіппен жүзеге асыруға мүмкіндік беретін шекте ұйымның барлық үй-жайларына, ақпараттық жүйелеріне, телекоммуникация құралдарына, құжаттары мен файлдарына қолжетімділікті алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z84" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) оларға қатысты БҰҰ Қауіпсіздік Кеңесінің қарарларымен қабылданған халықаралық санкциялар (эмбарго) қолданылатын шет мемлекеттер (аумақтар);</w:t>
+      2) өз функцияларын жүзеге асыру кезінде алынған ақпараттың жасырындылығын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkStart w:name="z85" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) мынадай оффшорлық аймақтар ретінде сипатталатын шет мемлекеттер және (немесе) шет мемлекеттер аумақтарының бөліктері:</w:t>
+      3) ұйымның бөлімшелерінен алынатын құжаттар мен файлдардың сақталуын қамтамасыз ету өкілеттіктері беріледі, бірақ олармен шектелмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:p>
-[...934 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z86" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) ұйым басқа факторлардың (сыбайлас жемқорлық, есірткілердің заңсыз өндірілуі, айналымы және (немесе) транзит деңгейі туралы мәліметтер, халықаралық терроризмді қолдау туралы мәліметтер және басқалар) негізінде КЖ/ТҚ/ЖҚҚТҚ жоғары тәуекелін көрсетуші ретінде анықтаған шет мемлекеттер (аумақтар) болып табылады.</w:t>
+      10. Ұйымның филиалдарында Талаптардың 8 және 9-тармақтарында көзделген функциялар мен өкілеттіктер толығымен немесе ішінара жүктелген қызметкерлер болған кезде осындай қызметкерлердің қызметін үйлестіруді жауапты қызметкер жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:bookmarkStart w:name="z87" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      17. КЖ/ТҚ/ЖҚҚТҚ жоғары тәуекеліне ұшыраған ұйымның қызметтері (өнімдері), сондай-ақ оларды ұсыну тәсілдері айырбастау пункттері арқылы 2 000 000 теңгеден асатын сомаға не 2 000 000 теңге баламасынан асатын шетел валютасындағы сомаға қолма-қол шетел валютасын сатып алу, сату, айырбастау бойынша операцияларды қамтиды (шектелмей).</w:t>
+        <w:t xml:space="preserve">
+      11. Жауапты қызметкердің, сондай-ақ Талаптардың 8-тармағында көзделген функциялар жүктелген ұйым қызметкерлерінің функциялары ішкі аудит қызметінің не ішкі аудит жүргізуге уәкілетті өзге органның функцияларымен, сондай-ақ ұйымның операциялық (ағымдағы) қызметін жүзеге асыратын бөлімшелердің функцияларымен қоса атқарылмайды. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z88" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...70 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген тәуекелдердің санаттарына және факторларына сәйкес бағалау кезінде ұйым тәуекелдің жиынтық дәрежесіне ықпал ететін мыналар кіретін, бірақ олармен шектелмейтін қосымша мәліметтерді ескереді:</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Технологиялық жетістіктерді пайдалану тәуекелін қоса алғанда, клиенттердің тәуекелдерін және көрсетілетін қызметтерді қылмыстық мақсаттарда пайдалану тәуекелдерін ескеретін КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару бағдарламасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkStart w:name="z89" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ұйым қаржы мониторингі жөніндегі уәкілетті органға клиенттердің күдікті операциялары туралы жіберген хабарларының саны;</w:t>
+      12. КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқаруды ұйымдастыру мақсатында ұйым КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару (тәуекелдерді бағалау) бағдарламасын әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:bookmarkStart w:name="z90" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) ұйымның қаржы мониторингі жөніндегі уәкілетті органға клиенттердің қолма-қол ақшамен шекті операциялары туралы жіберген хабарларының саны.</w:t>
+      КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару бағдарламасында мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:bookmarkStart w:name="z91" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      1) ұйымның құрылымдық бөлімшелері бөлігінде КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқаруды ұйымдастыру тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z92" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) клиенттің тәуекел деңгейіне қатысты тәуекелдердің негізгі санаттарын (клиент түрі, елдік тәуекел және қызметтер/өнімдер тәуекелі бойынша), сондай-ақ ұйым қызметтерінің (өнімдерінің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін ескере отырып, КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін бағалау әдістемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z93" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) алдын алу іс-шараларының тізбесі, оларды жүргізу тәртібі мен мерзімдері, қабылданған шараларға сәйкес нәтижелерді бақылау көзделетін клиенттердің тәуекелдерін және ұйым өнімдерінің (қызметтерінің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін тұрақты мониторингтеу, талдау және бақылау тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z94" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) клиенттер тәуекелдерінің деңгейлерін беру тәртібі, қайта қарау мерзімдері мен негіздері қамтылады, бірақ олармен шектелмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z95" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Ұйым КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін бағалау есебін ескере отырып, жыл сайынғы негізде ұйым қызметтерінің (өнімдерінің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырағыштық дәрежесін және, кем дегенде, тәуекелдердің мынадай ерекше санаттарын: клиенттердің типі бойынша тәуекелді, елдік (географиялық) тәуекелді, қызмет (өнім) және (немесе) оны ұсыну тәсілінің тәуекелін бағалауды (бұдан әрі – Жыл сайынғы бағалау) жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z96" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйым қызметтерінің (өнімдерінің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырағыштық дәрежесін бағалау клиенттердің операцияларын сәйкестендіру және оларға мониторинг жүргізу рәсімдерін өзгертуді, операциялар жүргізуге лимиттер белгілеуді, қызметтерді (өнімдерді) ұсыну талаптарын өзгертуді, қызметтерді (өнімдерді) ұсынудан бас тартуды қоса алғанда, анықталған тәуекелдерді барынша азайтуға бағытталған ықтимал іс-шараларды сипаттаумен қатар жүреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z97" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйым іскерлік қатынастарды клиент құқыққа қарсы қызметі шеңберінде, сондай-ақ мәртебесі және (немесе) қызметі КЖ/ТҚ/ЖҚҚТҚ жоғары тәуекелі бар не өзге де қылмыстық қызметпен байланысты клиенттерге қатысты пайдаланады деген күдік болған жағдайда, КЖ/ТҚ/ЖҚҚТҚ тәуекелін бағалауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z98" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жыл сайынғы бағалаудың қорытындылары (нәтижелері) ұйымның ішкі құжаттары мен рәсімдеріне сәйкес құжатталады және қаржылық мониторинг жөніндегі уәкілетті органға және Қазақстан Республикасының Ұлттық Банкіне олардың жазбаша сұратуы бойынша жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z99" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Мәртебесі және (немесе) қызметі КЖ/ТҚ/ЖҚҚТҚ тәуекелінің жоғары деңгейіне ұшырағыш клиенттердің типтеріне мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z100" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шетелдіктер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z101" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жария лауазымды адамдар, олардың жұбайы (зайыбы) және жақын туыстары, сондай-ақ олардың өкілдері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z102" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Талаптардың 16-тармағында көрсетілген шет мемлекеттерде орналасқан (тіркелген) тұлғалар, сондай-ақ осындай тұлғалардың Қазақстан Республикасында орналасқан филиалдары мен өкілдіктері кіреді, бірақ олармен шектелмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z103" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Мәртебесі және (немесе) қызметі КЖ/ТҚ/ЖҚҚТҚ тәуекелін төмендететін контрагенттердің типтеріне мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z104" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының Ұлттық Банкі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z105" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының резиденті екінші деңгейдегі банктер кіреді, бірақ олармен шектелмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z106" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Ұйым осы тармақта көрсетілген шет мемлекеттердің клиенттеріне қызметтерді (өнімдерді) көрсетуге және осындай шет мемлекеттердің қатысуымен ақшамен және (немесе) өзге мүлікпен операцияларды жүзеге асыруға байланысты елдік (географиялық) тәуекелді бағалауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z107" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Операциялар жасасу КЖ/ТҚ/ЖҚҚТҚ тәуекелін арттыратын шет мемлекеттер мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z108" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қаржы мониторингі жөніндегі уәкілетті орган жасайтын Ақшаны жылыстатуға қарсы күрестің қаржылық шараларын әзірлеу тобының (ФАТФ) ұсынымдарын орындамайтын не жеткілікті түрде орындамайтын мемлекеттердің (аумақтардың) тізбесіне енгізілген шет мемлекеттер (аумақтар);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z109" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) БҰҰ Қауіпсіздік Кеңесінің қарарларымен қабылданған халықаралық санкциялар (эмбарго) қолданылатын шет мемлекеттер (аумақтар);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z110" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оффшорлық аймақтар ретінде сипатталатын мынадай шет мемлекеттер және (немесе) шет мемлекеттер аумақтарының бөліктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z111" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Америка Құрама Штаттары (Америкалық Виргин аралдары, Вайоминг штаты, Гуам аралы және Пуэрто-Рико Достастығы аумақтары бөлігінде ғана);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z112" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Андорра Князьдігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z113" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Антигуа және Барбуда мемлекеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z114" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Багам аралдары Достастығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z115" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Барбадос мемлекеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z116" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бахрейн Корольдігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z117" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Белиз мемлекеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z118" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бруней Даруссалам мемлекеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z119" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Біріккен Танзания Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z120" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вануату Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z121" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гватемала Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z122" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гренада мемлекеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z123" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Джибути Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z124" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доминика Достастығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z125" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доминикан Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z126" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жаңа Зеландия (Кук және Ниуэ аралдарының аумағы бөлігінде ғана);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z127" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Испания (Канар аралдары аумағы бөлігінде ғана);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z128" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комор Аралдары Федералды Ислам Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z129" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гайана Кооперативтік Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z130" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коста-Рика Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z131" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қытай Халық Республикасы (Аомынь (Макао) және Сянган (Гонконг) арнайы әкімшілік ауданының аумақтары бөлігінде ғана);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z132" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Колумбия Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z133" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Либерия Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z134" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ливан Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z135" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Маврикий Республикасы; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z136" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мавритания Ислам Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z137" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Малайзия (Лабуан анклавының аумағы бөлігінде ғана);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z138" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мальдив Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z139" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мальта Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z140" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мариан аралдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z141" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маршалл аралдары Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z142" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Монако Князьдігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z143" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Марокко Корольдігі (Танжер қаласы аумағының бөлігінде ғана);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z144" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мьянма Одағы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z145" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Науру Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z146" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нигерия Федеративтік Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z147" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нидерланды (Аруба аралының аумағы және Антиль аралдарының тәуелді аумақтары бөлігінде ғана);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z148" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Палау Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z149" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Панама Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z150" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Португалия (Мадейра аралдарының аумағы бөлігінде ғана);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z151" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Самоа Тәуелсіз Мемлекеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z152" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сан-Марино Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z153" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сейшел аралдары Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z154" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сент-Винсент және Гренадин мемлекеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z155" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сент-Китс және Невис Федерациясы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z156" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сент-Люсия мемлекеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z157" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Суринам Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z158" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тонга Корольдігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z159" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тринидад және Тобаго Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z160" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлыбритания мен Солтүстік Ирландия Біріккен Корольдігі (Ангилья аралы, Бермуд аралдары, Британдық Виргин аралдары, Гибралтар, Кайман аралдары, Монтсеррат аралы, Норманд аралдары (Гернси, Джерси, Сарк, Олдерни аралдары), Оңтүстік Георгия аралы, Оңтүстік Сэндвич аралдары, Теркс және Кайкос аралдары, Чагос аралы, Мэн аралы аумақтары бөлігінде ғана);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z161" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фиджи Егеменді Демократиялық Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z162" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Филиппин Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z163" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Француз Республикасы (Кергелен аралдары, Француз Гвианасы мен Француз Полинезиясы аумақтары бөлігінде ғана);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z164" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Черногория Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z165" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шри-Ланка Демократиялық Республикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z166" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ямайка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z167" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ұйым басқа факторлардың (сыбайлас жемқорлық, есірткілердің заңсыз өндірілуі, айналымы және (немесе) транзиті деңгейі туралы мәліметтер, халықаралық терроризмді қолдау туралы мәліметтер және басқалары) негізінде КЖ/ТҚ/ЖҚҚТҚ жоғары тәуекелін көрсетуші ретінде айқындаған шет мемлекеттер (аумақтар).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z168" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. КЖ/ТҚ/ЖҚҚТҚ жоғары тәуекеліне ұшыраған ұйымның қызметтері (өнімдері), сондай-ақ оларды ұсыну тәсілдері айырбастау пункттері арқылы 2 000 000 теңгеден асатын сомаға не 2 000 000 теңге баламасынан асатын шетел валютасындағы сомаға қолма-қол шетел валютасын сатып алу, сату, айырбастау бойынша операцияларды қамтиды (шектелмей).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z169" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ұйым қызметтерінің (өнімдерінің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырағыштық дәрежесін Талаптардың 14, 16 және 17-тармақтарында көрсетілген тәуекелдердің санаттары мен факторларына сәйкес бағалау кезінде ұйым тәуекелдің жиынтық дәрежесіне ықпал ететін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z170" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ұйымның қаржы мониторингі жөніндегі уәкілетті органға клиенттердің күдікті операциялары туралы жіберген хабарларының санын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z171" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ұйымның қаржы мониторингі жөніндегі уәкілетті органға клиенттердің қолма-қол ақшамен шекті операциялары туралы жіберген хабарларының санын қамтитін, бірақ олармен шектелмейтін қосымша мәліметтерді ескереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z172" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       19. КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару (тәуекелдерін бағалау) бағдарламасын іске асыру шеңберінде ұйым Талаптардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3788,1690 +4126,2008 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көрсетілген санаттар мен тәуекелдер факторларын, сондай-ақ ұйым белгілейтін өзге де санаттар мен тәуекелдер факторларын ескере отырып, клиенттерді жіктеу жөнінде шаралар қолданады.</w:t>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="76"/>
+        <w:t xml:space="preserve"> көрсетілген санаттар мен тәуекелдер факторларын, сондай-ақ ұйым белгілейтін өзге де санаттар мен тәуекелдер факторларын ескере отырып, клиенттерді жіктеу шараларын қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z173" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйым клиенттің (клиенттер тобының) тәуекел деңгейін клиенттердің операцияларын сәйкестендіру және мониторингтеу рәсімдері шеңберінде алынған клиент (клиенттер) туралы мәліметтерді талдаудың нәтижелері бойынша белгілейді және тәуекел деңгейін айқындаудың кемінде екі деңгейден тұратын шкаласы бойынша бағалайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z174" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйым клиенттің (клиенттер тобының) тәуекел деңгейін қайта қарауды клиент (клиенттер тобы) туралы мәліметтерді жаңартуға қарай жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z175" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Ұйымдар мыналарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z176" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) жаңа өнімдерді әзірлеуге және ақпаратты берудің жаңа тетіктерін қамтитын жаңа іскерлік практикаға; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z177" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жаңа сияқты қолданыстағы өнімдер үшін де жаңа немесе дамып келе жатқан технологияларды қолдануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z178" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) клиенттердің күдікті қызметіне, клиенттердің тәуекелі және қызметтерді (өнімдерді) пайдалану тәуекелдері деңгейіне байланысты туындауы мүмкін КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін айқындайды және бағалайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z179" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару бағдарламасын іске асыру кезінде ұйым тұрақты негізде клиенттің және оның бизнес-бейінінің тәуекел деңгейіне талдау жүргізеді, сондай-ақ КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-1-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-тармағына сәйкес КЖ/ТҚ/ЖҚҚТҚ тәуекелдері есебінен жарияланған ақпаратты ескереді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z180" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Клиенттерді сәйкестендіру бағдарламасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z181" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның клиентті тиісінше тексеру бойынша талаптарын іске асыру мақсатында ұйым клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін сәйкестендіру бағдарламасын әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z182" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиентті (оның өкілін), бенефициарлық меншік иесін тиісінше тексеру клиент (оның өкілі) ұсынатын не өзге де көздерден алынған, оның ішінде скорингтік модульде тексеру қорытындылары бойынша алынған ақпарат және (немесе) құжаттар негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z183" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйымның клиент (оның өкілі) туралы мәліметтерді тіркеу және дәйектілігін тексеру, бенефициарлық меншік иесін анықтау және ол туралы мәліметтерді тіркеу, іскерлік қарым-қатынастардың немесе бір жолғы операцияның (мәміленің) болжанатын мақсатын белгілеу және тіркеу, сондай-ақ Талаптарда көзделген клиент (оның өкілі) және бенефициарлық меншік иесі туралы өзге де мәліметтерді алу және тіркеу бойынша іс-шараларды жүргізуі клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z184" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бенефициарлық меншік иесін анықтау үшін клиент (оның өкілі) және бенефициарлық меншік иесі ұсынған мәліметтер қаржы мониторингі жөніндегі уәкілетті орган айқындайтын жүргізу тәртібіне сәйкес заңды тұлғалардың бенефициарлық меншік иелерінің тізілімінде көрсетілген мәліметтермен салыстырылып тексеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z185" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиенттің тәуекел деңгейіне қарай ұйым жүргізетін іс-шаралар дәрежесі Талаптарға қосымшаға сәйкес жүргізілетін клиентті (оның өкілін) және бенефициарлық меншік иесін тиісінше тексеру жөніндегі жеңілдетілген не күшейтілген шараларда көрініс табады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z186" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Клиенттің тәуекел деңгейіне байланысты ұйым жүргізетін іс-шаралардың дәрежесі Талаптарға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z94" w:id="78"/>
+      22. КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 және 3-тармақтарының талаптарын ескере отырып, ұйым клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіреді, сондай-ақ мына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z187" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) клиентпен іскерлік қарым-қатынастар орнатқан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z188" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      21. КЖ/ТҚҚ туралы заңның 5-бабы </w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="81"/>
+      2) клиент 500 000 (бес жүз мың) теңгеден асатын сомаға не 500 000 (бес жүз мың) теңге баламасынан асатын шетел валютасындағы сомаға, оның ішінде күнтізбелік бір күнде айырбастау пункті арқылы қолма-қол шетел валютасын сатып алу, сату немесе айырбастау және (немесе) құймалардағы Қазақстан Республикасының Ұлттық Банкі шығарған аффинирленген алтынды сатып алу, сату түрінде бірнеше операциялар (мәмілелер) жасау жолымен бір жолғы операция (мәміле) жасаған; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z189" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) клиент шекті операцияны (мәмілені) жасаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z98" w:id="82"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z190" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) клиенттің күдікті операциясы (мәмілесі) анықталған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z100" w:id="84"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z191" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жеке және заңды тұлғалар туралы бұрын алынған деректердің дәйектілігіне күмән туғызатын негіздер болған жағдайларда, іскерлік қарым-қатынастардың немесе бір жолғы операцияның (мәміленің) болжанатын мақсатын анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z192" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      22. Талаптардың </w:t>
+      Егер клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру осы тармақтың бірінші бөлігінің 3) және 4) тармақшаларында көзделген жағдайларды қоспағанда, осындай іскерлік қарым-қатынастар орнатылған, сондай-ақ клиенттің тәуекел деңгейіне және Талаптарға сәйкес бұрын алынған мәліметтерді жаңарту не қосымша мәліметтерді алу қажеттілігі кезінде жүргізілсе, клиент орнатылған іскерлік қарым-қатынастар шеңберінде операциялар жүргізген кезде клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру жүргізілмейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z193" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Ұйым Талаптардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес алынған мәліметтерді ұйым клиенттің досьесіне енгізеді, ол клиентпен іскерлік қарым-қатынастардың бүкіл кезеңі ішінде және олар аяқталғаннан күннен бастап не бір жолғы операцияны (мәмілені) жасағаннан кейін кем дегенде бес жыл ұйымда сақталады.</w:t>
-[...213 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="91"/>
+        <w:t xml:space="preserve"> сәйкес алынған мәліметтерді клиенттің досьесіне енгізеді, ол клиентпен іскерлік қарым-қатынастардың бүкіл кезеңі ішінде және олар аяқталғаннан не бір жолғы операция (мәміле) жасалған күннен бастап кем дегенде бес жыл ұйымда сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z194" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйымның ішкі құжаттарына сәйкес ұйым жеке және заңды тұлғалар, сондай-ақ клиенттердің өзге топтары бойынша досье жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z195" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақшамен және (немесе) өзге мүлікпен жасалатын операциялар, оның ішінде қаржы мониторингіне жататын операциялар, күдікті операциялар туралы құжаттар мен мәліметтер, сондай-ақ күрделі, әдеттегіден тыс ірі және басқа да әдеттегіден тыс операцияларды зерделеу нәтижелерін ұйымдар операция жасалғаннан кейін кемінде бес жыл сақтауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z196" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Ұйым жеңілдетілген сәйкестендіруді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z197" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) клиент-жеке тұлға айырбастау пункті арқылы қолма-қол шетел валютасын сатып алуды, сатуды немесе айырбастауды және құймалардағы Қазақстан Республикасының Ұлттық Банкі шығарған аффинирленген алтынды сатып алуды, сатуды жүргізген кезде, егер мұндай операция сомасы 500 000 (бес жүз мың) теңгеден не 500 000 (бес жүз мың) теңге баламасындағы шетел валютасындағы сомадан асатын болса; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z198" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) клиентке КЖ/ТҚ/ЖҚҚТҚ тәуекелінің төмендетілген деңгейін беру кезінде жүргізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z199" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КЖ/ТҚ/ЖҚҚТҚ жоғары тәуекеліне күдік болған кезде ұйым жеңілдетілген сәйкестендіруді қолданбайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z200" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Ұйым мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z201" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) клиентке жоғары тәуекел деңгейі тағайындалған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z109" w:id="93"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z202" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) күшейтілген сәйкестендіру қаржы мониторингі жөніндегі уәкілетті органға осындай операция туралы хабарламаның жіберілуі туралы оның абайсызда хабардар болуына апаратын жағдайларды қоспағанда, мониторинг жүргізу және клиенттің операцияларын зерделеу барысында күдікті операцияны (мәмілені) не оны жасау мүмкіндігін анықтаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z203" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) клиент ұсынған мәліметтердің дәйектілігінде күмән болған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z110" w:id="94"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z204" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ұйымның ішкі құжаттарында белгіленген жағдайларда, оның ішінде жауапты қызметкердің шешімі бойынша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z111" w:id="95"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z205" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мемлекеттік мекемелердің немесе мемлекеттік кәсіпорындардың ұйымдық-құқықтық нысанында құрылған заңды тұлғалармен, сондай-ақ ұлттық басқарушы холдингпен не дауыс беретін акцияларының (қатысу үлестерінің) жүз пайызы ұлттық басқарушы холдингке тиесілі заңды тұлғалармен іскерлік қатынастар орнату кезінде күшейтілген сәйкестендіруді жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z112" w:id="96"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z206" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      25. Клиентті сәйкестендіру (бенефициарлық меншік иесін анықтау) процесінде ұйым КЖ/ТҚҚ туралы заңның </w:t>
+      26. Ұйым клиентті сәйкестендіру (бенефициарлық меншік иесін анықтау) процесінде осындай клиенттің (бенефициарлық меншік иесінің) КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес алынатын терроризмді және экстремизмді қаржыландыруға байланысты ұйымдар мен тұлғалардың тізбесінде (бұдан әрі – ТҚ тізбесі) және КЖ/ТҚҚ туралы Заңның </w:t>
+        <w:t xml:space="preserve"> сәйкес алынатын терроризмді және экстремизмді қаржыландыруға байланысты ұйымдар мен тұлғалардың тізбесінде (бұдан әрі – ТҚ тізбесі), КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес алынатын жаппай қырып-жою қаруын таратуды қаржыландыруға байланысты ұйымдар мен тұлғалардың тізбесінде (бұдан әрі – ЖҚҚТҚ тізбесі) осындай клиенттің (бенефициарлық меншік иесінің) болуына тексеру жүргізеді.</w:t>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z116" w:id="100"/>
+        <w:t xml:space="preserve"> сәйкес алынатын жаппай қырып-жою қаруын таратуды қаржыландыруға байланысты ұйымдар мен тұлғалардың тізбесінде (бұдан әрі – ЖҚҚТҚ тізбесі) болуына тексеру жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z207" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шетелдіктерге, ұйымда шет мемлекетінің азаматтығы болуы туралы мәліметтер бар болған өзге де адамдарға, сондай-ақ азаматтығы жоқ адамдарға қатысты ұйым клиентті сәйкестендіру (бенефициарлық меншік иесін анықтау) процесінде осындай клиенттің (бенефициарлық меншік иесінің), оның зайыбының (жұбайының) және жақын туыстарының жария лауазымды адамға жатуын тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z208" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Клиент (оның өкілі) ұсынатын құжаттар клиент (оның өкілі) және бенефициарлық меншік иесі туралы мәліметтерді растау мақсатында шынайы болуына тексеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z209" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру бағдарламасында мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z210" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) іскерлік қарым-қатынастар орнатудан және (немесе) операция жүргізуден бас тарту, сондай-ақ іскерлік қарым-қатынастарды тоқтату тәртібі мен негізін қоса, қызмет көрсетуге клиенттер қабылдау тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z211" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) КЖ/ТҚҚ туралы заңның </w:t>
+      2) КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру тәртібі, оның ішінде жеңілдетілген және күшейтілген сәйкестендіру рәсімдерінің ерекшеліктері;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z117" w:id="101"/>
+        <w:t xml:space="preserve"> сәйкес клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру тәртібі, оның ішінде клиентті тиісінше тексеру бойынша жеңілдетілген және күшейтілген шаралардың ерекшеліктері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z212" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) қызмет көрсетілетін немесе қызмет көрсетуге қабылданатын жеке тұлғалардың арасында жария лауазымды тұлғаларды, олардың жұбайы-зайыптарын және жақын туыстарын анықтауға және осындай клиенттерді қызмет көрсетуге қабылдауға бағытталған шаралардың сипаттамасы (КЖ/ТҚҚ туралы заңның 8-бабы 1-тармағының </w:t>
-[...183 lines deleted...]
-    <w:bookmarkStart w:name="z126" w:id="110"/>
+      3) қызмет көрсетілетін немесе қызмет көрсетуге қабылданатын жеке тұлғалардың арасында жария лауазымды адамдарды, олардың жұбайы-зайыптарын және жақын туыстарын анықтауға және осындай клиенттерді қызмет көрсетуге қабылдауға бағытталған шаралардың сипаттамасы (КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының 3) тармақшасына сәйкес ұйымның лауазымды адамдарының жазбаша рұқсатымен);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z213" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) клиентті (оның өкілін) және бенефициарлық меншік иесін ТҚ тізбесінде және ЖҚҚТҚ тізбесінде болуын тексеру тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z214" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) ұйымды (бар болса) бақылайтын заңды тұлға белгілеген КЖ/ТҚ/ЖҚҚТҚҚІ бойынша талаптарды орындау аясында клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру процесінде алынған мәліметтермен алмасу ерекшеліктері; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z215" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру мақсатында қосымша, оның ішінде мемлекеттік органдар ұсынатын ақпарат көздерінің сипаттамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z216" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) клиент (оның өкілі) және бенефициарлық меншік иесі туралы мәліметтердің дәйектілігін тексеру тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z217" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) клиенттің досьесін жүргізудің, мәліметтерді жаңарту кезеңділігін көрсете отырып, досьедегі мәліметтерді жаңартудың нысанына, мазмұнына және тәртібіне қойылатын талаптар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z218" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) ұйым қызметкерлерінің сәйкестендіру жүргізу кезінде алынған ақпаратқа рұқсат беруді қамтамасыз ету тәртібі; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z219" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) клиенттің тәуекел деңгейін бағалау тәртібі, осындай тәуекелді бағалау негіздері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z220" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мыналармен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z221" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КЖ/ТҚ/ЖҚҚТҚ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z222" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      есірткіні заңсыз өндіруге, оның айналымына және (немесе) транзитіне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z223" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаржы пирамидаларының қызметін ұйымдастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z224" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алаяқтыққа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z225" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сыбайлас жемқорлыққа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z226" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаржы мониторингі жөніндегі уәкілетті орган жасайтын Ақшаны жылыстатуға қарсы күрестің қаржылық шараларын әзірлеу тобының (ФАТФ) ұсынымдарын орындамайтын не жеткіліксіз орындайтын мемлекеттердің (аумақтардың) операцияларына;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z227" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Біріккен Ұлттар Ұйымы Қауіпсіздік Кеңесінің қарарларына сәйкес оларға қатысты халықаралық санкциялар қолданылатын адамдардың, резиденттердің немесе мемлекеттердегі адамдардың операцияларына;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z228" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шетелге, оның ішінде оффшорлық аймақтарға қаражатты заңсыз әкетуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z229" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z230" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      500 000 (бес жүз мың) теңгеден асатын сомаға не 500 000 (бес жүз мың) теңге баламасынан асатын шетел валютасындағы сомаға қолма-қол шетел валютасын сатып алу, сату немесе айырбастау және құймалардағы Қазақстан Республикасының Ұлттық Банкі шығарған аффинирленген алтынды сатып алу, сату жөніндегі операцияларды жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z231" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жүйелі операцияларды, оның ішінде күнтізбелік бір күнде қолма-қол шетел валютасын сатып алу, сату немесе айырбастау және құймалардағы Қазақстан Республикасының Ұлттық Банкі шығарған аффинирленген алтынды сатып алу, сату түрінде бірнеше операциялар (мәмілелер) жасау жолымен жүзеге асыру; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z232" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      клиенттердің көрсетілген санатына (тобына) тән емес күдікті операцияларды жүзеге асыру шарттарының біреуі не жиынтығы болған кезде он төрт жастан бастап жиырма бес жасқа дейінгі адамдар санатымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z233" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзге қылмыстық әрекетке байланысты ұйымның ішкі рәсімдеріне сәйкес, оның ішінде қаржы мониторингі жөніндегі уәкілетті органның КЖ/ТҚ/ЖҚҚТҚ типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамаларды ескере отырып, шараларды анықтауды және қабылдауды қамтамасыз ететін ақпараттық жүйелерде мәліметтер мен ақпараттың болуына клиентті (оның өкілін) және бенефициарлық меншік иесін тиісінше тексеру рәсімі қамтылады, бірақ олармен шектелмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z234" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тарау. Клиенттердің күрделі, әдеттегіден тыс ірі және басқа да әдеттегіден тыс операцияларын зерделеуді қоса алғанда, клиенттердің операцияларына мониторинг жасау және зерделеу бағдарламасы</w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="112"/>
+        <w:t xml:space="preserve"> 5-тарау. Клиенттердің күрделі, әдеттегіден тыс ірі және басқа да әдеттегіден тыс операцияларын зерделеуді қоса алғанда, клиенттердің операцияларына мониторингтеу және зерделеу бағдарламасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z235" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның клиентті тиісінше тексеру, сондай-ақ шекті және күдікті операцияларды анықтау және олар туралы хабарларды қаржы мониторингі жөніндегі уәкілетті органға жіберу талаптарын іске асыру мақсатында ұйым клиенттердің операцияларын мониторингтеу мен зерделеу бағдарламасын әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z236" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Клиенттердің операцияларын мониторингтеу мен зерделеу бағдарламасы шеңберінде ұйым клиенттер (олардың өкілдері) және бенефициарлық меншік иелері туралы қосымша мәліметтерді жаңарту және (немесе) алу бойынша, сондай-ақ клиенттердің операцияларын зерделеу және шекті, әдеттегіден тыс және күдікті операцияларды анықтау бойынша іс-шаралар жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z237" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиент операцияларын зерделеудің жиілігі, тереңдігі және қарқындылығы клиент тәуекелінің деңгейін ескере отырып, клиент қызметінің мөлшері, маңыздылығы, сипаты, ауқымы мен күрделілігі туралы мәліметтерді, сондай-ақ клиент жасайтын операцияларды қаржыландыру көзі туралы мәліметтерді және (немесе) клиент пайдаланатын қызметтердің КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін, клиенттің қаржы мониторингіне жататын операцияларды (операцияны) жасасуын (жасауға әрекет жасауы) талдау, сондай-ақ ұйымда бар КЖ/ТҚ/ЖҚҚТҚ сценарийлерін (схемаларын) және (немесе) ерекше және күдікті операциялардың белгілерін ескере отырып айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z238" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйым клиенттердің операцияларын мониторингтеу мен зерделеу нәтижелерін ұйым қызметтерінің КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін жыл сайын бағалау, сондай-ақ клиенттер тәуекелдерінің деңгейін қайта қарау үшін пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z239" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Клиент операцияларын зерделеудің жиілігі, тереңдігі және қарқындылығы клиент тәуекелінің деңгейін ескере отырып, клиент қызметінің мөлшері, маңыздылығы, сипаты, ауқымы мен күрделілігі туралы мәліметтерді, сондай-ақ клиент жасайтын операцияларды қаржыландыру көзі және (немесе) клиент пайдаланатын қызметтердің КЖ/ТҚ тәуекелдеріне ұшырау дәрежесі, клиенттің қаржы мониторингіне жататын операцияларды (операцияларды) жасауы (жасауға әрекет жасауы), сондай-ақ ұйымда бар КЖ/ТҚ сценарийлерін (схемаларын) және (немесе) ерекше және күдікті операциялардың белгілерін ескере отырып анықталады. </w:t>
-[...19 lines deleted...]
-    </w:p>
+      Клиенттің операцияларын мониторингтеу мен зерделеу бағдарламасын іске асыру шеңберінде алынған мәліметтер Талаптардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген клиенттің досьесіне енгізіледі және (немесе) ұйымда клиентпен іскерлік қарым-қатынастардың барлық кезеңі ішінде және олар аяқталған не бір жолғы операция (мәміле) жасалған күннен бастап кемінде бес жыл бойы сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z240" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Ұйым клиенттің (клиенттер тобының) тәуекел деңгейін және (немесе) клиент пайдаланатын ұйым қызметінің КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін ескере отырып, клиент (оның өкілі) және бенефициарлық меншік иесі туралы қосымша мәліметтерді жаңарту кезеңділігін және (немесе) алу қажеттілігін белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z241" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Талаптардың 24-тармағында көзделген жағдайларда, ұйым клиентке күшейтілген сәйкестендіру жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z242" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуекелдің жоғары деңгейі бар клиент (оның өкілі) және бенефициарлық меншік иесі туралы мәліметтерді жаңарту жылына бір реттен сиретпей жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z243" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Клиенттердің операцияларын мониторингтеу мен зерделеу бағдарламасын іске асыру шеңберінде алынған мәліметтер Талаптардың </w:t>
-[...41 lines deleted...]
-    <w:bookmarkEnd w:id="113"/>
+      Клиенттің (бенефициарлық меншік иесінің) ТҚ тізбесінде және ЖҚҚТҚ тізбесінде болуын тексеру (ТҚ тізбесіне және ЖҚҚТҚ тізбесіне қосу) клиенттің тәуекел деңгейіне байланысты емес және ТҚ тізбесі мен ЖҚҚТҚ тізбесіне (ТҚ тізбесін және ЖҚҚТҚ тізбесін жаңарту) өзгерістер енгізілуіне қарай жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z244" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Клиенттердің операцияларын мониторингтеу мен зерделеу бағдарламасында мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z245" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Талаптардың </w:t>
-[...78 lines deleted...]
-    <w:bookmarkStart w:name="z131" w:id="115"/>
+      1) КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағына сәйкес қаржы мониторингі жөніндегі уәкілетті орган айқындаған, сондай-ақ ұйым дербес әзірлеген белгілердің негізінде жасалатын әдеттегіден тыс және күдікті операциялар белгілерінің тізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z246" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ұйым бөлімшелері (қызметкерлері) арасында Талаптарда көзделген жағдайларда клиент (оның өкілі) және бенефициарлық меншік иесі туралы бұрын алынған қосымша мәліметтерді жаңарту және (немесе) оларды алу жөніндегі міндеттерді бөлу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z247" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ұйым бөлімшелері (қызметкерлері) арасында шекті, әдеттегіден тыс және күдікті операциялар туралы мәліметтерді анықтау және бөлімшелер (қызметкерлер) арасында бір-біріне беру жөніндегі міндеттерді бөлу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z248" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бөлімшелердің шекті, әдеттегіден тыс және күдікті операцияларды анықтаған кезде өзара әрекет ету тетіктерін сипаттау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z249" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жауапты қызметкердің клиент операциясының түрі туралы шешімді қабылдау тәртібі, негіздемесі және мерзімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z250" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бөлімшелердің (қызметкерлердің) клиент операциясын жүргізуден бас тарту жөніндегі (клиент, бенефициарлық меншік иесі ТҚ тізбесінде және ЖҚҚТҚ тізбесінде тұруына байланысты бас тартуды қоспағанда), сондай-ақ клиентпен іскерлік қарым-қатынастарды тоқтату жөніндегі шешімді қабылдау бойынша өзара әрекет ету тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z251" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ТҚ тізбесіндегі және ЖҚҚТҚ тізбесіндегі клиенттерді және бенефициарлық меншік иелерін анықтау бойынша, сондай-ақ операциялар жүргізуден, осындай клиенттерге қызмет көрсетуден бас тарту не олармен іскерлік қарым-қатынастарды тоқтату бойынша өзара әрекет ету тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z252" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) әдеттегіден тыс операцияларды зерделеу нәтижелері туралы мәліметтерді, сондай-ақ шекті және күдікті операциялар туралы мәліметтерді (оның ішінде операция сомасын, операция валютасын) тіркеу (оның ішінде тіркеу әдістері) және сақтау тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z253" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) қаржы мониторингі жөніндегі уәкілетті органға шекті және күдікті операциялар туралы хабарларды ұсыну тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z254" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) ұйымның уәкілетті органдарына және лауазымды адамдарына шекті және күдікті операциялар анықталғаны туралы хабарлау (қажеттілігіне қарай) тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z255" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) клиент әдеттегіден тыс және (немесе) күдікті операцияларды жүйелі және (немесе) елеулі көлемде жүзеге асырған жағдайда, клиент пен оның операцияларына қатысты қабылданатын шараларды қабылдау тәртібі және сипаттау қамтылады, бірақ олармен шектелмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z256" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Шекті, әдеттегіден тыс немесе күдікті операция анықталған кезде, көрсетілген операцияны анықтаған ұйым қызметкері осындай операция туралы хабарды ұйымның ішкі құжаттарында белгіленген тәртіппен, нысанда және мерзімде жауапты қызметкерге (КЖ/ТҚ/ЖҚҚТҚҚІ жөніндегі бөлімшеге) жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z257" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бір хабарда бірнеше операция туралы ақпараттың болуына рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z258" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйым осы тармақтың бірінші бөлігінде көрсетілген операциялар туралы хабарды, сондай-ақ оларды зерттеудің нәтижелерін клиентпен іскерлік қарым-қатынастарды тоқтатқан не бір жолғы операцияны (мәмілені) жасаған күннен бастап кемінде бес жыл сақтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z259" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. Ұйым қызметкерлерін КЖ/ТҚ/ЖҚҚТҚҚІ мәселелері бойынша даярлау және оқыту бағдарламасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z260" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) КЖ/ТҚҚ туралы заңның 10-бабының </w:t>
-[...336 lines deleted...]
-    <w:bookmarkEnd w:id="128"/>
+      34. КЖ/ТҚ/ЖҚҚТҚҚІ мәселелері бойынша ұйым қызметкерлерін даярлау және оқыту бағдарламасы КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тармағына сәйкес қаржы мониторингі жөніндегі уәкілетті орган бекітетін қызметкерлерді даярлау және оқыту жөніндегі талаптарға сәйкес әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5505,7907 +6161,5390 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қаулыға </w:t>
+              <w:t>Қызметін Қазақстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
-[...64 lines deleted...]
-              <w:t xml:space="preserve">Қызметін </w:t>
+              <w:t>Республикасы Ұлттық Банкінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+              <w:t>қолма-қол шетел валютасымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ұлттық Банкінің</w:t>
+              <w:t>айырбастау операцияларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қолма-қол шетел валютасымен</w:t>
+              <w:t>арналған лицензиясы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>айырбастау операцияларына</w:t>
+              <w:t>негізінде тек қана айырбастау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған лицензиясы негізінде</w:t>
+              <w:t>пункттері арқылы жүзеге</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тек қана айырбастау пункттері</w:t>
+              <w:t>асыратын заңды тұлғаларға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арқылы жүзеге асыратын</w:t>
+              <w:t>қылмыстық жолмен алынған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>заңды тұлғаларға қылмыстық</w:t>
+              <w:t>кірістерді заңдастыруға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жолмен алынған кірістерді</w:t>
+              <w:t>(жылыстатуға), терроризмді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>заңдастыруға (жылыстатуға)</w:t>
+              <w:t>қаржыландыруға және жаппай</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">терроризмді қаржыландыруға </w:t>
+              <w:t>қырып-жою қаруын таратуды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және жаппай қырып-жою </w:t>
-[...38 lines deleted...]
-              <w:t>іс-қимыл жасау мақсатында</w:t>
+              <w:t>қаржыландыруға қарсы іс-қимыл жасау мақсатында</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ішкі бақылау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қойылатын талаптарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="129"/>
+    <w:bookmarkStart w:name="z262" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жеке тұлға - клиент досьесінің мазмұнына қойылатын талаптар</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="129"/>
+        <w:t xml:space="preserve"> Клиент-жеке тұлғаның досьесінің мазмұнына қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сәйкестендіру түрі</w:t>
+Клиентті тиісінше тексеру шаралары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеңілдетілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күшейтілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Жеке тұлға туралы жалпы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты (ол бар болса)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туған күні және туылған жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Азаматтығы (бар болса)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Азаматтығы (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке сәйкестендіру нөмірі (ол бар болса)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Жеке сәйкестендіру нөмірі (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке басын куәландыратын құжаттың түрі, нөмірі, сериясы (ол бар болса)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Жеке басын куәландыратын құжаттың түрі, нөмірі, сериясы (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке басын куәландыратын құжатты берген органның атауы, оның берілген күні және қолданылу мерзімі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Жеке басты куәландыратын құжатты берген органның атауы, берілген күні және қолданылу мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғылықты (тіркелген) жерінің мекенжайы немесе келген жері (мемлекеті/юрисдикциясы, пошта индексі, елді мекені, көшесі/ауданы, үйінің нөмірі және бар болса пәтерінің нөмірі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Байланыс телефонының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...67 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыс орны, лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...67 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық пошта мекенжайы (ол бар болса)</w:t>
-[...73 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Электрондық пошта мекенжайы (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Жеке тұлға - дара кәсіпкер туралы қосымша мәліметтер</w:t>
+2. Жеке тұлға шетелдік туралы қосымша мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дара кәсіпкер ретінде, оның ішінде шаруа (фермер) қожалықтарының басшысы ретінде жеке тұлғаның тіркелуін растайтын құжат нөмірі, берілген күні</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Визаның нөмірі, берілген күні, қолданылу мерзімі (шетелдік төлқұжат) (Қазақстан Республикасына визасыз тәртіпте кіретін мемлекеттердің азаматтарын қоспағанда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-✓</w:t>
-[...37 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+✓✓</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-✓</w:t>
+✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бизнес-сәйкестендіру нөмірі (ол бар болса)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Көші-қон карточкасының нөмірі, берілген күні, қолданылу мерзімі (жеке басты куәландыратын құжат ретінде шетелдік төлқұжатын ұсынған жағдайда) (Қазақстан Республикасына визасыз тәртіпте кіретін мемлекеттердің азаматтары үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіпкерлік қызметінің түрі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Адамның жария лауазымды адамдарға немесе олармен байланысқан адамдарға тиесілігі (олардың жұбайы-зайыбы, жақын туыстары, сондай-ақ өкілдері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лицензияның нөмірі, берілген күні, қолданылу мерзімі (егер жүзеге асырылатын қызмет түрі лицензияланатын болып табылса)</w:t>
-[...103 lines deleted...]
-✓✓</w:t>
+3. Жеке тұлғаның өкілі туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіпкерлік қызметті жүзеге асыру жерінің мекенжайы (мемлекеті/юрисдикциясы, пошта индексі, елді мекені, көшесі/ауданы, үйінің нөмірі)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-✓</w:t>
-[...37 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+✓✓</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Жеке тұлға шетелдік туралы қосымша мәліметтер</w:t>
+Туған күні және туылған жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+✓✓</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Визаның нөмірі, берілген күні, қолданылу мерзімі (жеке басын куәландыратын құжат ретінде шетелдік төлқұжатын ұсынған жағдайда) (Қазақстан Республикасына визасыз тәртіппен кіретін мемлекеттердің азаматтарын қоспағанда)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Азаматтығы (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Миграциялық карточканың нөмірі, берілген күні, қолданылу мерзімі (жеке басын куәландыратын құжат ретінде шетелдік төлқұжатын ұсынған жағдайда) (Қазақстан Республикасына визасыз тәртіппен кіретін мемлекеттердің азаматтары үшін)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Жеке сәйкестендіру нөмірі (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жария лауазымды тұлғаларға немесе олармен байланысқан адамдарға тиесілігі (олардың жұбайлары, жақын туыстары, сондай-ақ өкілдері)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Жеке басын куәландыратын құжаттың түрі, нөмірі, сериясы (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Жеке тұлғаның өкілі туралы жалпы мәліметтер</w:t>
+Жеке басты куәландыратын құжатты берген органның атауы, оның берілген күні және қолданылу мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+✓</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты (ол бар болса)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Тұрғылықты (тіркелген) жерінің мекенжайы немесе келген жері (мемлекеті/юрисдикциясы, пошта индексі, елді мекені, көшесі/ауданы, үйінің нөмірі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-✓✓</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+✓</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Туған күні және туылған жері</w:t>
-[...77 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Байланыс телефонының нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Азаматтығы (бар болса)</w:t>
-[...77 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Жеке тұлғаның атынан заңдық мәні бар іс-әрекеттер (оның ішінде шот ашу, шотты басқару) жасауға берілген құжаттың (сенімхаттың, шарттың, қорғаншының (қамқоршының) жеке куәлігінің, өзге де құжаттың) нөмірі, берілген (қол қойылған) күні, қолданылу мерзімі (болған жағдайда) не заң бойынша өкілдікті жүзеге асыру туралы белгі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке сәйкестендіру нөмірі (ол бар болса)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Клиент өкіліне берілген сенімхатқа клиенттің қолын куәландыратын нотариустың тегі, аты, әкесінің аты (ол болған жағдайда), нотариат қызметін жүзеге асыруға берілген лицензияның нөмірі және берілген күні не құжатты берген органның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-✓✓</w:t>
-[...71 lines deleted...]
-✓✓</w:t>
+✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке басын куәландыратын құжаттың түрі, нөмірі, сериясы (ол бар болса)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Визаның нөмірі, берілген күні, қолданылу мерзімі (жеке басты куәландыратын құжат ретінде шетелдік төлқұжатын ұсынған жағдайда) (Қазақстан Республикасына визасыз тәртіпте кіретін мемлекеттердің азаматтарын қоспағанда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-✓</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+✓✓</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-✓</w:t>
-[...35 lines deleted...]
-✓</w:t>
+✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке басын куәландыратын құжатты берген органның атауы, оның берілген күні және қолданылу мерзімі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Көші-қон карточкасының нөмірі, берілген күні, қолданылу мерзімі (жеке басты куәландыратын құжат ретінде шетелдік төлқұжатты ұсынған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-✓</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+✓✓</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-✓</w:t>
-[...35 lines deleted...]
-✓</w:t>
+✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғылықты (тіркелген) жерінің мекенжайы немесе келген жері (мемлекеті/юрисдикциясы, пошта индексі, елді мекені, көшесі/ауданы, үйінің нөмірі)</w:t>
-[...107 lines deleted...]
-✓✓</w:t>
+4. Бенефициарлық меншік иесі туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Байланыс телефонының нөмірі</w:t>
-[...73 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Мүддесі үшін іскерлік қарым-қатынастар орнатылатын (операциялар жасалатын) жеке тұлғаның (тұлғалардың) тегі, аты және әкесінің аты (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке тұлғаның атынан заңдық мәні бар іс-әрекеттер (оның ішінде шот ашу, шотты басқару) жасауға құжаттың (сенімхаттың, шарттың, қорғаншының (қамқоршының) жеке куәлігінің, өзге де құжаттың) нөмірі, берілген (қол қойылған) күні, қолданылу мерзімі (ол бар болса) не заң бойынша өкілдікті жүзеге асыру туралы белгі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Бенефициарлық меншік иесінің азаматтығы (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-✓✓</w:t>
-[...67 lines deleted...]
-✓✓</w:t>
+✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Клиент өкіліне берілген сенімхатқа клиенттің қолын куәландыратын нотариустың тегі, аты, әкесінің аты (ол бар болса), нотариалдық қызметті жүзеге асыруға лицензияның нөмірі және берілген күні не құжатты берген органның атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Бенефициарлық меншік иесінің жеке сәйкестендіру нөмірі (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-✓</w:t>
-[...67 lines deleted...]
-✓</w:t>
+✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Визаның нөмірі, берілген күні, қолданылу мерзімі (жеке басын куәландыратын құжат ретінде шетелдік төлқұжатын ұсынған жағдайда) (Қазақстан Республикасына визасыз тәртіппен кіретін мемлекеттердің азаматтарын қоспағанда)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Бенефициарлық меншік иесінің жеке басын куәландыратын құжаттың түрі, нөмірі, сериясы (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-✓✓</w:t>
-[...71 lines deleted...]
-✓✓</w:t>
+✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Миграциялық карточканың нөмірі, берілген күні, қолданылу мерзімі (жеке басын куәландыратын құжат ретінде шетелдік төлқұжатын ұсынған жағдайда)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Бенефициарлық меншік иесінің жеке басын куәландыратын құжатты берген органның атауы, оның берілген күні және қолданылу мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-✓✓</w:t>
-[...71 lines deleted...]
-✓✓</w:t>
+✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Бенефициарлық меншік иесі туралы мәліметтер</w:t>
+Бенефициарлық меншік иесінің байланыс телефонының нөмірі (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүддесі үшін іскерлік қарым-қатынастар орнатылатын (операциялар жасалатын) жеке тұлғаның (тұлғалардың) тегі, аты және әкесінің аты (бар болса), не іскерлік қарым-қатынастар орнатқан (операциялар жасайтын) жеке тұлға өз атынан өзінің мүддесі үшін әрекет ететіні туралы белгі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Шетелдік-бенефициарлық меншік иесінің жария лауазымды адамдарға немесе олармен байланысқан адамдарға тиесілігі (олардың жұбай-зайыбы, жақын туыстары, сондай-ақ өкілдері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
-            </w:r>
-[...66 lines deleted...]
-✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бенефициарлық меншік иесінің азаматтығы (бар болса)</w:t>
-[...103 lines deleted...]
-✓</w:t>
+5. Жасалатын операцияларды қаржыландыру көздері туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бенефициарлық меншік иесінің жеке сәйкестендіру нөмірі (ол бар болса)</w:t>
-[...73 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Жеке тұлға кірісінің, жасалатын операцияларды қаржыландыру көздері (жалақы, дивидендтер, кәсіпкерлік қызметінен түскен кіріс, өзгелері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бенефициарлық меншік иесінің жеке басын куәландыратын құжаттың түрі, нөмірі, сериясы (ол бар болса)</w:t>
-[...73 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Басқа да банктердегі/қаржы ұйымдарындағы шоттар (болған жағдайда) (шоты бар банктің /қаржы ұйымының атауы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бенефициарлық меншік иесінің жеке басын куәландыратын құжатты берген органның атауы, оның берілген күні және қолданылу мерзімі</w:t>
-[...73 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Қаржылық жай-күйінің сипаттамасы (жылжымайтын мүлік, құндылықтар, заңды тұлғаның капиталындағы үлесі/ акциялар пайызы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бенефициарлық меншік иесінің байланыс телефонының нөмірі (бар болса)</w:t>
-[...103 lines deleted...]
-✓</w:t>
+6. Операциялар мониторингінің нәтижелері және қызметтік ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шетелдік-бенефициарлық меншік иесінің жария лауазымды тұлғаларға немесе олармен байланысқан адамдарға тиесілігі (олардың жұбайлары, жақын туыстары, сондай-ақ өкілдері)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Клиенттің, оның бенефициарлық меншік иесінің қаржы мониторингі жөніндегі уәкілетті органның терроризм мен экстремизмді қаржыландыруға байланысты тұлғалар тізбесінде болуы туралы белгі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Жасалатын операцияларды қаржыландыру көздері туралы мәліметтер</w:t>
+Клиенттің, оның бенефициарлық меншік иесінің қаржы мониторингі жөніндегі уәкілетті органның жаппай қырып-жою қаруын таратуды қаржыландыруға байланысты ұйымдар мен тұлғалардың тізбесінде болуы туралы белгі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+✓</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке тұлға кірістерінің, жасалатын операциялардың қаржыландыру көздері (жалақы, дивидендтер, кәсіпкерлік қызметінен түскен кірістер және өзгелер)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Операциялардың, оның ішінде жасалатын операциялардың қаржыландыру көзінің дәйектілігін тексеру шараларының соңғы мониторингінің нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
-            </w:r>
-[...66 lines deleted...]
-✓✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа да банктерде/қаржы ұйымдарындағы шоттар (бар болса) (шоты бар банктің / қаржы ұйымының атауы)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Тәуекел деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық жай-күйінің сипаттамасы (жылжымайтын мүлік, құндылықтар, капиталдағы үлесі/басқа да заңды тұлғаның акциялар пайызы)</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Клиент туралы мәліметтерді алу (жаңарту) күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...84 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...807 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z148" w:id="130"/>
+    <w:bookmarkStart w:name="z263" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-[...36 lines deleted...]
-    <w:bookmarkStart w:name="z149" w:id="131"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z264" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ✓ – тиісті мәліметтерді белгілеу қажеттілігі; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z265" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ✓✓– тиісті мәліметтерді белгілеу және олардың дәйектілігін тексеру қажеттілігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z266" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиент досьесінің мазмұнына қойылатын талаптар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z150" w:id="132"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z267" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қазақстан Республикасының азаматтары, шетелдіктер мен азаматтығы жоқ адамдар үшін азаматтық-құқықтық мәмілелер жасауға негіз болатын жеке басты куәландыратын құжаттардың тізбесі "Жеке басты куәландыратын құжаттар туралы" Қазақстан Республикасы Заңының 6-бабы </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z152" w:id="134"/>
+      1. Қазақстан Республикасының азаматтары, шетелдіктер мен азаматтығы жоқ адамдар үшін азаматтық-құқықтық мәмілелер жасауға негіз болатын жеке басты куәландыратын құжаттардың тізбесі "Жеке басты куәландыратын құжаттар туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағының талаптарына сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z268" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұсынылған мәліметтердің дәйектілігін тексеру клиент (оның өкілі) ұсынған тиісті құжаттар түпнұсқаларының және нотариат куәландырған көшірмелерінің деректерімен салыстырып тексеру, рұқсат етілген дереккөздерден (дерекқордан) алынған деректермен салыстырып тексеру, мекенжайы бойынша шығуды қосқанда, басқа да тәсілдермен мәліметтерді тексеру арқылы жүзеге асырылады. Жеке басты сәйкестендіру үшін қажетті мәліметтердің дәйектілігін тексеру шеңберінде жеке басты куәландыратын құжатта орналасқан суретті клиентпен (клиенттің өкілімен) көзбен салыстыру жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z269" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Көші-қон карточкалары туралы мәліметтер Еуразиялық экономикалық одаққа кіретін мемлекеттердің азаматтарына қатысты талап етілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-[...31 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -13731,31 +11870,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>