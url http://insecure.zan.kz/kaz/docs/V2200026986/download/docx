--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c010c28" w14:textId="c010c28">
+    <w:p w14:paraId="60319e4" w14:textId="60319e4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -777,90 +777,170 @@
         <w:t>
       4. Комиссияның негізгі міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының аумағындағы әкімшілік-аумақтық бірліктерге, елді мекендердің құрамдас бөліктеріне, әуежайларға, порттарға, теміржол вокзалдарына, теміржол стансаларына, метрополитен стансаларына, автовокзалдарға, автостансаларға, физикалық-географиялық және мемлекет меншігіндегі басқа да объектілерге атау беру және оларды қайта атау, олардың атауларының транскрипциясын нақтылау мен өзгерту және мемлекеттік заңды тұлғаларға, мемлекет қатысатын заңды тұлғаларға жеке адамдардың есімін беру, сондай-ақ Қазақстан Республикасының тарихи-мәдени мұрасының құрамдас бөлігі ретінде тарихи атауларды қалпына келтіру және сақтау бойынша бірыңғай көзқарасты қалыптастыру жөнінде ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) жекеменшік білім беру ұйымдарына тұлғалардың есімдерін беруді және оларды қайта атауды келісу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ономастика мәселелері жөнінде Қазақстан Республикасының нормативтік құқықтық базасын жетілдіру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бұрын атауы жойылып кеткен тарихи топонимдерді қалпына келтіру жөнінде ұсыныстар әзірлеу болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді – ҚР Премьер-Министрінің орынбасары – Мәдениет және ақпарат министрінің 30.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (07.02.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жүктелген міндеттерді шешу мақсатында:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -888,87 +968,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық ономастика комиссиясымен келісілгеннен кейін ауылдарға, кенттерге, ауылдық округтерге атау беру, олардың атауын өзгерту, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар береді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Республикалық ономастика комиссиясымен келісілгеннен кейін аудандық маңызы бар қалалардың, кенттің, ауылдың, ауылдық округтің құрамдас бөлiктерiне атау беру, олардың атауын өзгерту, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар береді;</w:t>
+      Республикалық ономастика комиссиясымен келісілгеннен кейін аудандық маңызы бар қалалардың, кенттің, ауылдың, ауылдық округтің құрамдас бөлiктерiне атау беру, олардың атауын өзгерту, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар береді, сондай-ақ жекеменшік білім беру ұйымдарына тұлғалардың есімдерін беруді және оларды қайта атауды келіседі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) республикалық маңызы бар қалалардың, астананың ономастика комиссиялары:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Республикалық ономастика комиссиясымен келісілгеннен кейін – қаладағы аудандарға, республикалық маңызы бар қалалардың, астананың құрамдас бөліктеріне атау беру және қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар береді.</w:t>
+      Республикалық ономастика комиссиясымен келісілгеннен кейін – қаладағы аудандарға, республикалық маңызы бар қалалардың, астананың құрамдас бөліктеріне атау беру және қайта атау, олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар береді, сондай-ақ жекеменшік білім беру ұйымдарына тұлғалардың есімдерін беруді және оларды қайта атауды келіседі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -992,51 +1072,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Мәдениет және ақпарат министрінің 27.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 446-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (07.02.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>