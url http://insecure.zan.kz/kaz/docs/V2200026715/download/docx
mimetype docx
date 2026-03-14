--- v0 (2025-10-11)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1953b12" w14:textId="1953b12">
+    <w:p w14:paraId="2a02273" w14:textId="2a02273">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3193,88 +3193,170 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Іріктеу әдісі мен іріктеп тексеру көлемін анықтауға стратификация тәсілі айтарлықтай әсер етеді – қалдық жиынтықты мынадай жеке топтарға бөлу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...36 lines deleted...]
-      мемлекеттік сатып алу жоспары – сатып алудың қалдық жиынтығын енгізілген өзгерістер саны бойынша бөлу немесе мемлекеттік сатып алуды жүзеге асыру тәсілдеріне не сатып алу нысанасы (тауарлар, жұмыстар, көрсетілетін қызметтер) бойынша бөлу.</w:t>
+        <w:t xml:space="preserve">
+      бюджеттік бағдарламалар әкімшісінің бюджеттік сұрау салуы – қалдық жиынтық Қазақстан Республикасы Бюджет кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>75-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бюджеттік сұрау салуды қалыптастыру, негізділігі және бекітілген жоспарлар мен көрсеткіштерге сәйкестігі бөлігіндегі талаптарын ескере отырып бюджеттік бағдарламалар және кіші бағдарламалар бойынша топтарға бөлінеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жобалау-сметалық құжаттама бойынша жұмыстар (ЖСҚ) – қалдық жиынтық жергілікті сметалар және жұмыс түрлері бойынша топтарға бөлінеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік сатып алу жоспары – сатып алудың қалдық жиынтығын енгізілген өзгерістердің саны, мемлекеттік сатып алуды жүзеге асыру тәсілдері, мемлекеттік сатып алуды, не сатып алу мәні бойынша (тауарлар, жұмыстар, көрсетілетін қызметтер) жүзеге асыру тәсілдері бойынша бөлу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 41-тармақ жаңа редакцияда - ҚР Қаржы министрінің 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z82" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Мемлекеттік аудитор монетарлық іріктеп тексеруді мынадай формула бойынша айқындалатын қалдық жиынтыққа жүргізеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -4087,70 +4169,4053 @@
         <w:t>
       54. Мемлекеттік аудитор жүргізілген аудиттің нәтижелері бойынша бұзушылықтар анықталған кезде мемлекеттік аудит объектісіне аудиторлық қорытындыны, нұсқаманы, шешімді (өкімді) жібереді, сондай-ақ Заңға сәйкес жоғарыда көрсетілген құжаттардың орындалуына мониторинг жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkStart w:name="z105" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Мемлекеттік аудит объектісі тарапынан әкімшілік іс-әрекет туындаған кезде мемлекеттік аудитор Заңға сәйкес ден қою шараларын қолданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z106" w:id="105"/>
+    <w:bookmarkStart w:name="z121" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55-1. Қазақстан Республикасы бюджет заңнамасының талаптарын бұзу бөлігінде ішкі аудит қызметтерінің шешімдерінде (өкімдерінде) көзделген сәйкестік аудитінің қорытындылары олардың бұзушылықтарды жоюға және Қазақстан Республикасының бюджет заңнамасына сәйкес келтіруге консультациялық көмек көрсетуі арқылы да іске асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тарау 55-1-тармақпен толықтырылды - ҚР Стратегиялық жоспарлау және реформалар агенттігі төрағасының 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Аудиторлық іс-шаралар негізінде сот тәртібімен қарау және (немесе) қылмыстық іс жүргізу немесе өзге аудит объектісіне байланысты емес негіздер бойынша жүзеге асырылатын жағдайларды қоспағанда, ведомство мен оның аумақтық бөлімшелері нұсқамаларының және ішкі аудит қызметтері шешімдерінің (өкімдерінің) тармақтарын орындау мерзімін мемлекеттік аудит объектісінің дәлелденген негіздемелері болған кезде екі реттен асырмай ұзартуға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Сәйкестік аудиті" ішкі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік аудитінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және қаржылық бақылаудың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рәсімдік стандартына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 - қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z108" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сәйкестік аудит бағыттары бойынша сәйкестік аудитін жүргізуге қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Қаржы министрінің 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік аудитор мынадай бағыттар бойынша сәйкестік аудитін жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) техникалық-экономикалық негіздемені (бұдан әрі – ТЭН), қаржылық-экономикалық негіздемені (бұдан әрі – ҚЭН) және бюджеттік инвестициялардың сметалық құнын түзетуге байланысты шығыстар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ТЭН-ді және ҚЭН-ді түзетуге байланысты шығыстардың сәйкестік аудитін жүргізу кезінде мемлекеттік аудитор мыналарды тексереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік инвестициялық жобаларды жоспарлау үшін мемлекеттік органдардың, облыстардың, республикалық маңызы бар қалалардың, астананың даму жоспарларын, сондай-ақ квазимемлекеттік сектор субъектілерінің даму жоспарларын және (немесе) іс-шараларын қоса алғанда, Қазақстан Республикасы Мемлекеттік жоспарлау жүйесінің құжаттарын іске асыру шеңберінде негіздеменің, жобаны іске асыру көздері мен тәсілін айқындау өлшемшарттарының болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салалық қорытындының болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджеттік инвестициялық жобаны одан әрі іске асырудың орындылығы туралы мемлекеттік инвестициялық жобаның инвестициялық ұсынысына оң экономикалық қорытындының болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ТЭН әзірлеуді талап етпейтін жобаларды қоспағанда, белгіленген тәртіппен бекітілген бюджеттік инвестициялық жобаның ТЭН-інің болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тиісті бюджет комиссиясының оң қорытындысының болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      республикалық бюджеттік бағдарламалар әкімшілері мониторингінің қорытындылары бойынша жылдық есеп негізінде бюджеттік инвестициялық жобалардың іске асырылуын бағалау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік аудит объектісі қызметінің ерекшелігіне байланысты жүргізілетін аудит шеңберіндегі өзге де мәселелер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) республикалық және жергілікті бюджеттердің қаражатын пайдалану.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикалық және жергілікті бюджеттер қаражатының пайдаланылуына сәйкестік аудитін жүргізу кезінде мемлекеттік аудитор мыналарды тексереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тиісті қаржы жылына арналған республикалық бюджет туралы Қазақстан Республикасының Заңына сәйкес республикалық бюджетте көзделген және оны атқару тәртібімен пайдаланылған сыртқы үкіметтік қарыздар, байланысты гранттар бойынша алынған қаражат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      белгіленген талаптарды сақтау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "2025 қаржы жылына арналған бюджетті атқару және оған кассалық қызмет көрсету қағидаларын бекіту туралы" (бұдан әрі – Бюджетті атқару қағидалары) Қазақстан Республикасы Қаржы министрінің 2025 жылғы 30 мамырдағы № 272 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Бюджеттің қазынашылық атқарылуы және оларға кассалық қызмет көрсету рәсімдерін, қазынашылық есепке алу және мониторинг рәсімдер бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2025 жылғы 27 маусымдағы № 328 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік, мемлекет кепілдік берген қарыздар алудың, мемлекеттік кепіргерліктерінің кейбір мәселелері туралы" Қазақстан Республикасы Қаржы министрінің 2025 жылғы 30 маусымдағы № 331 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 36364 болып тіркелген) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Бюджеттік кредиттеудің кейбір мәселелері туралы" Қазақстан Республикасы Қаржы министрінің 2025 жылғы 26 маусымдағы № 325 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 36331 болып тіркелген) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Бюджеттік бағдарламалар әкімшілері мен бюджетті атқару жөніндегі жергілікті уәкілетті органдардың жылдық шоғырландырылған қаржылық есептілікті жасау қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің міндетін атқарушының 2025 жылғы 15 мамырдағы № 229 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қаржылық есептілік нысандарын, кезеңділігін және оларды жасау мен ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің міндетін атқарушының 2025 жылғы 15 мамырдағы № 230 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Бюджеттiк есептiлiктi жасау және ұсыну қағидаларын бекіту туралы" (бұдан әрі - Бюджеттiк есептiлiктi жасау және ұсыну қағидалары) Қазақстан Республикасы Қаржы министрінің 2025 жылғы 28 мамырдағы № 262 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджеттік бағдарламаны қаржыландыру жоспарларын қалыптастыру және уақтылы бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      консультанттардың еңбекақы төлеу қорының қарыз туралы келісімде және/немесе тиісті нормативтік құқықтық актілерде көзделген лимиттен асып кетуі, олардың жұмысын талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      келісімшарттарда көзделген жабдықтарды, тауар-материалдық құндылықтарды және қызметтерді уақтылы және толық жеткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бақылау объектісінің балансында қарыз бойынша алынған мүлік пен қызметтерді, сондай-ақ кредитор банк және/немесе республикалық бюджет алдындағы міндеттемелерді көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік тапсырма бойынша алынған қаражат, оларды бюджет заңнамасына сәйкес пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік тапсырыс бойынша алынған қаражат, оларды бюджет заңнамасына және шарттық міндеттемелерге сәйкес пайдалану тәртібін сақтау, жоспарланған көрсеткіштерге қол жеткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік бюджеттен алынған басқа да қаражат, оларды басқару және пайдалану тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) шарттар мен рәсімдерді сақтау, сондай-ақ бюджеттік кредиттерді пайдалану.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шарттар мен рәсімдердің сақталуына, сондай-ақ бюджеттік кредиттердің пайдаланылуына сәйкестік аудитін жүргізу кезінде мемлекеттік аудитор мыналарды тексереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз алушыларға кредит беру кезінде қаражатты мақсатты пайдалану (қарсы бақылау жүргізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз берген кредитор, қарыздың мөлшері мен талаптары (пайыздық мөлшерлеме, қарыздың қолданылу мерзімдері, қарыз шартының талаптарынан туындайтын өзге де міндеттемелер), мақсатты пайдаланылуы, өтеу көздері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      келісімшарттарда көзделген жабдықтарды, тауар-материалдық құндылықтарды және қызметтерді уақтылы және толық жеткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бақылау объектісінің балансында қарыз бойынша алынған мүлік пен қызметтерді, сондай-ақ кредитор банк және/немесе республикалық бюджет алдындағы міндеттемелерді көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бақылау объектісінің кепіл шарты бойынша міндеттемелерді орындауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бақылау объектісі кепілдік мүліктің сақталуын қамтамасыз ету бойынша қабылдайтын шаралар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бақылау объектісінің есебінде көрсетілген қарыздар бойынша борышты және негізгі борыштың қалдығын өтеу және қызмет көрсету бойынша нақты төлемдерді салыстырып тексеруді жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тиісті қаржы жылына арналған республикалық бюджет туралы Қазақстан Республикасының Заңында белгіленетін лимит шегінде берілетін мемлекет кепілгерлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджеттік бағдарламалар әкімшілерінің мамандандырылған ұйымдарға бюджеттік кредиттер беруге заңнамада белгіленген тәртіппен рұқсаты бар әзірленген талаптардың болуы (тиісті бюджет қабылданғаннан кейін екі айдан аспайтын мерзімде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағдарламаның әкімшісіне қатысушы банктер бойынша жіберілетін Қазақстан Республикасының Ұлттық Банкінен олардың белгіленген талаптарға сәйкестігі туралы ақпараттың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нақты бюджеттік бағдарламаларды іске асыру шеңберінде кредиттер алу үшін Қазақстан Республикасы Ұлттық Банкінің оң қорытындысы бар қатысушы банктер арасында конкурс өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жасалған кредиттік шарт бойынша бақылау объектісі кепілге берген немесе міндеттемелерді кепілдікпен қамтамасыз ету ретінде ұсынатын мүліктің болуы және жай-күйі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жасалған кредиттік шартқа сәйкес бақылау объектісі қабылдаған міндеттемелерді орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мамандандырылған ұйымдардың конкурстық рәсімдерін сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      конкурсты өткізудің дұрыстығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджеттік бағдарлама әкімшісі мамандандырылған ұйыммен жасасқан кредиттік шарт талаптарын орындау (мақсатты пайдалану, түпкілікті қарыз алушыларға кредит беру мерзімдері, кредитті өтеудің уақтылығы мен толықтығы, сыйақы мөлшерлемелері мен есептеу тәртібі, тараптардың құқықтары мен міндеттері, шарт талаптары орындалмаған кездегі санкциялар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мамандандырылған ұйым бюджеттік бағдарлама әкімшісімен кредиттік ұсыныстардың сараптамасын және түпкілікті қарыз алушыларға кредит беру туралы шешімді келіскенін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кредит бойынша төлемдер кезектілігінің сақталуын (есептелген айыппұлдар мен өсімпұлдар, есептелген сыйақы, негізгі борышты өтеу);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      түпкілікті қарыз алушыда мерзімі өткен берешек пайда болған кезде қабылданатын шараларды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кредиттік шарт шеңберінде жеткізілген жабдықты жеткізу толықтығын және оның кіріске алынуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жабдықты пайдаланудың негізділігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұсынылған бюджеттік кредиттердің мемлекеттік, салалық (секторалдық), өңірлік бағдарламалардың, әлеуметтік-экономикалық дамудың орта мерзімді жоспарының және орта мерзімді фискалдық саясаттың іс-шараларына сәйкестігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативтік құқықтық базаның болуын (Қазақстан Республикасының Үкімет шешімі, бюджеттік кредиттер беру тәртібі/қағидалары);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз алушылардың жасалған кредиттік шарттар шеңберінде негізгі шарттар мен міндеттемелерді орындауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджеттік кредиттердің негізді, заңды және уақтылы пайдаланылуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      іске асырылып жатқан жобаның ашықтығы тұрғысынан жобалардың іске асырылу барысы туралы есептерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кредит қаражатының игерілмеу себептерін (бюджеттік бағдарламалар әкімшілері жобаны іске асыру кезіндегі кемшіліктерді жою үшін қандай шаралар қабылдады);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соңғы үш жылда аудиттелген есептіліктің болуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз алушының қаржылық-шаруашылық қызметі жоспарының болуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жоба бойынша қамтамасыз етудің болуы тұрғысынан кепіл туралы шартты тексереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) шарттар мен рәсімдерді сақтау, сондай-ақ байланысты гранттар қаражатын пайдалану арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шарттар мен рәсімдердің сақталуына, сондай-ақ байланысты гранттар қаражатының пайдаланылуына сәйкестік аудитін жүргізу кезінде мемлекеттік аудитор:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тиісті қаржы жылға арналған Республикалық бюджет туралы Қазақстан Республикасының Заңына сәйкес республикалық бюджетте көзделген және оны орындау тәртібімен пайдаланылған байланысты гранттар бойынша алынған қаражатты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жобаны байланысты гранттар қаражаты мен республикалық бюджеттен қоса қаржыландыру есебінен қаржыландырудың пайыздық арақатынасының сақталуын, сондай-ақ олардың уақтылы қаржыландырылуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      байланысты грант қаражаты және республикалық бюджеттен қоса қаржыландыру есебінен сатып алынған жабдықтың нысаналы пайдаланылуын: бюджеттік бағдарламалар әкімшілерінің жабдықты өзге мақсаттарда пайдалану жағдайларының бар-жоғын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төлеуге берілетін шоттың және бірлесіп қаржыландыру қаражатын алуға өтінімнің болуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірлесіп қаржыландыру қаражатын алуға өтінімді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолданыстағы заңнамаға сәйкес тиісті органдарға байланысты гранттар бойынша атқарушы агенттіктердің (бюджеттік бағдарламалар әкімшілерінің, сенім білдірілген өкілдердің (агенттердің), қарыз алушылардың) жобаларды іске асыруы туралы ақпарат пен есептілікті уақтылы және толық беруін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      келісімшарттарда көзделген жабдықтардың, тауар-материалдық құндылықтардың және көрсетілетін қызметтердің уақтылы және толық жеткізілуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тиісті қаржы жылына арналған республикалық бюджет туралы Қазақстан Республикасының Заңында белгіленетін лимит шегінде берілетін мемлекет кепілгерлігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке бюджеттік бағдарлама бойынша көзделген және байланысты грант туралы келісімге және Қазақстан Республикасының заңнамасына сәйкес гранттарды алушы мемлекеттік ұйымдар жүзеге асыратын байланысты гранттардың пайдалануын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алынған байланысты гранттардың негізді, заңды пайдаланылуын қамтамасыз етуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      байланысты гранттар есебінен сатып алынған жабдықтар мен материалдардың теңгерімге қойылуын қамтамасыз етуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гранттар есебінен сатып алынатын тауарлардың импорты кезінде кедендік ресімдеудің уақтылы жүзеге асырылуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ай сайын бюджетті атқару жөніндегі уәкілетті органға байланысты гранттардың пайдаланылуы туралы ақпараттың ұсынылуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік жоспарлау жөніндегі орталық уәкілетті органға грантты пайдалану туралы ұсынылған есептің дұрыстығын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік және мемлекет кепілдік берген қарыздардың, сондай-ақ мемлекет кепілгерлігімен тартылатын қарыздардың қаражатын пайдалану, оның ішінде мемлекет кепілгерлігімен және кепілдігімен тартылатын квазимемлекеттік сектор субъектілерінің қарыз алу шарттарын сақтауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік және мемлекет кепілдік берген қарыздардың, сондай-ақ мемлекет кепілгерлігімен тартылатын қарыздардың қаражатының пайдаланылуына, оның ішінде мемлекет кепілгерлігімен және кепілдігімен тартылатын квазимемлекеттік сектор субъектілерінің қарыз алу шарттарын сақтауына сәйкестік аудитін жүргізу кезінде мемлекеттік аудитор мыналарды тексереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік және мемлекет кепілдік берген қарыздарды, мемлекет кепілгерлігімен берілетін қарыздарды, мемлекеттік кепілдіктерді, экспортты қолдау бойынша мемлекеттік кепілдіктер мен мемлекет кепілгерліктерін тіркеу және есепке алу қағидаларын бекіту туралы Қазақстан Республикасы Үкіметінің 2025 жылғы 3 шілдедегі № 506 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Қағидаларынның талаптарын сақталуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үкіметтік сыртқы қарыз, байланысты грант және тиісті қаржы жылына арналған республикалық бюджеттен қоса қаржыландыру есебінен іске асырылатын жобаның қаржылық сипаттамаларын талдауды, жобаны қаржыландыру схемаларын (нысан, қарыз алушылар, кредиторлар, шектеулер, шарттар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тиісті қаржы жылға арналған республикалық бюджет туралы Қазақстан Республикасының Заңына сәйкес республикалық бюджетте көзделген және оны орындау тәртібімен пайдаланылған сыртқы үкіметтік қарыздар бойынша алынған қаражатты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үкіметтік сыртқы қарыздар және республикалық бюджеттен қоса қаржыландыру қаражаты есебінен жобаны қаржыландырудың пайыздық арақатынасының сақталуын, сондай-ақ олардың уақтылы қаржыландырылуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз қаражаты есебінен жобада көзделмеген жұмыстарды қаржыландыру жағдайларының болуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жоба консультанттарының еңбегіне ақы төлеу тәртібін, олармен еңбек келісімшарттарының болуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      консультанттардың еңбегіне ақы төлеу қорының қарыз туралы келісімде және/немесе тиісті нормативтік құқықтық актілерде көзделген лимиттен асып кетуін, олардың жұмысын талдауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз қаражаты және республикалық бюджеттен қоса қаржыландыру есебінен сатып алынған жабдықтың нысаналы пайдаланылуын: бюджеттік бағдарламалар әкімшілерінің жабдықты өзге мақсаттарда пайдалану жағдайларының бар-жоғын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төлеуге берілетін шоттың және бірлесіп қаржыландыру қаражатын алуға өтінімнің болуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірлесіп қаржыландыру қаражатын алуға өтінімді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолданыстағы заңнамаға сәйкес тиісті органдарға қарыздар бойынша атқарушы агенттіктердің (бюджеттік бағдарламалар әкімшілерінің, сенім білдірілген өкілдердің (агенттердің), қарыз алушылардың) жобаларды іске асыруы туралы ақпарат пен есептіліктің уақтылы және толық бұсынылуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      капиталдардың ішкі нарығында мемлекеттік эмиссиялық бағалы қағаздарды шығару нысанында үкіметтік қарыз алуды тексереді. "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бағалы қағаздарды шығарудың, орналастырудың, айналысқа қосудың, өтеудің және оларға қызмет көрсетудің заңдылығын тексеру қажет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз берген кредиторды, қарыздың мөлшері мен талаптарын (пайыздық мөлшерлеме, қарыздың қолданылу мерзімдері, қарыз шартының талаптарынан туындайтын өзге де міндеттемелер), нысаналы пайдаланылуын, өтеу көздерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      келісімшарттарда көзделген жабдықтардың, тауар-материалдық құндылықтардың және көрсетілетін қызметтердің уақтылы және толық жеткізілуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз қаражаты есебінен келісімшарттардың талаптарында көзделмеген, қарыздың нысаналы мақсатына сай келмейтін мүлікті және көрсетілетін қызметтерді алу фактілерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      демеушілік және қаржылық көмек көрсетуге, өз мұқтаждарына қарыз қаражатын бөлу фактілерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз бойынша алынған мүлікті пайдаланудың негізділігі мен заңдылығын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бақылау объектісінің балансында қарыз бойынша алынған мүлік пен қызметтердің, сондай-ақ кредитор банк және/немесе республикалық бюджет алдындағы міндеттемелердің көрсетілуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      негізгі қорларды және қарыз қаражатына сатып алынған басқа да мүлікті пайдаланудың негізділігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бақылау объектісінің есебінде көрсетілген қарыздар бойынша борышты және негізгі борыштың қалдығын өтеу және қызмет көрсету бойынша нақты төлемдерді салыстырып тексеруді жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз бойынша бөлінген бюджет қаражатын қайтару бойынша бақылау объектілері қолданатын шараларды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекет кепілгерлігімен тартылатын қарыз қаражатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасына кодексіне сәйкес мемлекет кепілгерлігін беру шарттарының және мемлекет кепілгерлігін алуға үміткер тұлғаларға қойылатын талаптардың сақталуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекет кепілгерлігін орындау кезінде талаптардың сақталуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z127" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік-жекешелік әріптестікті іске асыру, мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелердің, мемлекеттік кепілдіктер мен мемлекет кепілгерліктерінің орындалуын қаржыландыру мақсаттары үшін объектілерді беру шарттары мен рәсімдерін сақтау, сондай-ақ оларды пайдалану.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік-жекешелік әріптестікті іске асыру, мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік міндеттемелердің, мемлекеттік кепілдіктер мен мемлекет кепілгерліктерінің орындалуын қаржыландыру мақсаттары үшін объектілерді беру шарттары мен рәсімдерінің сақталуына сәйкестік аудитін жүргізу кезінде мемлекеттік аудитор:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік-жекешелік әріптестіктің іске асырылуын, мемлекеттік-жекешелік әріптестік жобалары бойынша шығындарын қалай өтелгенін және қандай шарттарда жүргізілгенін, мемлекеттік-жекешелік әріптестік жобаларына қойылатын нормалар талаптарының сақталғанын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының халықаралық шарттарында көзделген жағдайларда мемлекеттік қарыздарды беру, пайдалану шарттары мен рәсімдерін сақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының халықаралық шарттарында көзделген жағдайларда мемлекеттік қарыздарды беру, пайдалану шарттары мен рәсімдерінің сақталуына сәйкестік аудитін жүргізу кезінде мемлекеттік аудитор:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарыз қаражатын тарту қажеттілігі туралы шешім қабылдау рәсімін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарызды тарту, пайдалану, өтеу және оған қызмет көрсету тәртібі мен шарттарының айқындалуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      келіссөздер, міндеттемелердің орындалуын қамтамасыз ету және кепілдендіру, қарыз бойынша тиісті құжаттарды ресімдеу және қол қою, қарыз шартын ратификациялау (мемлекеттік сыртқы қарыз алу кезінде), тараптардың міндеттемелерді орындауын есепке алу, бақылау және талдау рәсімдерін қоса алғанда, қарыз қаражатын алу, пайдалану рәсімдерін тексереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z129" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тәуекелдерді басқару жүйесі негізінде мемлекеттік сатып алу туралы заңнаманы сақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік сатып алу туралы заңнаманың сақталуына сәйкестік аудитін жүргізу кезінде мемлекеттік аудитор:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алдыңғы аудит анықтаған бұзушылықтардың жойылуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұйымдастырушылар мен тапсырыс берушілер енгізетін веб-порталдағы деректердің дұрыстығын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік сатып алудың жылдық жоспарларының болуы және уақтылы бекітілуі, жасалған өзгерістердің дұрыстығын, енгізілген өзгерістердің негізділігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мемлекеттік сатып алудың жылдық жоспарларын (бөлінетін сома, номенклатура мен көлемдер бойынша, жеткізу орны, жұмыстарды орындау, қызметтерді көрсету бойынша бөлу) Қазақстан Республикасы Бюджет кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>75-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарына сәйкес мемлекеттік сатып алудың жылдық жоспарында көзделген тауарлар, жұмыстар, көрсетілетін қызметтер көлемдерінің бюджеттік сұранымда белгіленген көлемдер мен көрсеткіштерге сәйкестігі және негізділігі тұрғысынан талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік сатып алудың жылдық жоспарларының мемлекеттік сатып алу веб-порталында уақтылы орналастырылуын және оларға енгізілген өзгерістерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сатып алу рәсімдерін өткізу мерзімдерінің мемлекеттік сатып алу жоспарында көрсетілген мерзімдерге сәйкестігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік сатып алу туралы" Қазақстан Республикасы Заңының (бұдан әрі – Мемлекеттік сатып алу туралы Заң) 16-бабы 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24)-тармақшаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуды қоспағанда, мемлекеттік сатып алудың бекітілген жылдық жоспарында (мемлекеттік сатып алудың нақтыланған жылдық жоспарында) көзделмеген тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу жағдайларының болуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік сатып алу туралы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-тармағында көзделмеген негіздер бойынша мемлекеттік сатып алуды жүзеге асырудан бас тарту жағдайларының болуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      өнім берушіні таңдауды және онымен мемлекеттік сатып алу туралы шарт жасасуды регламенттейтін Мемлекеттік сатып алу туралы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормасын қолданудың негізділігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік сатып алуды өткізу тәсілін таңдау заңдылығын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      конкурс тәсілімен (ашық конкурс, екі кезеңді рәсімдер пайдаланылатын конкурс, біліктілікті алдын ала іріктеумен жүргізілетін конкурс, негіздемелік келісімдер пайдаланылатын конкурс, рейтингтік-балдық жүйе пайдаланылатын конкурс);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір көзден алу тәсілімен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      баға ұсыныстарын сұрату тәсілімен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аукцион тәсілімен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тауар биржалары тәсілі арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электрондық дүкен арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілген тәсілдермен жүзеге асырылған мемлекеттік сатып алу саны мен көлемін (жеке-жеке);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік сатып алу саласындағы тізілімдерге енгізу үшін ақпаратты жіберу туралы талаптардың орындалуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әлеуетті өнім берушіні мемлекеттік сатып алудың жосықсыз қатысушысы деп тану туралы сотқа талап қою туралы талаптардың орындалуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      конкурс тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде мемлекеттік сатып алу туралы заңнаманың сақталуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде мемлекеттік сатып алу туралы заңнаманың сақталуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аукцион тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде мемлекеттік сатып алу туралы заңнаманың сақталуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір көзден алу тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде мемлекеттік сатып алу туралы заңнаманың сақталуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тауар биржалары арқылы мемлекеттік сатып алуды жүзеге асыру кезінде мемлекеттік сатып алу туралы заңнаманың сақталуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электрондық дүкен арқылы мемлекеттік сатып алуды жүзеге асыру кезінде мемлекеттік сатып алу туралы заңнаманың сақталуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік сатып алу үшін пайдаланылатын ақшаны оңтайлы және тиімді жұмсау қағидаттарының сақталуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік сатып алу туралы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес конкурс тәсілімен мемлекеттік сатып алуды жүзеге асырудың ерекше тәртібінің қолдануын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік сатып алуды жүзеге асыру кезінде Мемлекеттік сатып алу туралы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ұлттық режимді қолдану тәртібінің сақталуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік сатып алу туралы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әлеуетті өнім берушілердің жекелеген санаттарының мемлекеттік сатып алуға қатысу тәртібінің сақталуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік сатып алу туралы шартты жасалуы мен орындалуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік сатып алу туралы шартқа қосымша келісімнің жасалуын тексереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) тәуекелдерді басқару жүйесі негізінде бухгалтерлік есеп және қаржылық есептілік туралы заңнаманы сақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бухгалтерлік есеп пен қаржылық есептілік туралы заңнамаға сәйкестік аудитін жүргізу кезінде мемлекеттік аудитор:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бухгалтерлік есептің жай-күйін, бухгалтерлік құжат айналымын ұйымдастырудың және сәйкестік аудиті мәселелері бөлігінде бастапқы есепке алудың дұрыстығын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жасалған операцияларды есепке алуға қабылданған деректердің, тиісті операцияларды жасау бөлінісінде мемориалдық ордерлер-жинақтау ведомостерінің дұрыстығын тексереді. Айналым ведомостерінің талдамалық шоты бойынша айналымдар мен қалдықтарды "Бас Журнал" кітабындағы осы қосалқы шоттардағы қалдықтар бойынша айналымдар қорытындыларымен салыстырып тексеру. Осы бақылау "Мемлекеттік мекемелерде бухгалтерлік есепке алуды жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2025 жылғы 12 мамырдағы № 223 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген сәйкестік аудиті мәселелері бөлігінде жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік мекемелердің, бюджеттік бағдарламалар әкімшілерінің, бюджетті атқару жөніндегі уәкілетті органдардың және аудандық маңызы бар қалалар, ауылдар, кенттер, ауылдық округтер әкімдері аппараттарының жүргізілетін сәйкестік аудиті мәселелері бөлігінде бюджеттік есептілікті жасау және ұсыну қағидаларына сәйкес бюджеттік есептілікті толық, дұрыс, негізді және уақтылы жасауын және ұсынуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік мекемелердің жылдық есебі деректерінің Сәйкестік аудиті бағдарламасының мақсаты мен мәселелеріне қатысты тиісті құжаттармен расталған бухгалтерлік жазбалардың деректеріне сәйкестігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүргізілген түгендеу нәтижелерімен есепті жылдың соңына баланс баптарының деректерінің расталуын және Сәйкестік аудиті бағдарламасында осы мәселе болған кезде жылдық есеп ұсынылғанға дейін анықталған алшақтықтардың реттелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      олардың пайда болу себептерін көрсете отырып, дебиторлық және кредиторлық берешектер туралы есептердің дұрыстығын, оның ішінде: мемлекеттік мекемені қаржыландырудың бекітілген жеке жоспарынан тыс сатып алынған тауарлар (жұмыстар, қызметтер) үшін кредиторлық берешектің пайда болу себептерін, сәйкестік аудиті мәселелері бойынша тексеру кезінде дебиторлық және кредиторлық берешекті жасыру фактілерінің бар-жоғын тексереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) тәуекелдерді басқару жүйесі негізінде Қазақстан Республикасының мемлекеттік мүлік туралы заңнамасын сақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл бағыттың өлшемшарттары: сенімділік, негізділік, адалдық болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының мемлекеттік мүлік туралы заңнамасының сақталуына сәйкестік аудитін жүргізу кезінде мемлекеттік аудитор:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      қамтамасыз етудің заттай нормаларының сақталуын "Мемлекеттік органдарды қызметтік және кезекші автомобильдермен, телефон байланысымен, кеңсе жиһазымен және техникасымен, мемлекеттік органдардың аппаратын орналастыру үшін алаңдармен, кеңсе керек-жарақтары мен басқа да шығыс материалдарымен қамтамасыз етудің заттай нормаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2025 жылғы 28 сәуірдегі № 201 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жол парақтарына сәйкес автомобильдер мен басқа да көлік құралдарының маркалары бойынша жүрудің 100 км белгіленген нормаларға сәйкес бензинді, дизель отынын және сұйытылған газды есептен шығару тәртібінің сақталуын тексереді. Бұл ретте автомобильдерге жанар-жағармай материалдарын есептен шығару көлік құралдарын дайындаушы зауыттар белгілеген қабылданған нормалар бойынша көктемгі-жазғы және күзгі-қысқы кезеңдерде жүргізілетінін ескеру қажет. Қазақстан Республикасының мемлекеттік органдары үшін 100 км жүріске арналған жанар-жағармай материалдары шығыстарының және автокөлікті ұстауға арналған шығыстардың нормаларының (бұдан әрі – нормалар) дұрыстығын тексеру кезінде Қазақстан Республикасының мемлекеттік органдарына арналған жанар-жағармай материалдары шығыстарының және автокөлікті күтіп ұстауға арналған шығыстардың нормаларын бекіту туралы Қазақстан Республикасы Үкіметінің 2009 жылғы 11 тамыздағы № 1210 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшылыққа алынсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      белгіленген жүріс нормаларына сәйкес автомобиль шиналарын есептен шығару дұрыстығы және пайдалану мерзімі өтпеген автомобиль шиналарын жүріс нормаларына қарсы есептен шығару негізділігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ақаулы актілерге сәйкес қосалқы бөлшектерді есептен шығарудың дұрыстығы. Бұл ретте мемлекеттік аудитор есептен шығарылған қосалқы бөлшектердің сәйкестігін және оларды қосалқы бөлшектермен есептен шығаруға арналған ақаулы актілерде бекітілген сәйкес қоймаға кіріске алуды салыстырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметтік жеңіл автокөлік ретінде арнайы автомобильдерді пайдалану фактілерінің болуы. Арнайы автомобильдерді арнайы жабдықпен жарақтандыру. Қызметтік және арнайы автомобильдерді автомобиль теңгерімін ұстаушылардың жоғары тұрған басқару органдары пайдаланатынын тексереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аумақтық мемлекеттік мүлік және жекешелендіру комитетінің ғимараттарды, көлік құралдарын есептен шығаруға рұқсатының болуы. Ғимараттарды, көлік құралдарын қоғамдық және бөгде ұйымдарға өтеусіз беру жағдайларының болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тиісті өткізу рәсімдерін (уәкілетті органның рұқсаты, нарықтық құнын анықтау бойынша сараптама) жүргізбестен, жеке тұлғаларға көлік құралдарын қалдық теңгерімдік құны бойынша өткізу жағдайларының болуын тексереді. Тексерілетін мемлекеттік мекеме аумақтық мемлекеттік мүлікті және жекешелендіруді емес, оның теңгерімінде тұрған көлік құралдарын сату жағдайларының болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көлік құралдарын жалға алуға көзделген бюджет қаражатын пайдаланудың негізділігі мен заңдылығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметтік телефондарды пайдалану: қызметкерлердің халықаралық және қалааралық сөйлесулері жеке мақсатта жүргізілмеді ме, осы келіссөздер үшін ақы төленді ме, қызметтік телефондарды пайдалану бойынша лимиттер бар ма (қалааралық келіссөздер, ұялы байланысқа шығу туралы келіссөздер ескерілген бе);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік коммуналдық меншік объектілерін мүліктік жалдауға (жалға алуға) беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      материалдық құндылықтарды есепке алу, сақтау және есептен шығару, материалдық жауапты тұлғалардың жұмысын бақылауды ұйымдастыру бойынша негізгі ережелерді сақтау, материалдық құндылықтардың нақты болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) тәуекелдерді басқару жүйесі негізінде "Аудиторлық қызмет туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Аудиторлық қызмет туралы заң) сақтау. Осы бағыт бойынша сәйкестік аудитін ведомство және оның аумақтық бөлімшелері жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық қызмет туралы заңның сақталуына сәйкестік аудитін жүргізу кезінде мемлекеттік аудитор аудиторлардың, аудиторлық ұйымдардың, кәсіби аудиторлық ұйымдардың және аудиторлық қызмет жөніндегі кәсіби кеңестің Қазақстан Республикасында аудиторлық қызметті жүзеге асыру процесінде аудиторлық қызмет туралы заңның сақталуын тексереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) ішкі аудит қызметі құрылған мемлекеттік органның салалық заңнаманы сақтауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік аудит объектісі қызметінің қолданыстағы заңнамаға сәйкестігіне аудит жүргізу кезінде ішкі аудит қызметінің мемлекеттік аудиторы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жарғыда көзделген мақсаттардың, функциялар мен міндеттердің іске асырылуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік аудит объектілерінің ішкі құқықтық актілерінің Қазақстан Республикасының заңнамасына, жоғары тұрған органның (мемлекеттік басқару органының) құқықтық құжаттарына сәйкестігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік аудит объектісінің ішкі құқықтық құжаттарды сақтауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жалақыны және басқа да ынталандырушы төлемдерді есептеу мен аударудың қолданыстағы заңнамаға, оның ішінде ішкі құқықтық құжаттарға және Бюджетті атқару және оған кассалық қызмет көрсету қағидаларына "Ақша алушылардың тиісті шоттарына жүргізілген төлемдер бойынша үзінді көшірме" 5-15а нысанына сәйкестігін тексереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) ведомстволық бағынысты ұйымдардың, оның ішінде квазимемлекеттік сектор субъектілерінің тауарлық материалдық қорларының (бұдан әрі – ТМҚ) және активтерінің сақталуын тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ведомстволық бағынысты ұйымдардың, оның ішінде квазимемлекеттік сектор субъектілерінің ТМҚ және өзге де активтерінің сәйкестігіне аудит жүргізу кезінде аудитор:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведомстволық бағынысты ұйымдардағы ТМҚ және активтерді (негізгі құралдар, меншікті ақша қаражаты, жалға алынатын негізгі құралдар) есепке алуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведомстволық бағынысты ұйымдарда ТМҚ мен активтерді пайдалану тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ақылы қызметтер көрсету рәсімдерін сақтауды тексереді.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4210,4013 +8275,222 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мемлекеттік аудитінің және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қаржылық бақылаудың рәсімдік</w:t>
+              <w:t>қаржылық бақылаудың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>стандартына</w:t>
+              <w:t>рәсімдік стандартына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>2 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z108" w:id="106"/>
+    <w:bookmarkStart w:name="z135" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сәйкестік аудит бағыттары бойынша сәйкестік аудитін жүргізуге қойылатын талаптар</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="106"/>
+        <w:t xml:space="preserve"> Бақылау құралдарының тәуекелін бағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Талаптарға өзгеріс енгізілді – ҚР Қаржы министрінің 27.03.2024 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қаржы министрінің 05.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 166</w:t>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...3786 lines deleted...]
-        <w:t xml:space="preserve"> Бақылау құралдарының тәуекелін бағалау</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудит объектісі _______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...54 lines deleted...]
-      Мемлекеттік аудит тобының жетекшісі ____________________________</w:t>
+        <w:t>Аудит кезеңі __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аудит жүргізу мерзімдері _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік аудитор ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік аудит тобының жетекшісі ____________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -8233,213 +8507,245 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-р\с</w:t>
+</w:t>
             </w:r>
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р\с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сұрақтар**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сұрақтар**</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауап (иә/жоқ / жауап жоқ*)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жауап (иә/жоқ / жауап жоқ*)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе</w:t>
+</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Нормативтік құқықтық актіге сілтеме</w:t>
+              <w:t>Нормативтік құқықтық актіге сілтеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8830,51 +9136,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Қойма үй-жайлары бөгде адамдардың қол жеткізуінен қорғалған ба</w:t>
+Қойма үй-жайлары бөгде адамдардың қол жеткізуінен қорғалған ба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10560,51 +10866,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Ішкі аудит қызметімен тексерулер жүргізу реттеле ме</w:t>
+Ішкі аудит қызметімен тексерулер жүргізу реттеле ме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11289,128 +11595,3493 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       **Сұрақтар мемлекеттік аудит объектісі қызметінің ерекшелігіне байланысты жасалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Мемлекеттік аудитор: __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолы (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік аудит тобының жетекшісі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолы (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20 ___ жылғы "__" _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Сәйкестік аудиті"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ішкі мемлекеттік аудитінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және қаржылық бақылаудың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рәсімдік стандартына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 - қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z136" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ажырамайтын тәуекелді бағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттік аудитор:   ___________ _________________________________ </w:t>
-[...75 lines deleted...]
-        <w:t>20 ___ жылғы "__" _______________</w:t>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Қаржы министрінің 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудит объектісі _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аудит кезеңі __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аудит жүргізу мерзімдері _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік аудитор ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік аудит тобының жетекшісі ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р\с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сұрақтар**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауап (иә/жоқ / жауап жоқ*)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нормативтік құқықтық актіге сілтеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бухгалтерлік есеп компьютерлік жүйенің көмегімен жүзеге асырыла ма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алдыңғы аудит нәтижелері бойынша бұзушылықтарды жою жөніндегі ұсынымдар орындала ма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыскерлердің жоғары жүктемесі жоқ па</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алдағы аудиттелген кезеңдерде жосықсыз іс-әрекеттер бар ма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алдағы аудитте елеулі қателер табылды ма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кадр саясаты тиімді жұмыс істей ме: біліктілікті арттырудың мерзімді жүйесін ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бухгалтерлік есепті жүргізудің дұрыстығы мәнін басшылықтың түсінуі бар ма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бухгалтерлік есепті жүргізу саласындағы нормативтік құқықтық актілерге өзгерістермен есеп қызметкерлері уақтылы таныстырылады ма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басшылыққа немесе есеп қызметкерлеріне сыртқы қысым жоқ па</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күрделі шаруашылық операцияларын дұрыс ресімдеу үшін орындаушылардың жоғары біліктілігі талап етіле ме және ол қолдау таба ма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шоттарда еңбекақы төлеу жөнінде есеп айырысуды есепке алуда қасақана емес бұзушылықтар болған жоқ па</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Иә" -</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Жоқ" -</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Жауап жоқ" -</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ажырамайтын тәуекел деңгейін анықтау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төмен - 0% - 29%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орташа – 30% - 69%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жоғары – 70% - 100%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Мәселелер тізбесі түпкілікті болып табылмайды және аудит объектісі қызметінің ерекшеліктеріне сүйене отырып, мемлекеттік аудитормен толықтырылады. Әрбір тест сұрағына тиісті жауап қойылады. Ескертпеде әрбір жауап бойынша түсініктеме жазылады (қажет болса) және жауапты растайтын құжаттардың көшірмелері қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ажырамайтын тәуекелді бағалау ұсынылған сұрақтар тізбесінен шартты теріс жауаптардың пайыздық үлесін айқындау жолымен жүргізіледі. "Жауап жоқ" нұсқасы болған кезде осы сұрақ тәуекелді бағалау сұрақтарының жиынтығына енгізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұрақтарға оң жауаптар ажырамайтын тәуекелді бағалаудың төмендеуін көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер бухгалтерлік есепті ұйымдастыру және ішкі бақылау жүйесі тиімсіз болып табылса, ажырамайтын тәуекелді бағалау жоғары деп бағаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *Егер осы мәселеге байланысты операциялар аудит объектісінің есебінде орын алмаған жағдайда "Жауап жоқ" деген жауап таңдалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      **Сұрақтар мемлекеттік аудит объектісі қызметінің ерекшелігіне байланысты жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік аудитор: ___________ _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   қолы (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік аудит тобының жетекшісі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________ ____________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолы (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20 ___ жылғы "___" _______________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11472,3894 +15143,273 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мемлекеттік аудитінің және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қаржылық бақылаудың рәсімдік</w:t>
+              <w:t>қаржылық бақылаудың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>стандартына</w:t>
+              <w:t>рәсімдік стандартына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
-[...64 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>4 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z137" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ажырамайтын тәуекелді бағалау</w:t>
-[...3300 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Аудиторлық іріктеп тексеру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттік аудитор: ___________ _______________________________  </w:t>
-[...427 lines deleted...]
-      Мемлекеттік аудит тобының жетекшісі ________________________________</w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Қаржы министрінің 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудит объектісі __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аудит кезеңі ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аудит жүргізу мерзімдері _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мәнділік деңгейі ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қолданылатын іріктеп тексеру әдісі (кездейсоқ немесе жүйелі іріктеу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік аудитор ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік аудит тобының жетекшісі </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -15373,87 +15423,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсеткіштер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсеткіштер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсеткіштердің жиынтық (сандық) көрінісі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсеткіштердің жиынтық (сандық) көрінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15745,52 +15815,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Жеке тексеруге жататын ерекше элементтердің жиынтық көрінісі </w:t>
+              <w:t>
+Жеке тексеруге жататын ерекше элементтердің жиынтық көрінісі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1. Ең жоғары құн элементтері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
@@ -15836,52 +15906,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Жеке тексеруге жататын ерекше элементтердің жиынтық көрінісі </w:t>
+              <w:t>
+Жеке тексеруге жататын ерекше элементтердің жиынтық көрінісі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2. Тәуекел элементтері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
@@ -15928,51 +15998,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мынадай формула бойынша есептелген іріктеп тексеру көлемі (іріктеп тексеруге түскен элементтер саны)*</w:t>
+Мынадай формула бойынша есептелген іріктеп тексеру көлемі (іріктеп тексеруге түскен элементтер саны) *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16001,51 +16071,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Іріктеп тексеру көлемінің жиынтық көрінісі</w:t>
+Іріктеп тексеру көлемінің жиынтық көрінісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16097,129 +16167,142 @@
       *ІК = ЕЖЭ + ТЭ, мұнда ІК-іріктеп тексеру көлемі, ЕЖЭ – ең жоғары құн элементтері, ТЭ - тәуекел элементтері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыс құжатына іріктеп тексеру көлемін айқындау кезінде жүргізілген барлық құжаттар мен есептер қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...68 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік аудитор:_____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   қолы (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік аудит тобының жетекшісі:______________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       қолы (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20 ___ жылғы "__" _______________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -16227,55 +16310,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>