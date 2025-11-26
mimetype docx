--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="93930af" w14:textId="93930af">
+    <w:p w14:paraId="f3b7cca" w14:textId="f3b7cca">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1013,51 +1013,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) күзетілетін объектілер – күзетілетін адамдардың болуына арналған ғимараттар, құрылыстар мен құрылысжайлар, Қазақстан Республикасының Мемлекеттік күзет қызметі күзететін өзге де ғимараттар, құрылыстар мен құрылысжайлар, сондай-ақ оларға іргелес жатқан аумақ пен акватория;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z132" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1) мемлекеттік резерв жүйесінің ведомстволық бағынысты ұйымы – мемлекеттік резервтің материалдық құндылықтарын қалыптастыру мен сақтауды жүзеге асыратын заңды тұлға;</w:t>
+      5-1) мемлекеттік резерв жүйесінің ведомстволық бағынысты ұйымы-мемлекеттік резервтің материалдық құндылықтарын шарттық негізде қалыптастыруды және сақтауды жүзеге асыратын заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z21" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) күзет сигнализациясы жүйесі – күзетілетін аймаққа (учаскеге) рұқсатсыз енуді, күзетілетін аймақ (учаске) тұтастығының бұзылуын анықтауға, күзетілетін аймақ (учаске) тұтастығының бұзылуы туралы ақпаратты берілген түрде жинауға, өңдеуге, беруге және ұсынуға арналған, бірлесіп жұмыс істейтін техникалық құралдардың жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z22" w:id="22"/>
     <w:p>
@@ -1336,51 +1336,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізілсін); 08.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 181</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізілсін) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізілсін); 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 451</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1903,74 +1923,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) қызметтік және өзге де қажеттілік бойынша қорғау объектісіне келген келушілермен келіссөздер жүргізуге арналған арнайы орын жабдықталуы, сондай-ақ қызметкерлер мен келушілердің өз жеке заттарын (ұялы телефондар, бейне, кино және фотоаппаратуралар, ноутбуктер, ақпаратты жылжымалы электрондық тасығыштар, радиотехникалық және өзге де құрылғылар) сақтауға арналған ұяшықтары бар шкафтар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z47" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9) ішкі тәртіп, "Азаматтық қорғау туралы" Қазақстан Республикасы Заңының 12-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 70-41) тармақшасына сәйкес бектілетін Өрт қауіпсіздігі қағидаларының сақталуын бақылау.</w:t>
+      9) Қазақстан Республикасы Төтенше жағдайлар министрінің 2022 жылғы 21 ақпандағы № 55 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген ішкі тәртіптің, өрт қауіпсіздігі қағидаларының сақталуын бақылау (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 26867 болып тіркелген).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармаққа өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 451</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z48" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Объектілерде өткізу режимін қамтамасыз ету мәселелері бойынша МКҚ бөлімшелерімен өзара іс-қимылды оның басшылығы жүзеге асырады, ал объектілердің орталық аппаратының қатысуын талап ететін мәселелерді үйлестіру Жедел басқару орталығына жүктеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z49" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2181,92 +2263,154 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Профилактикалық іс-шараларды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z60" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) Қазақстан Республикасы Ұлттық қауіпсіздік комитетінің аумақтық органдары, Ішкі істер министрлігінің, Төтенше жағдайлар министрлігінің аумақтық бөлімшелері, жергілікті атқарушы органдар облыстың, республикалық маңызы бар қаланың, астананың терроризмге қарсы комиссиясы үйлестіруімен тұрақты негізде ұйымдастырады. Бұл ретте, терроризмге қарсы комиссия террористік тұрғыдан осал объектілердің басшылары мен өзге де лауазымды адамдарының террористік сипаттағы өзекті қатерлер туралы хабардар болуын арттыру және терроризм актісін жасауға кедергі келтіретін (объектіге қатысты терроризм актісін жасау қаупін азайту) жағдайлар жасау жөніндегі, сондай-ақ ықтимал террористік қатерлерден болатын салдарды барынша азайтуға және (немесе) жоюға ықпал ететін сабақтар өткізу арқылы олардың қорғалуын қамтамасыз етуге бағытталған профилактикалық іс-шараларды үйлестіреді; </w:t>
+      1) Қазақстан Республикасы Ұлттық қауіпсіздік комитетінің аумақтық органдары, Ішкі істер министрлігінің, Төтенше жағдайлар министрлігінің аумақтық органдары, жергілікті атқарушы органдар облыстың, республикалық маңызы бар қаланың, астананың терроризмге қарсы комиссиясы үйлестіруімен тұрақты негізде ұйымдастырады. Бұл ретте, терроризмге қарсы комиссия террористік тұрғыдан осал объектілердің басшылары мен өзге де лауазымды адамдарының террористік сипаттағы өзекті қатерлер туралы хабардар болуын арттыру және терроризм актісін жасауға кедергі келтіретін (объектіге қатысты терроризм актісін жасау қаупін азайту) жағдайлар жасау жөніндегі, сондай-ақ ықтимал террористік қатерлерден болатын салдарды барынша азайтуға және (немесе) жоюға ықпал ететін сабақтар өткізу арқылы олардың қорғалуын қамтамасыз етуге бағытталған профилактикалық іс-шараларды үйлестіреді; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z61" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) республикалық, облыстық, республикалық маңызы бар қаланың, астананың, ауданның (облыстық маңызы бар қаланың) және терроризмге қарсы күрес жөніндегі теңіз жедел штабы басшылығының шешімі бойынша террористік тұрғыдан осал объектілердің директорларымен және персоналымен, объектілерді күзетуді жүзеге асыратын МКҚ бөлімшелерінің полиция нарядтарымен эксперименттер жүргізу арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Эксперименттер объектіні қорғау бөлімшелерінің террористік сипаттағы қауіп төнген жағдайда бірінші кезектегі іс-қимылдарға дайындығын бағалауға бағытталған.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармаққа өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 451</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z62" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Оқу-жаттығу іс-шараларын объектілердің басшылары немесе оларды ауыстыратын адамдар объектілер персоналымен, ал МКҚ бөлімшелерінің басшылары объектіні күзетуге тартылатын полиция нарядтарымен ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z63" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3413,62 +3557,106 @@
     <w:bookmarkEnd w:id="98"/>
     <w:bookmarkStart w:name="z99" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Аумақтық тізбеге енгізілген объект паспортының жобасы жасалғаннан кейін күнтізбелік он күн ішінде ішкі істер органдары бөлімшесінің басшысына келісуге алдын ала жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Паспорт жобасы келіп түскен күннен бастап он бес жұмыс күнінен аспайтын мерзімде келісіледі.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 38-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 451</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z100" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Паспорт жобасына ескертулер болған жағдайда, ол қайтаруға себеп болған себептер көрсетіле отырып, объектіге қайтарылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -3519,54 +3707,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Келісілгеннен кейін он жұмыс күні ішінде паспортты объект басшысы немесе оны ауыстыратын адам бекітеді (оның ішінде оны жаңарту кезінде).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:bookmarkStart w:name="z102" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      41. Паспорттың бірінші данасы (түпнұсқасы) объектінің жауапты адамында қолжетімділігі шектеулі ақпаратпен жұмысты ұйымдастыруға қойылатын талаптарға сәйкес сақталады, ал екінші және үшінші даналары бекітілген немесе түзетілген күннен бастап күнтізбелік он күннен кешіктірілмейтін мерзімде Ішкі істер органдарының аумақтық бөлімшесіне жіберіледі.</w:t>
+      41. Паспорттың бірінші данасы (түпнұсқасы) объектінің жауапты адамында қолжетімділігі шектеулі ақпаратпен жұмысты ұйымдастыруға қойылатын талаптарға сәйкес сақталады, ал екінші және үшінші даналары бекітілген немесе түзетілген күннен бастап күнтізбелік он күннен кешіктірілмейтін мерзімде Ішкі істер органдарының аумақтық органдарға жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 41-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 451</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z103" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Паспорт:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkStart w:name="z104" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3835,74 +4085,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт объектіде қалады, актінің көшірмесі паспорттың екінші данасын сақтау орнына жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z116" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      46. Паспорттың мәліметтері шектеулі сипатта болады, олармен жұмыс істеу тәртібі Қазақстан Республикасы Үкіметінің 2015 жылғы 31 желтоқсандағы № 1196 </w:t>
+      46. Паспорттың мәліметтері шектеулі сипатта болады, олармен жұмыс істеу тәртібі Қазақстан Республикасы Үкіметінің 2022 жылғы 24 маусымдағы № 429 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бекітіліген Мәліметтерді таратылуы шектелген қызметтік ақпаратқа жатқызу және онымен жұмыс істеу қағидаларында айқындалған.</w:t>
+        <w:t xml:space="preserve"> бекітілген мәліметтерді таратылуы шектелген қызметтік ақпаратқа жатқызу және онымен жұмыс істеу қағидаларында айқындалған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 46-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 451</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z117" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Паспорт терроризмге қарсы операция, оқу-жаттығулар, жаттығулар мен эксперименттер жүргізілген жағдайда, сондай-ақ уәкілетті мемлекеттік органдар объектілердің терроризмге қарсы қорғалу жай-күйіне тексеру жүргізген кезде пайдаланылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3970,117 +4282,117 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Терроризм актісін жасаудың ықтимал салдарын ескере отырып мемлекеттік материалдық резерв объектілері мынадай топтарға бөлінеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бірінші топқа мемлекеттік материалдық резерв саласындағы уәкілетті орган және мемлекеттік резерв жүйесінің ведомстволық бағынысты ұйымы жатады;</w:t>
-[...17 lines deleted...]
-      2) екінші топқа мемлекеттік резерв жүйесінің ведомстволық бағынысты ұйымының филиалдары жатады.</w:t>
+      1) бірінші топқа мемлекеттік материалдық резерв саласындағы уәкілетті орган және мемлекеттік материалдық резерв жүйесінің ведомстволық бағынысты ұйымы жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) екінші топқа мемлекеттік материалдық резерв жүйесінің ведомстволық бағынысты ұйымының филиалдары жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 49-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 08.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 181</w:t>
+        <w:t xml:space="preserve">      Ескерту. 49-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 15.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізілсін) бұйрығымен.</w:t>
+        <w:t>№ 451</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z121" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17777,31 +18089,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>