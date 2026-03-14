--- v0 (2025-10-03)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f028fd3" w14:textId="f028fd3">
+    <w:p w14:paraId="fcb7b60" w14:textId="fcb7b60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,423 +100,418 @@
         </w:rPr>
         <w:t>Бағалаушылар палаталарына қатысты бағалау қызметі саласындағы тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парақтарын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қаржы министрінің 2022 жылғы 19 қаңтардағы № 54 және Қазақстан Республикасы Ұлттық экономика министрінің 2022 жылғы 19 қаңтардағы № 5 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 20 қаңтарда № 26590 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z0" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасы Кәсіпкерлік кодексінің 141-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-тармақтарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және 143-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫЗ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 608</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің 06.06.2023 № 100 (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...70 lines deleted...]
-        <w:t>БҰЙЫРАМЫЗ:</w:t>
+        <w:t>
+      1. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...61 lines deleted...]
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Мыналар:</w:t>
+        <w:t xml:space="preserve">
+      1) осы бірлескен бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бағалаушылар палаталарына қатысты бағалау қызметі саласындағы тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы бірлескен бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес бағалаушылар палаталарына қатысты бағалау қызметі саласындағы тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
+      2) осы бірлескен бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бағалаушылар палаталарына қатысты бағалау қызметі саласындағы тексеру парағы бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес бағалаушылар палаталарына қатысты бағалау қызметі саласындағы тексеру парағы бекітілсін.</w:t>
+        <w:t>
+      2. Қазақстан Республикасы Қаржы министрлігінің Ішкі мемлекеттік аудит комитеті Қазақстан Республикасы заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z5" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Қаржы министрлігінің Ішкі мемлекеттік аудит комитеті Қазақстан Республикасы заңнамасында белгіленген тәртіппен:</w:t>
+      1) осы бірлескен бұйрықтың Қазақстан Республикасы Әдiлет министрлiгiнде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z6" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бірлескен бұйрықтың Қазақстан Республикасы Әдiлет министрлiгiнде мемлекеттік тіркелуін;</w:t>
+      2) осы бірлескен бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бірлескен бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
+      3) осы бірлескен бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтердің ұсынылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) осы бірлескен бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтердің ұсынылуын қамтамасыз етсін.</w:t>
+      3. Осы бірлескен бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Қаржы вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z9" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы бірлескен бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Қаржы вице-министріне жүктелсін.</w:t>
+      4. Осы бірлескен бұйрық оның алғашқы ресми жарияланған күнінен бастап он күнтізбелік күн аяқталғаннан кейін қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -842,66 +837,1909 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>есепке алу комитеті</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық экономика министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2022 жылғы 19 қаңтардағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 5 және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қаржы министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2022 жылғы 19 қаңтардағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 54 бірлескен бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бағалаушылар палаталарына қатысты бағалау қызметі саласындағы тәуекел дәрежесін бағалау өлшемшарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 608</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің 06.06.2023 № 100 (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Бағалаушылар палаталарына қатысты бағалау қызметі саласындағы тәуекел дәрежесін бағалау өлшемшарттар (бұдан әрі – Өлшемшарттар) бағалау қызметін жүзеге асыратын бақылау субъектілерін тәуекел дәрежесіне жатқызу үшін Қазақстан Республикасы Кәсіпкерлік кодексінің (бұдан әрі – Кодекс) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>141-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>143-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Реттеуші мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесін қалыптастыру қағидаларын бекіту және "Мемлекеттік органдардың тәуекелдерді бағалау жүйесін қалыптастыру қағидаларын және тексеру парақтарының нысанын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2018 жылғы 31 шілдедегі № 3 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2022 жылғы 22 маусымдағы № 48 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28577 болып тіркелген) және "Тексеру парағының нысанын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2018 жылғы 31 шілдедегі № 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17371 болып тіркелген) сәйкес әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Өлшемшарттарда мынадай ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) балл – тәуекелді есептеудің сандық өлшемі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бақылау субъектісі – мүшелерінің бағалау қызметінің сапасын бақылауды жүзеге асыру, бағалаушылардың құқықтары мен заңды мүдделерін қорғау мақсатында құрылған кәсіби қызмет саласындағы өзін-өзі реттейтін ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) деректерді қалыпқа келтіру – әртүрлі шәкілдерде өлшенген мәндерді шартты түрде жалпы шәкілге келтіруді көздейтін статистикалық рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) елеулі бұзушылық – Қазақстан Республикасындағы бағалау қызметі туралы заңнамасының талаптарын бұзу, жеке және заңды тұлғалардың құқықтарын, бостандықтары мен заңды мүдделерін елеулі бұзушылықтарға әкеп соқтырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) елеусіз бұзушылық – Қазақстан Республикасының бағалау қызметі туралы заңнамасының талаптарын бұзу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) өрескел бұзушылық – "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген әкімшілік жауаптылыққа әкеп соғатын Қазақстан Республикасының бағалау қызметі туралы заңнамасының талаптарын бұзу, сондай-ақ міндетті мүшелікке негізделген өзін-өзі реттейтін ұйымды құру шарттарын бұзу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тәуекел – бақылау субъектісінің қызметі нәтижесінде жеке және заңды тұлғалардың заңды мүдделеріне, мемлекеттің мүліктік мүдделеріне салдарларының ауырлық дәрежесін ескере отырып зиян келтіру ықтималдығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тәуекелдерді бағалау және басқару жүйесі – тиісті қызмет салаларында тәуекелдің жол берілетін деңгейін қамтамасыз ете отырып, кәсіпкерлік еркіндігін шектеудің ең төменгі ықтимал дәрежесі мақсатында бақылау субъектісіне бару арқылы профилактикалық бақылауды кейіннен жүзеге асыру үшін бақылау субъектілерін тәуекел дәрежелері бойынша бөлу арқылы қолайсыз факторлардың туындау ықтималдығын азайтуға бағытталған, сондай-ақ нақты бақылау субъектісі үшін тәуекел деңгейін өзгертуге бағытталған басқарушылық шешімдерді қабылдау және (немесе) осындай бақылау субъектісін бақылау субъектісіне бару арқылы профилактикалық бақылаудан босату процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) тәуекел дәрежесін бағалаудың объективті өлшемшарттары (бұдан әрі – объективті өлшемшарттар) – бағалау саласында тәуекел дәрежесіне байланысты және жеке бақылау субъектісіне тікелей байланыссыз бақылау субъектілерін іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) тәуекел дәрежесін бағалаудың субъективті өлшемшарттары (бұдан әрі – субъективті өлшемшарттар) – нақты бақылау субъектісінің қызметі нәтижелеріне байланысты бақылау субъектілерін іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) тәуекел дәрежесін бағалау өлшемшарттары – бақылау субъектісінің тікелей қызметімен, салалық даму ерекшеліктерімен және осы дамуға әсер ететін факторлармен байланысты, бақылау субъектілерін тәуекелдің әртүрлі дәрежелеріне жатқызуға мүмкіндік беретін сандық және сапалық көрсеткіштердің жиынтығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 29.12.2025 № 136 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Объективті өлшемшарттар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Объективті өлшемшарттар бойынша тәуекелдің жоғары дәрежесіндегі бақылау субъектілеріне бағалау қызметі саласындағы өзін-өзі реттейтін ұйымдар жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Объективті өлшемшарттар бойынша жоғары тәуекел дәрежесіне жатқызылған бақылау субъектілерінің қызмет салалары үшін бақылау субъектісіне бару арқылы профилактикалық бақылау және жоспардан тыс тексеру жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Субъективті өлшемшарттар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Субъективті өлшемшарттарды айқындау мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) деректер базасын қалыптастыру және ақпарат жинау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ақпаратты талдау және тәуекелдерді бағалау кезеңдерін қолдана отырып жүзеге асырылады..</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Деректер базасын қалыптастыру және ақпарат жинау Заңды, Заңды іске асыру мақсатында қабылданған бағалау қызметі саласындағы Қазақстан Республикасының нормативтік құқықтық актілерін бұзатын бақылау субъектілерін анықтау үшін қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алынған деректердің дұрыстығын тексеру үшін ақпаратты жинау және өңдеу процестері толық автоматтандырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 29.12.2025 № 136 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қолда бар ақпарат көздері негізінде реттеуші мемлекеттік орган бағалауға жататын субъективті өлшемшарттарды қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ықтимал тәуекел мен проблеманың маңыздылығына, бұзушылықтың біржолғы немесе жүйелі сипатына, әрбір ақпарат көзі бойынша бұрын қабылданған шешімдерді талдауға байланысты реттеуші мемлекеттік органның тәуекел дәрежесін бағалау өлшемшарттарына сәйкес бұзушылық дәрежесіне – өрескел, елеулі және елеусіз дәрежелерге сәйкес келетін субъективті өлшемшарттар айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бақылау субъектілері қызметінің тәуекел дәрежесін бағалауға қойылатын талаптарды бұзушылық дәрежесі осы Өлшемшарттарға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес субъективті өлшемшарттар бойынша өрескел, елеулі, елеусіз бұзушылықтардың белгіленген анықтамаларына сәйкес беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Талдау және бағалау кезінде: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрын есепке алынған және нақты бақылау субъектісіне қатысты пайдаланылған субъективті өлшемшарттардың деректері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасына сәйкес талап қою мерзімі өткен деректер қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жүргізілген алдыңғы бару арқылы профилактикалық бақылаудың қорытындылары бойынша берілген бұзушылықтарды толық көлемде жойған бақылау субъектілеріне қатысты кезекті мемлекеттік бақылау кезеңіне тізімдерді қалыптастыру кезінде оларды енгізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау қызметі саласындағы уәкілетті орган субъективті өлшемшарттар бойынша бақылау субъектілерін мынадай тәуекел дәрежелерінің біріне жатқызады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жоғары тәуекел;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орташа тәуекел;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) төмен тәуекел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіштері 71-ден 100-ге дейін қоса болса, бақылау субъектісі (объектісі) тәуекелдің жоғары дәрежесіне жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармаққа өзгеріс енгізілді - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 29.12.2025 № 136 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Қолданылатын ақпарат көздерінің басымдығын негізге ала отырып, реттеуші мемлекеттік органның тәуекел дәрежесін бағалау өлшемшарттарына сәйкес Өлшемшарттардың 5-тарауына сәйкес субъективті өлшемшарттар бойынша тәуекел дәрежесінің жалпы көрсеткіші 0-ден 100-ге дейінгі шәкіл бойынша есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қолданылатын ақпарат көздерінің басымдылығы және субъективті өлшемшарттар көрсеткіштерінің маңыздылығы осы Өлшемшарттарға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бағалау қызметі саласындағы субъективті өлшемшарттар бойынша тәуекел дәрежесін айқындау үшін субъективті өлшемшарттар тізбесі бойынша белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Тәуекелдерді басқару</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Адал бақылау субъектілерін көтермелеу және бұзушыларға бақылауды шоғырландыру қағидатын іске асыру мақсатында бақылау субъектілері реттеуші мемлекеттік органның тәуекел дәрежесін бағалаудың субъективті өлшемшарттарымен айқындалатын кезеңге бақылау субъектісіне бару арқылы профилактикалық бақылау жүргізуден босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Бақылау субъектісіне бару арқылы профилактикалық бақылаудан босату, егер мұндай негіздер Қазақстан Республикасы ратификациялаған халықаралық шарттарда көзделсе, реттеуші мемлекеттік органның тәуекел дәрежесін бағалаудың өлшемшарттарына сәйкес қолданылатын тәуекелдерді бағалау мен талдаудың, аудиттің, сараптамалардың баламалы (тәуелсіз) жүйелері негізінде мүмкін болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Субъективті өлшемшарттар бойынша тәуекел дәрежесін есептеу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мемлекеттік орган Өлшемшарттардың 6-тармағына сәйкес көздерден субъективті өлшемшарттар бойынша ақпарат жинайды және деректер базасын қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін (R) есептеу алдыңғы тексерулер мен бақылау субъектілеріне бару арқылы профилактикалық бақылау нәтижелері бойынша бұзушылықтар бойынша тәуекел дәрежесінің көрсеткішін (SP) және 9-тармаққа сәйкес айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін (SC) қосу жолымен, кейіннен деректер мәндерін 0-ден 100 баллға дейінгі диапозонға қалыпқа келтіре отырып, автоматтандырылған режимде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rарал = SP + SC , мұнда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rарал – субъективті өлшемшарттар бойынша тәуекел дәрежесінің аралық көрсеткіші,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР – бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SC – 9-тармаққа сәйкес айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіші.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есеп мемлекеттік бақылаудың әрбір саласының бақылау субъектілерінің біртекті тобының әрбір бақылау субъектісі бойынша жүргізіледі. Бұл ретте мемлекеттік бақылаудың бір саласының бақылау субъектілерінің біртекті тобына жатқызылатын бағаланатын бақылау субъектілерінің тізбесі деректерді кейіннен қалыпқа келтіру үшін іріктеу жиынтығын (іріктемені) құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Алдыңғы тексерулер мен бақылау субъектілеріне бару арқылы профилактикалық бақылау нәтижелері бойынша 0-ден 100-ге дейінгі баллмен бағаланатын бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өлшемшарттардың 6-тармағында көрсетілген ақпарат көздерінің кез келгені бойынша бір өрескел бұзушылық анықталған кезде бақылау субъектісіне 100 балл тәуекел дәрежесінің көрсеткіші теңестіріледі және оған қатысты бақылау субъектісіне бару арқылы профилактикалық бақылау жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өрескел бұзушылықтар анықталмаған кезде бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші елеулі және елеусіз дәрежедегі бұзушылықтар бойынша жиынтық көрсеткішпен есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Елеулі бұзушылықтар көрсеткішін айқындау кезінде 0,7 коэффициенті қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл көрсеткіш мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SРз = (SР2 х 100/SР1) х 0,7, мұнда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SРз – елеулі бұзушылықтардың көрсеткіші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР1 – елеулі бұзушылықтардың талап етілетін саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР2 – анықталған елеулі бұзушылықтардың саны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Елеусіз бұзушылықтардың көрсеткішін айқындау кезінде 0,3 коэффициенті қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл көрсеткіш мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SРн = (SР2 х 100/SР1) х 0,3, мұнда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SРн – елеусіз бұзушылықтардың көрсеткіші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР1 – елеусіз бұзушылықтардың талап етілетін саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР2 – анықталған елеусіз бұзушылықтардың саны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші (SР) 0-ден 100-ге дейінгі шәкіл бойынша есептеледі және мына формула бойынша елеулі және елеусіз бұзушылықтардың көрсеткіштерін қосу арқылы айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР = SРз + SРн, мұнда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР – бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SРз – елеулі бұзушылықтардың көрсеткіші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SРн – елеусіз бұзушылықтардың көрсеткіші.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұзушылықтар бойынша тәуекел дәрежесі көрсеткішінің алынған мәні субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің есебіне енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -937,1839 +2775,177 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t xml:space="preserve">Бағалаушылар </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ұлттық экономика министрінің</w:t>
+              <w:t xml:space="preserve">палаталарына қатысты </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2022 жылғы 19 қаңтардағы</w:t>
+              <w:t>бағалау қызметі саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 5 және</w:t>
+              <w:t>тәуекел дәрежесін бағалау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...1699 lines deleted...]
-              <w:t>бағалау өлшемшарттарына</w:t>
+              <w:t>өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бақылау субъектілері қызметінің тәуекел дәрежесін бағалауға қойылатын талаптарды бұзу дәрежесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 29.12.2025 № 136 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2838,51 +3014,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Талаптар</w:t>
+              <w:t xml:space="preserve">Талаптар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3074,87 +3250,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ипотекалық шарт жасасу кезінде, сондай-ақ кепілге қойылған мүлікті сату кезінде қамтамасыз ету болып табылатын мүлікті бағалау туралы есептердің көшірмесін "PDF (Portabe Dokument Format)" электрондық форматында қаржылық есептілік депозитарийінің ақпараттық жүйесінде есепті тоқсаннан кейінгі айдың 20-күніне дейін орналастыру</w:t>
+Біліктілік емтиханынан өту үшін құжаттарды қабылдау және біліктілік емтиханының нәтижелеріне өтініштерді қарау тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өрескел</w:t>
+Елеусіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3186,88 +3362,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Бағалаушылар палатасының құрамында кемінде үш жүз бағалаушының болуы</w:t>
+              <w:t xml:space="preserve">
+Біліктілік емтиханын өткізу тәртібі мен шарттарын сақтау </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елеулі</w:t>
+Елеусіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3300,51 +3476,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушының тек бір бағалаушылар палатасына мүшелігі жөніндегі талаптарды сақтау</w:t>
+"Бағалаушы", "сарапшы" біліктілігін беру туралы куәліктерді алу тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3413,87 +3589,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасының мүдделер қақтығысының алдын алу немесе реттеу жөнінде шаралар белгілеуі</w:t>
+Біліктілік комиссиясының мүшелерін сайлау мерзімдерін және қалыптастыру талаптарын сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елеулі</w:t>
+Елеусіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3526,87 +3702,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасы мүшелерінің жалпы жиналысы бекіткен бағалаушылар палатасына мүшелігі туралы ереженің болуы</w:t>
+Бағалау туралы есепке сараптама жүргізу тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елеулі</w:t>
+Елеусіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3639,51 +3815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасының мамандандырылған органдарының, олар туралы ережелердің және олардың қызметті жүзеге асыру қағидаларының болуы</w:t>
+Сараптамалық қорытындыға қойылатын талаптарды сақтау (оның қамтылуы мен бекітілу бөлігінде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3752,51 +3928,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасының жарғысында белгіленген тәртіппен және мерзімде бағалаушылар палатасында алқалық және атқарушы органдардың, бақылау органының (тексеру комиссиясының) және мамандандырылған органдардың бағалаушылар палатасы мүшелерінің жалпы жиналысымен бекітілген есептерінің болуы</w:t>
+Сарапшылық кеңесінің мүшелерін сайлау мерзімдерін және қалыптастыру талаптарын сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3829,87 +4005,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
+ 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылардың іскерлік және кәсіби әдеп кодексінің болуы</w:t>
+Сарапшылық кеңесі мүшелерінің тізіліміне "сарапшы" біліктілігін беру туралы куәліктің қолданылуын тоқтату туралы күні мен уақыты көрсетілген ақпаратты уақтылы енгізу және сарапшылық кеңесі туралы ақпаратты палатаның интернет-ресурсында орналастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3977,88 +4153,196 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Бағалаушылар палатасының жалпы жиналысымен бекітілген Бағалаушылар палатасының Сараптамалық кеңесінің қызметі туралы ереженің болуы</w:t>
+              <w:t xml:space="preserve">
+Бағалаушылар палатасына кіру үшін жеке тұлға беретін құжаттардың мынадай тізімге сәйкестігі: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке басын куәландыратын құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) "бағалаушы" біліктілігін беру туралы куәлік;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) экономикалық қызмет саласындағы құқық бұзушылық үшін, сондай-ақ қасақана жасалған ауырлығы орташа қылмыстар, ауыр және аса ауыр қылмыстар үшін алынбаған немесе өтелмеген сотталғандығының болмауы туралы анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) бағалаушылар палатасы белгілеген өзге де құжаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елеусіз</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4091,87 +4375,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасы Cараптамалық кеңесінің құрамында кемінде бес сарапшының болуы</w:t>
+Бағалаушы еңбек шартын жасасқан заңды тұлға туралы ақпараттың, сондай-ақ еңбек шартын жасасқан және (немесе) өзгерістің туындауы күнінен бастап он күнтізбелік күн ішінде бағалаушы ұсынатын осы ақпараттың кез келген өзгерісі туралы мәліметтердің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Елеулі</w:t>
+              <w:t xml:space="preserve">
+Елеусіз </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4204,51 +4488,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасы Сараптамалық кеңесінің мүшелерін сайлау мерзімдерін сақтау</w:t>
+Бағалаушы тоқсан сайын ұсынатын есеп жасалған күнді және оның реттік нөмірін, бағалау объектісін, айқындалған құнның түрін көрсете отырып, көрсетілген кезеңде қол қойылған бағалау туралы есептер жөніндегі ақпараттардың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4317,87 +4601,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасы Сараптамалық кеңесінің төрағасы лауазымында сарапшының болу мерзімі туралы талапты сақтау</w:t>
+Бағалау қызметі саласындағы уәкілетті органмен келісілген бағалаушылар палатасы әзірлеген бағалаушыларға, сарапшыларға біліктілік емтихандарын өткізуге арналған тест тапсырмаларының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Елеусіз</w:t>
+              <w:t xml:space="preserve">
+Елеулі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4430,87 +4714,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау туралы есепке сараптама жүргізу мерзімдерін сақтау</w:t>
+Өтініштерді қарау рәсімін сақтау (өтініштерді қабылдау, мерзімін сақтау, тыңдау жүргізу, тексеру актісін жасау және шешімге шағымдану бөлігінде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елеулі</w:t>
+Елеусіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4542,106 +4826,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-3) "бағалаушы" біліктілігін беру туралы куәлік; 4) экономикалық қызмет саласындағы құқық бұзушылық үшін, сондай-ақ қасақана жасалған ауырлығы орташа қылмыстар, ауыр және аса ауыр қылмыстар үшін алынбаған немесе өтелмеген сотталғандығының болмауы туралы анықтама; 5) бағалаушылар палатасы белгілеген өзге де құжаттар</w:t>
+              <w:t>
+Бағалаушыларға кандидаттарды оқыту, кәсіптік қайта даярлау бағдарламасының болуы және сақталуы және үлгілік бағдарламаға сәйкестігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4710,51 +4940,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушы еңбек шартын жасасқан заңды тұлға туралы ақпараттың, сондай-ақ еңбек шартын жасасқан және (немесе) өзгерістің туындауы күнінен бастап он күнтізбелік күн ішінде бағалаушы ұсынатын осы ақпараттың кез келген өзгерісі туралы мәліметтердің болуы</w:t>
+"Бағалаушы" біліктілігін беру туралы куәліктің қолданылуын тоқтата тұру мерзімдерін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4823,51 +5053,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушы тоқсан сайын ұсынатын есеп жасалған күнді және оның реттік нөмірін, бағалау объектісін, айқындалған құнның түрін көрсете отырып, көрсетілген кезеңде қол қойылған бағалау туралы есептер жөніндегі ақпараттардың болуы</w:t>
+Бағалау туралы есептi ресімдеуге қойылатын талаптарды сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4936,1528 +5166,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау қызметі саласындағы уәкілетті органмен келісілген бағалаушылар палатасы әзірлеген бағалаушыларға, сарапшыларға біліктілік емтихандарын өткізуге арналғанн тест тапсырмаларының болуы</w:t>
+Бағалаушылар палатасы мүшелерінің тізілімі, тоқсандық және жылдық есептер туралы ақпаратты, "бағалаушы" және "сарапшы" біліктілігін беру туралы шешімдерді, сондай-ақ алқалы басқару органының "бағалаушы" біліктілігін беру туралы куәліктің қолданылуын тоқтата тұру немесе тоқтату және "сарапшы" біліктілік куәліктерінің қолданылуын тоқтату туралы шешімдерін орналастыра отырып, бағалаушылар палатасының интернет-ресурсында жариялау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1441 lines deleted...]
-Елеулі</w:t>
+              <w:t xml:space="preserve">
+Елеулі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6496,234 +5285,539 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бағалаушылар палаталарына</w:t>
-[...42 lines deleted...]
-            </w:r>
+              <w:t>Бағалаушылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>палаталарына қатысты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағалау қызметі саласындағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тәуекел дәрежесін бағалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өлшемшарттарына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бағалау қызметі саласындағы субъективті өлшемшарттар бойынша тәуекел дәрежесін айқындауға арналған субъективті өлшемшарттар тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      _________________________________________________________________</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 29.12.2025 № 136 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-      </w:pPr>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________________________________________________  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     Қазақстан Республикасы Кәсіпкерлік кодексінің  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>138-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________бағалаушылар палатасына қатысты</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасы Кәсіпкерлік кодексінің</w:t>
-[...73 lines deleted...]
-      _____________________________________бағалаушылар палатасына қатысты</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -7420,50 +6514,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100%</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(пайыз)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -7475,68 +6587,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       xi – есепке алу шарты және субъективті өлшемшарт көрсеткішінің сандық мәні,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       wi– xi субъективті өлшемшарт көрсеткішінің үлес салмағы.</w:t>
-      </w:r>
-[...16 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7574,624 +6668,927 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қаржы министрінің</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2022 жылғы 19 қаңтардағы № 54 және</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық экономика министрінің</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2022 жылғы 19 қаңтардағы</w:t>
             </w:r>
-            <w:r>
-[...75 lines deleted...]
-              <w:t>2-қосымша</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 5 бірлескен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бағалаушылар палатасына қатысты бағалау қызметі саласындағы тексеру парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 29.12.2025 № 136 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...232 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>138-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалаушылар  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">палатасына ___________________________________________________ қатысты </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бақылау субъектілерінің біртекті тобының атауы </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бақылау субъектісіне бару арқылы профилактикалық бақылау/тексеру </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тағайындаған мемлекеттік орган </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бақылау субъектісіне бару арқылы профилактикалық бақылау/тексеру</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тағайындау туралы акт  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күні мен № </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бақылау субъектісінің атауы____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  _____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бақылау субъектісінің бизнес-сәйкестендіру нөмірі _________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Орналасқан жерінің мекенжайы _________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
-[...179 lines deleted...]
-      _____________________________________________________________________</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -8573,51 +7970,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ипотекалық шарт жасасу кезінде, сондай-ақ кепілге қойылған мүлікті сату кезінде қамтамасыз ету болып табылатын мүлікті бағалау туралы есептердің көшірмесін "PDF (Portabe Dokument Format)" электрондық форматында қаржылық есептілік депозитарийінің ақпараттық жүйесінде есепті тоқсаннан кейінгі айдың 20-күніне дейін орналастыру</w:t>
+Біліктілік емтиханынан өту үшін құжаттарды қабылдау тәртібін сақтау және біліктілік емтиханының нәтижелеріне өтініштерді қарау тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8714,51 +8111,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасының құрамында кемінде үш жүз бағалаушының болуы</w:t>
+Біліктілік емтиханын өткізу тәртібі мен шарттарын сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8855,51 +8252,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушының тек бір бағалаушылар палатасына мүшелігі жөніндегі талаптарды сақтау</w:t>
+"Бағалаушы", "сарапшы" біліктіліктерін беру туралы куәліктерді алу тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8996,51 +8393,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасының мүдделер қақтығысының алдын алу немесе реттеу жөнінде шаралар белгілеуі</w:t>
+Біліктілік комиссиясының мүшелерін сайлау мерзімдерін және қалыптастыру талаптарын сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9137,51 +8534,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасы мүшелерінің жалпы жиналысы бекіткен бағалаушылар палатасына мүшелігі туралы ереженің болуы</w:t>
+Бағалау туралы есепке сараптама жүргізу тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9278,51 +8675,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасының мамандандырылған органдарының, олар туралы ережелердің және олардың қызметті жүзеге асыру қағидаларының болуы</w:t>
+Сараптамалық қорытындыға қойылатын талаптарды сақтау (оның қамтылуы мен бекітілу бөлігінде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9419,51 +8816,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасының жарғысында белгіленген тәртіппен және мерзімде бағалаушылар палатасында алқалық және атқарушы органдардың, бақылау органының (тексеру комиссиясының) және мамандандырылған органдардың бағалаушылар палатасы мүшелерінің жалпы жиналысымен бекітілген есептерінің болуы</w:t>
+Сарапшылық кеңесінің мүшелерін сайлау және мерзімдерін қалыптастыру талаптарын сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9560,51 +8957,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылардың іскерлік және кәсіби әдеп кодексінің болуы</w:t>
+Сарапшылық кеңесі мүшелерінің тізіліміне "сарапшы" біліктілігін беру туралы куәліктің қолданылуын тоқтату туралы күні мен уақыты көрсетілген ақпаратты уақтылы енгізу және палатаның интернет-ресурсында сарапшылық кеңесі туралы ақпаратты жариялау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9700,52 +9097,142 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Бағалаушылар палатасының жалпы жиналысымен бекітілген Бағалаушылар палатасының Сараптамалық кеңесінің қызметі туралы ереженің болуы</w:t>
+              <w:t xml:space="preserve">
+Бағалаушылар палатасына кіру үшін жеке тұлға беретін құжаттардың мынадай тізімге сәйкестігі: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке басын куәландыратын құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) "бағалаушы" біліктілігін беру туралы куәлік;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) экономикалық қызмет саласындағы құқық бұзушылық үшін, сондай-ақ қасақана жасалған ауырлығы орташа қылмыстар, ауыр және аса ауыр қылмыстар үшін алынбаған немесе өтелмеген сотталғандығының болмауы туралы анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) бағалаушылар палатасы белгілеген өзге де құжаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9842,51 +9329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасы Cараптамалық кеңесінің құрамында кемінде бес сарапшының болуы</w:t>
+Бағалаушы еңбек шартын жасасқан заңды тұлға туралы ақпараттың, сондай-ақ еңбек шартын жасасқан және (немесе) өзгерістің туындауы күнінен бастап он күнтізбелік күн ішінде бағалаушы ұсынатын осы ақпараттың кез-келген өзгерісі туралы мәліметтердің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9983,51 +9470,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасы Сараптамалық кеңесінің мүшелерін сайлау мерзімдерін сақтау</w:t>
+Бағалаушы тоқсан сайын ұсынатын есеп жасалған күнді және оның реттік нөмірін, бағалау объектісін, айқындалған құнның түрін көрсете отырып, көрсетілген кезеңде қол қойылған бағалау туралы есептер жөніндегі ақпараттардың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10124,51 +9611,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушылар палатасы Сараптамалық кеңесінің төрағасы лауазымында сарапшының болу мерзімі туралы талапты сақтау</w:t>
+Бағалау қызметі саласындағы уәкілетті органмен келісілген бағалаушылар палатасы әзірлеген бағалаушыларға, сарапшыларға біліктілік емтихандарын өткізуге арналған тест тапсырмаларының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10265,51 +9752,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау туралы есепке сараптама жүргізу мерзімдерін сақтау</w:t>
+Өтініштерді қарау рәсімін сақтау (өтініштерді қабылдау, мерзімін сақтау, тыңдау жүргізу, тексеру актісін жасау және шешімге шағымдану бөлігінде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10405,106 +9892,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-3) "бағалаушы" біліктілігін беру туралы куәлік; 4) экономикалық қызмет саласындағы құқық бұзушылық үшін, сондай-ақ қасақана жасалған ауырлығы орташа қылмыстар, ауыр және аса ауыр қылмыстар үшін алынбаған немесе өтелмеген сотталғандығының болмауы туралы анықтама; 5) бағалаушылар палатасы белгілеген өзге де құжаттар</w:t>
+              <w:t>
+Бағалаушыларға кандидаттарды оқыту, кәсіптік қайта даярлау бағдарламасының болуы мен сақталуы және үлгілік бағдарламаға сәйкестігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10601,51 +10034,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушы еңбек шартын жасасқан заңды тұлға туралы ақпараттың, сондай-ақ еңбек шартын жасасқан және (немесе) өзгерістің туындауы күнінен бастап он күнтізбелік күн ішінде бағалаушы ұсынатын осы ақпараттың кез келген өзгерісі туралы мәліметтердің болуы</w:t>
+"Бағалаушы" біліктілігін беру туралы куәліктің қолданылуын тоқтата тұру мерзімдерін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10742,51 +10175,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалаушы тоқсан сайын ұсынатын есеп жасалған күнді және оның реттік нөмірін, бағалау объектісін, айқындалған құнның түрін көрсете отырып, көрсетілген кезеңде қол қойылған бағалау туралы есептер жөніндегі ақпараттардың болуы</w:t>
+Бағалау туралы есепті ресімдеуге қойылатын талаптарды сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10883,1800 +10316,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау қызметі саласындағы уәкілетті органмен келісілген бағалаушылар палатасы әзірлеген бағалаушыларға, сарапшыларға біліктілік емтихандарын өткізуге арналғанн тест тапсырмаларының болуы</w:t>
-[...1748 lines deleted...]
-Сараптама кеңесі мүшелерінің тізіліміне "сарапшы" біліктілігін беру туралы куәліктің қолданылуын тоқтату туралы күні мен уақыты көрсетілген ақпаратты уақтылы енгізу</w:t>
+Бағалаушылар палатасы мүшелерінің тізілімі, тоқсандық және жылдық есептер туралы ақпаратты, "бағалаушы" және "сарапшы" біліктілігін беру туралы шешімдерді, сондай-ақ алқалы басқару органының "бағалаушы" біліктілігін беру туралы куәліктің қолданылуын тоқтата тұру немесе тоқтату және "сарапшы" біліктілік куәліктерінің қолданылуын тоқтату туралы шешімдерін орналастыра отырып, бағалаушылар палатасының интернет-ресурсында жариялау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12717,227 +10401,204 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Лауазымды тұлға(лар)</w:t>
+      Лауазымды тұлға (лар)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      _____________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      лауазымы қолы</w:t>
+        <w:t>лауазымы қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      _____________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+        <w:t>тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Бақылау субъектісінің басшысы _________________________________________</w:t>
+        <w:t>Бақылау субъектісінің басшысы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      лауазымы қолы</w:t>
+        <w:t>_____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________</w:t>
+        <w:t>лауазымы қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+        <w:t>_____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...24 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -12945,55 +10606,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>