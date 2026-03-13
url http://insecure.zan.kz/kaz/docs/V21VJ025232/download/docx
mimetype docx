--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5e2f363" w14:textId="5e2f363">
+    <w:p w14:paraId="74eb5a0" w14:textId="74eb5a0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -111,61 +111,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Шығыс Қазақстан облысы Жарма аудандық мәслихатының 2021 жылғы 11 қарашадағы № 9/114-VII шешімі. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 19 қарашада № 25232 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Шешімнің тақырыбы жаңа редакцияда – Абай облысы Жарма аудандық мәслихатының 27.06.2024 </w:t>
+      Ескерту. Шешімнің тақырыбы жаңа редакцияда – Абай облысы Жарма аудандық мәслихатының 30.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 14/272-VIII</w:t>
+        <w:t>№ 30/505-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -659,545 +659,401 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қосымшаның тақырыбы жаңа редакцияда – Абай облысы Жарма аудандық мәслихатының 27.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 14/272-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> шешімдерімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); қосымша жаңа редакцияда - Абай облысы Жарма аудандық мәслихатының 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30/505- VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1.Осы тәртіп "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және Жарма ауданының ауылдық елді мекендерінде тұратын және жұмыс істейтін мемлекеттік денсаулық сақтау, әлеуметтік қамсыздандыру, білім беру, мәдениет, спорт және ветеринария ұйымдарының мамандарына бюджет қаражаты есебiнен коммуналдық көрсетілетін қызметтерге ақы төлеу және отын сатып алу бойынша әлеуметтік қолдау көрсету тәртібі мен мөлшерін айқындайды.</w:t>
+      1. Осы Қағида "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасының Заңының 18-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленген және Жарма ауданының ауылдық елді мекендерінде тұратын және жұмыс істейтін денсаулық сақтау, әлеуметтік қамсыздандыру, білім беру, мәдениет, спорт және ветеринария мемлекеттік ұйымдардың мамандарына (бұдан әрі-мамандар) коммуналдық қызметтерге ақы төлеу және отын сатып алу бойынша бюджет қаражаты есебінен әлеуметтік қолдауды көрсету тәртібі мен мөлшерін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p>
-[...60 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Әлеуметтік қолдауды тағайындау уәкілетті орган – "Абай облысы Жарма ауданының жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен жүзеге асырылады.</w:t>
+      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...54 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ағымдағы шот – банктік шот шарты негізінде банк немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйым ашатын банктік шот;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) коммуналдық көрсетілетін қызметтер – тұтынушыға ұсынылатын, қауіпсіз және жайлы тұру (болу) жағдайларын қамтамасыз ету үшін сумен жабдықтауды, су бұруды, газбен жабдықтауды, электрмен жабдықтауды, жылумен жабдықтауды, қоқыс әкетуді, лифтілерге қызмет көрсетуді қамтитын қызметтер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2. Әлеуметтік қолдау көрсету тәртібі және мөлшері</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Әлеуметтік қолдауды тағайындауды уәкілетті орган — "Абай облысы Жарма ауданының жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі (бұдан әрі- ММ) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      3. Жарма ауданының ауылдық елді мекендерінде тұратын және жұмыс істейтін мемлекеттік денсаулық сақтау, әлеуметтік қамсыздандыру, білім беру, мәдениет, спорт және ветеринария ұйымдарының мамандарына бюджет қаражаты есебiнен коммуналдық көрсетілетін қызметтерге ақы төлеу және отын сатып алуға, алушылардың өтініштерін талап етпей, мемлекеттік ұйымдардың бірінші басшыларымен бекітілген жинақ тізім негізінде, екінші деңгейдегі банктер немесе банктік операциялардың тиісті түрлеріне лицензиялары бар ұйымдар арқылы көрсетіледі.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мамандарға бюджет қаражаты есебінен коммуналдық қызметтерге ақы төлеу және отын сатып алу бойынша әлеуметтік қолдау көрсету тәртібі мен мөлшері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Әлеуметтік қолдау Жарма ауданының аумағындағы ауылдық елді мекендерде тұрақты тұратын және жұмыс істейтін тұлғаларға көрсетіледі.</w:t>
+      4. Коммуналдық қызметтерге ақы төлеу және отын сатып алу бойынша әлеуметтік қолдау мемлекеттік ұйымдардың бірінші басшылары бекіткен жиынтық тізімдер (бұдан әрі - тізім) негізінде мамандардан өтініштер талап етілмей, мемлекеттік ұйымдардың мамандарына бюджет қаражаты есебінен көрсетіледі, екінші деңгейдегі банктер, қаржы нарығын және қаржы операцияларын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның лицензиялары бар ұйымдар, банк операцияларының тиісті түрлеріне, "Қазпошта" акционерлік қоғамының аумақтық бөлімшелері арқылы мамандардың ағымдағы шоттарына аудару арқылы ақшалай нысанда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Әлеуметтік қолдау жылына бір рет бюджет қаражаты есебінен 12 айлық есептік көрсеткіш мөлшерінде көрсетіледі</w:t>
+      5. Мамандарға әлеуметтік қолдау күнтізбелік жылда бір рет 13 (он үш) айлық есептік көрсеткіш мөлшерінде көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:p>
-[...210 lines deleted...]
-</w:t>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Әлеуметтік қолдау көрсетуге арналған шығыстарды қаржыландыру ағымдағы қаржы жылына арналған Жарма аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Коммуналдық қызметтерге ақы төлеу және отын сатып алу жөніндегі мамандарға әлеуметтік қолдау көрсету туралы шешім қабылдау мерзімі тізім түскен күннен бастап 8 (сегіз) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. ММ қызметкері денсаулық сақтау, әлеуметтік қамсыздандыру, білім беру, мәдениет, спорт және ветеринария мемлекеттік ұйымдарының тізімдерін 8 (сегіз) жұмыс күні ішінде қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>74-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік ұйымдардың бірінші басшылары ұсынған тізімдер сәйкес келмеген жағдайда, ММ алдын ала шешім туралы, әлеуметтік қолдау көрсетуден бас тарту туралы, сондай-ақ алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізудің уақыты мен орны (тәсілі) туралы мемлекеттік ұйымдардың бірінші басшыларын хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тізімдерді қарау нәтижелері бойынша ескертулер болмаған кезде ММ оң шешім қабылдайды және коммуналдық қызметтерге ақы төлеу және отын сатып алу бойынша мамандардың ағымдағы шоттарына әлеуметтік қолдау төлемін көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>