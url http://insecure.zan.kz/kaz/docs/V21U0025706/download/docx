--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="393ff76" w14:textId="393ff76">
+    <w:p w14:paraId="413443c" w14:textId="413443c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Түркістан облысы бойынша ауызсумен жабдықтаудың баламасыз көздері болып табылатын сумен жабдықтаудың ерекше маңызды оқшау жүйелерінің тізбесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Түркістан облысы әкiмдiгiнiң 2021 жылғы 9 желтоқсандағы № 268 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 10 желтоқсанда № 25706 болып тiркелдi</w:t>
+        <w:t>Түркістан облысы әкiмдiгiнiң 2021 жылғы 9 желтоқсандағы № 268 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 10 желтоқсанда № 25706 болып тiркелдi. Күші жойылды - Түркістан облысы әкiмдiгiнiң 2025 жылғы 19 қарашадағы № 244 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Түркістан облысы әкiмдiгiнiң 19.11.2025 № 244 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Су Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>39-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -304,62 +382,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Осы қаулы оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -367,51 +446,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Түркістан облысының әкімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -557,17387 +636,17388 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Түркістан облысы бойынша ауызсумен жабдықтаудың баламасыз көздері болып табылатын сумен жабдықтаудың ерекше маңызды оқшау жүйелерінің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4351"/>
-        <w:gridCol w:w="7949"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысы бойынша нысандардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кентау қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Кентау" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Байылдыр" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Хантағы" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қарнақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Күшата" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бәйдібек ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шаян" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Боралдай" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Түйетас" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Сарыбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жыланды" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Тайманов" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Амансай" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ж.Боралдай" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шақпақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Таңатар" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазата" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Кеңестөбе" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ынтымақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ақбастау" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жолғабас" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Кеңес" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Тұрақты" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Мыңбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қайнарбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қосбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Мәдениет" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бестоғай" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жамбыл" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Тасқұдық" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шыбыт" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жүзімдік" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шалдар" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бекбау" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Сарқырама" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бәйдібек ата" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ағыбет" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазығұрт ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазығұрт" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қақпақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Үшбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Көкібел" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қызыл ата" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Майбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шарапхана" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жіңішке" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Махамбет" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шарбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Молбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қаржан" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Алтынтөбе" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қосағаш" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жаңабазар" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жылыбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстанға 20 жыл" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Тілектес" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жаңажол" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Үлгілі" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Сырлысай" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Сынтас" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қарабау" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қызылқия" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Айнатас" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ынталы" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Тұрбат" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Еңбек" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қызылдиқан" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Өндіріс" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бақабұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ащыбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Кезеңбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Рабат" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Амангелді" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Атбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Еңбекші" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қыдыр Мәмбетұлы" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қызылдала" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қызылбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шанақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ақжар" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ордабасы ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Аманкелді" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Көктөбе" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бадам" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Дербес" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Мамыр" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ордабасы" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ақбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бірлік" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жамбыл" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ұялыжар" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қайнар" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ынтымақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Теспе" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ықыластемір" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бөген" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қарақұм" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Дихан" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жеңіс" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ақжол" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Көлтоған" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Төреарық" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ақпан" (Семхоз) оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Төрткөл" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жайылма" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қызылжар" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Елшібек батыр" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Көкарал" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шұбар" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Тоқсансай" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шұбарсу" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отырар ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шеңгелді" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Балтакөл" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қолкұдық" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 112</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Үштам" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ш.Қалдаяқов" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жаңа Шілік" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ескі Шілік" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ақтөбе" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Маяқұм" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 118</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Көксарай" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 119</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Аққұм" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Отырар" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Сарыкөл" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сауран ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жүйнек" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 123</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шыпан" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бабайқорған" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Абай" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Құмайлықас" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Аша" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 128</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қосмезгіл" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 129</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Достық" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "С.Қожанов" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 131</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бостандық" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қосқорған" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Құмтиын" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 134</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Еңбекші диқан" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 135</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Оранғай" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Созақ ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шолаққорған" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Теріскей" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жеткіншек" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 139</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Созақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ыбырай" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бақырлы" (Қаратау) оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 142</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қарақұр" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Сызған" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 144</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қозмолдақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 145</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жартытөбе" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 146</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Аққолтық" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 147</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бабата" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 148</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Кұмкент" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 149</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қызылқанат" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қызылкөл" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 151</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жыныс" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 152</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жуантөбе" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлеби ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 153</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бірінші Мамыр" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 154</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Алғабас" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 155</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бейнеткеш" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ынтымақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 157</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жаңажол" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ақбастау" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 159</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ұйымшыл" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 160</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Абай" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Әңгірата" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 162</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қаратөбе" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 163</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қарақия" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 164</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Зертас" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 165</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қасқасу" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 166</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Кеңесарық" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 167</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ж.Қасқасу" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 168</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Керегетас" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 169</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қаратөбе" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 170</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қостөбе" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 171</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Төңкеріс" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Балдыберек" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 173</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Майбұлақ" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 174</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Алтынбастау" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 175</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстан – Төле би" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 176</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Көксәйек" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 177</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жіңішке" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 178</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Аққұм" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 179</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жаңаұйым" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Момынай" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 181</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Киелітас" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 182</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Достық – Төле би" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 183</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Сұлтан-Рабат" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 184</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Диханкөл" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 185</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ұзын-Арық" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 186</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Алшалы" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 187</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Тасарық" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ханарық" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 189</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жамбыл" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 190</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Онтүстік" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 191</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Мәдени" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 192</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Сарқырама" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 193</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Екпінді" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 194</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қосағаш" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 195</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қорған" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 196</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Алатау" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 197</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шұбарағаш" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 198</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шатыртөбе" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 199</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жаңатұрмыс" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Нысанбек" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 201</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қайнар" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 202</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Біркөлік" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 203</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Леңгір" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шардара ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 204</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Достық – Шардара" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 205</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ақалтын" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 206</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Егізқұм" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 207</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Сүткент" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 208</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қызылқұм" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстан – Шардара" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Целинное" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 211</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ұзын ата" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 212</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Көксу" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қоссейіт" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шардара ауылы" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жаушықұм – 1" оқшау су құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 216</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7949" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17991,63 +18071,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -18369,35 +18471,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>