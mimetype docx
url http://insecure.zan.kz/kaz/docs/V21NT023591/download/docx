--- v0 (2025-11-07)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="687fcae" w14:textId="687fcae">
+    <w:p w14:paraId="f45e8de" w14:textId="f45e8de">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс iстейтiн денсаулық сақтау, әлеуметтiк қамсыздандыру, мәдениет және спорт саласындағы мамандар лауазымдарының тiзбесiн айқындау туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс iстейтiн әлеуметтiк қамсыздандыру, мәдениет және спорт саласындағы мамандар лауазымдарының тізбесін айқындау туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қостанай облысы Федоров ауданы әкімдігінің 2021 жылғы 16 шілдедегі № 198 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 19 шілдеде № 23591 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - Қостанай облысы Федоров ауданы әкімдігінің 26.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 173</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 01.01.2025 бастап туындаған қатынастарға қолданылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Еңбек Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -191,55 +229,137 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Федоров ауданының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс істейтін денсаулық сақтау, әлеуметтік қамсыздандыру, мәдениет және спорт саласындағы мамандар лауазымдарының тізбесі қосымшаға сәйкес айқындалсын.</w:t>
+        <w:t xml:space="preserve">
+      1. Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс iстейтiн әлеуметтiк қамсыздандыру, мәдениет және спорт саласындағы мамандар лауазымдарының тізбесі осы қаулының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Федоров ауданы әкімдігінің 26.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 173</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 01.01.2025 бастап туындаған қатынастарға қолданылады).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Федоров ауданы әкімдігінің мына қаулыларының күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -408,62 +528,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы қаулы оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -481,51 +602,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Аудан әкімі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -670,51 +791,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкiмдіктің</w:t>
+              <w:t>Әкімдіктің</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -871,1008 +992,678 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс істейтін денсаулық сақтау, әлеуметтік қамсыздандыру, мәдениет және спорт саласындағы мамандар лауазымдарының тізбесі</w:t>
+        <w:t xml:space="preserve"> Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс істейтін әлеуметтік қамсыздандыру, мәдениет және спорт саласындағы мамандар лауазымдарының тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
-[...15 lines deleted...]
-      1. Денсаулық сақтау мамандарының лауазымдары:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Қостанай облысы Федоров ауданы әкімдігінің 26.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 173</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 01.01.2025 бастап туындаған қатынастарға қолданылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Әлеуметтік қамсыздандыру мамандарының лауазымдары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
-[...15 lines deleted...]
-      1) аудандық маңызы бар мемлекеттік мекеменің және мемлекеттік қазыналық кәсіпорынның басшысы және басшысының орынбасары;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қызмет алушылардың тұрғылықты жері бойынша үйде қызмет көрсету жағдайында арнаулы әлеуметтік қызметтер көрсетуге арналған ұйымның басшысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
-[...15 lines deleted...]
-      2) аудандық маңызы бар мемлекеттік мекеменің және мемлекеттік қазыналық кәсіпорынның бөлімше басшысы, параклиникалық бөлімшенің (зертхананың) меңгерушісі;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мүгедектігі бар балаларды және психоневрологиялық аурулары бар 18 жастан асқан мүгедектігі бар адамдарды күту жөніндегі әлеуметтік қызметкер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
-[...15 lines deleted...]
-      3) мейіргер;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) арнаулы әлеуметтік қызметтерге қажеттілікті бағалау және айқындау жөніндегі әлеуметтік қызметкер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
-[...15 lines deleted...]
-      4) емдік денешынықтыру жөніндегі нұсқаушы;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қарттарға және мүгедектігі бар адамдарға күтім жасау жөніндегі әлеуметтік қызметкер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
-[...15 lines deleted...]
-      5) барлық мамандықтағы дәрігерлер;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әлеуметтік жұмыс жөніндегі маман;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
-[...15 lines deleted...]
-      6) медициналық тіркеуші;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) әлеуметтік жұмыс жөніндегі кеңесші.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
-[...15 lines deleted...]
-      7) зертханашы (медициналық);</w:t>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мәдениет мамандарының лауазымдары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
-[...15 lines deleted...]
-      8) тіс дәрігері (дантист);</w:t>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудандық маңызы бар мемлекеттік мекеменің және мемлекеттік қазыналық кәсіпорынның басшысы (директоры);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
-[...15 lines deleted...]
-      9) әлеуметтік қызметкер;</w:t>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аудандық маңызы бар мемлекеттік мекеменің және мемлекеттік қазыналық кәсіпорын басшысының (директорының) орынбасары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
-[...15 lines deleted...]
-      10) психолог маман;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аудандық маңызы бар мемлекеттік мекеменің және мемлекеттік қазыналық кәсіпорынның көркемдік жетекшісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
-[...15 lines deleted...]
-      11) провизор (фармацевт);</w:t>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қазақ, орыс, ағылшын тілдерінің мұғалімдері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
-[...15 lines deleted...]
-      12) диеталық мейіргер;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) барлық атаудағы инженер (негізгі қызметтер);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
-[...15 lines deleted...]
-      13) рентген зертханашысы;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) барлық атаудағы суретшілер (негізгі қызметтер);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
-[...15 lines deleted...]
-      14) акушер;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) барлық атаудағы әдіскер (негізгі қызметтер);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
-[...15 lines deleted...]
-      15) қоғамдық денсаулық сақтау маманы (статистик);</w:t>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) музыкалық жетекші;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
-[...15 lines deleted...]
-      16) фельдшер;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мәдени ұйымдастырушы (негізгі қызметтер);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
-[...15 lines deleted...]
-      17) кеңейтілген практика мейіргері.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) кітапханашы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
-[...15 lines deleted...]
-      2. Әлеуметтік қамсыздандыру мамандарының лауазымдары:</w:t>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) аудандық маңызы бар мемлекеттік мекеменің және мемлекеттік қазыналық кәсіпорын кітапханасының меңгерушісі (басшысы);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
-[...15 lines deleted...]
-      1) ауданның Халықты жұмыспен қамту орталығының басшысы;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) дыбыс инженері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
-[...15 lines deleted...]
-      2) аудандық маңызы бар ұйымның құрылымдық бөлімшесі болып табылатын үйде қызмет көрсету бөлімшесінің меңгерушісі;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) аккомпаниатор;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
-[...15 lines deleted...]
-      3) психоневрологиялық аурулары бар мүгедек балалар мен 18 жастан асқан мүгедектерге күтім жасау жөніндегі әлеуметтік қызметкер;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) хормейстер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
-[...15 lines deleted...]
-      4) арнаулы әлеуметтік қызметтерге қажеттілікті бағалау және айқындау жөніндегі әлеуметтік қызметкер;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) библиограф;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
-[...15 lines deleted...]
-      5) халықты жұмыспен қамту орталығының (қызметінің) құрылымдық бөлімшесінің маманы;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) хореограф;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
-[...15 lines deleted...]
-      6) қарттар мен мүгедектерге күтім жасау жөніндегі әлеуметтік қызметкер;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) режиссер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
-[...15 lines deleted...]
-      7) әлеуметтік жұмыс жөніндегі маман;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Спорт маманының лауазымы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
-[...15 lines deleted...]
-      8) әлеуметтік жұмыс жөніндегі консультант.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әдіскер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
-[...398 lines deleted...]
-    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>