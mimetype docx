--- v0 (2025-11-09)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="da0b763" w14:textId="da0b763">
+    <w:p w14:paraId="945653b" w14:textId="945653b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс істейтін денсаулық сақтау, әлеуметтік қамсыздандыру және мәдениет саласындағы мамандар лауазымдарының тізбесін айқындау туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс iстейтiн әлеуметтiк қамсыздандыру және мәдениет саласындағы мамандар лауазымдарының тiзбесiн айқындау туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қостанай облысы Науырзым ауданы әкімдігінің 2021 жылғы 5 ақпандағы № 43 қаулысы. Қостанай облысының Әділет департаментінде 2021 жылғы 8 ақпанда № 9749 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - Қостанай облысы Науырзым ауданы әкімдігінің 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2015 жылғы 23 қарашадағы Қазақстан Республикасы Еңбек кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -172,238 +210,309 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Науырзым ауданының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс істейтін денсаулық сақтау, әлеуметтік қамсыздандыру және мәдениет саласындағы мамандар лауазымдарының тiзбесi осы қаулының </w:t>
-[...9 lines deleted...]
-        <w:t>1-қосымшасына</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс iстейтiн әлеуметтiк қамсыздандыру және мәдениет саласындағы мамандар лауазымдарының тiзбесi осы каулының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Науырзым ауданы әкімдігінің 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әкімдіктің кейбір қаулыларының күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Науырзым ауданының экономика және қаржы бөлімі" мемлекеттік мекемесі Қазақстан Республикасының заңнамасында белгіленген тәртіпте:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
-[...15 lines deleted...]
-      3. "Науырзым ауданының экономика және қаржы бөлімі" мемлекеттік мекемесі Қазақстан Республикасының заңнамасында белгіленген тәртіпте:</w:t>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы қаулының аумақтық әділет органында мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
-[...15 lines deleted...]
-      1) осы қаулының аумақтық әділет органында мемлекеттік тіркелуін;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы қаулыны ресми жарияланғанынан кейін Науырзым ауданы әкімдігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
-[...15 lines deleted...]
-      2) осы қаулыны ресми жарияланғанынан кейін Науырзым ауданы әкімдігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы қаулының орындалуын бақылау аудан әкімінің жетекшілік ететін орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
-[...15 lines deleted...]
-      4. Осы қаулының орындалуын бақылау аудан әкімінің жетекшілік ететін орынбасарына жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -421,51 +530,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Науырзым ауданының әкімі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -550,793 +659,724 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкімдіктің</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>Қостанай облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Науырзым ауданың әкімдігінің</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>2021 жылғы 5 ақпандағы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>№ 43 қаулысына</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z27" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс істейтін денсаулық сақтау, әлеуметтік қамсыздандыру және мәдениет саласындағы мамандар лауазымдарының тізбесі</w:t>
+        <w:t xml:space="preserve"> Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс iстейтiн әлеуметтiк қамсыздандыру және мәдениет саласындағы мамандар лауазымдарының тiзбесi</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z28" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Қостанай облысы Науырзым ауданы әкімдігінің 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
-[...15 lines deleted...]
-      1. Денсаулық сақтау саласындағы мамандардың лауазымдары:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Әлеуметтік қамсыздандыру саласындағы мамандардың лауазымдары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудандық маңызы бар ұйымның құрылымдық бөлімшесі болып табылатын үйде қызмет көрсету бөлімшесінің меңгерушісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
-[...15 lines deleted...]
-      1) аудандық аурухананың басшысы, аудандық емхананың басшысы, аудандық маңызы бар мемлекеттік мекеме және мемлекеттік қазыналық кәсіпорын басшысының орынбасары;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) арнаулы әлеуметтік қызметтерге қажеттілікті бағалау және айқындау жөніндегі әлеуметтік қызметкер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...15 lines deleted...]
-      2) аудандық маңызы бар мемлекеттік мекеменің және мемлекеттік қазыналық кәсіпорынның клиникалық (жедел медициналық көмек көрсету бөлімшелерінің, күндізгі стационардың, емхананың) және параклиникалық бөлімшелерінің меңгерушілері;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қарттар мен мүгедектігі бар адамдарға күтім жасау жөніндегі әлеуметтік қызметкер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      3) барлық мамандықтағы дәрігерлер;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) психоневрологиялық аурулары бар мүгедектігі бар балалар мен 18 жастан асқан мүгедектігі бар адамдарға күтім жасау жөніндегі әлеуметтік қызметкер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...15 lines deleted...]
-      4) акушер;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мәдениет саласындағы мамандардың лауазымдары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...15 lines deleted...]
-      5) диеталық мейіргер;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудандық маңызы бар мемлекеттік мекеменің және мемлекеттік қазыналық кәсіпорынның басшысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      6) тіс дәрігері (дантист);</w:t>
+    <w:bookmarkStart w:name="z35" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) хормейстер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...15 lines deleted...]
-      7) мейірбике (мейіргер);</w:t>
+    <w:bookmarkStart w:name="z36" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) концертмейстр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...15 lines deleted...]
-      8) қоғамдық денсаулық сақтау маманы (статистик);</w:t>
+    <w:bookmarkStart w:name="z37" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кітапханашы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
-[...15 lines deleted...]
-      9) зертханашы (медициналық);</w:t>
+    <w:bookmarkStart w:name="z38" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) библиограф;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
-[...15 lines deleted...]
-      10) провизор (фармацевт);</w:t>
+    <w:bookmarkStart w:name="z39" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) барлық атаудағы әдістемеші (негізгі қызметтер);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...15 lines deleted...]
-      11) психолог маман;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қазақ, ағылшын тілдер мұғалімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...15 lines deleted...]
-      12) рентген зертханашысы;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) музыкалық жетекші.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
-[...15 lines deleted...]
-      13) әлеуметтік қызметкер;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Спорт саласындағы мамандар лауазымдары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
-[...15 lines deleted...]
-      14) фельдшер;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әдіскер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
-[...378 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1415,242 +1455,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 43 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімдіктің күшi жойылған кейбiр қаулыларының тiзбесi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z51" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Әкімдіктің "Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс істейтін денсаулық сақтау, әлеуметтік қамсыздандыру, білім беру, мәдениет және спорт саласындағы мамандар лауазымдарының тізбесін айқындау туралы" 2018 жылғы 12 шілдедегі № 83 әкімдіктің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2018 жылғы 10 тамызда Қазақстан Республикасы нормативтiк құқықтық актілерiнiң эталондық бақылау банкiнде жарияланған, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8001 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z52" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Әкімдіктің "Науырзым ауданы әкімдігінің 2018 жылғы 12 шілдедегі № 83 "Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс істейтін денсаулық сақтау, әлеуметтік қамсыздандыру, білім беру, мәдениет, спорт және ветеринария саласындағы мамандар лауазымдарының тізбесін айқындау туралы" қаулысына өзгерістер енгізу туралы" 2019 жылғы 19 сәуірдегі № 28 әкімдіктің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2019 жылғы 30 сәуірде Қазақстан Республикасы нормативтiк құқықтық актілерiнiң эталондық бақылау банкiнде жарияланған, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8367 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z53" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Әкімдіктің "Әкімдіктің 2018 жылғы 12 шілдедегі № 83 "Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс істейтін денсаулық сақтау, әлеуметтік қамсыздандыру, білім беру, мәдениет, спорт және ветеринария саласындағы мамандар лауазымдарының тізбесін айқындау туралы" қаулысының өзгерістер енгізу туралы" 2020 жылғы 15 мамырдағы № 61 әкімдіктің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020 жылғы 18 мамырда Қазақстан Республикасы нормативтiк құқықтық актілерiнiң эталондық бақылау банкiнде жарияланған, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9187 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1976,31 +2016,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>