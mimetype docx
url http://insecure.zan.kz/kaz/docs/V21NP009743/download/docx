--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="80a51b7" w14:textId="80a51b7">
+    <w:p w14:paraId="2344f62" w14:textId="2344f62">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,214 +76,323 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс істейтін денсаулық сақтау, әлеуметтік қамсыздандыру және мәдениет саласындағы мамандарға жиырма бес пайызға жоғарылатылған лауазымдық айлықақылар мен тарифтік мөлшерлемелерді белгілеу туралы</w:t>
+        <w:t>Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс iстейтiн әлеуметтiк қамсыздандыру және мәдениет саласындағы мамандарға жиырма бес пайызға жоғарылатылған лауазымдық айлықақылар мен тарифтік мөлшерлемелерді белгілеу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қостанай облысы Науырзым ауданы мәслихатының 2021 жылғы 3 ақпандағы № 12 шешімі. Қостанай облысының Әділет департаментінде 2021 жылғы 4 ақпанда № 9743 болып тіркелді</w:t>
+        <w:t>Қостанай облысы Науырзым ауданы мәслихатының 2021 жылғы 3 ақпандағы № 12 шешімі. Қостанай облысының Әділет департаментінде 2021 жылғы 4 ақпанда № 9743 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - Қостанай облысы Науырзым ауданы мәслихатының 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2015 жылғы 23 қарашадағы Қазақстан Республикасы Еңбек Кодексінің 139-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Науырзым аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс істейтін денсаулық сақтау, әлеуметтік қамсыздандыру және мәдениет саласындағы мамандарға қызметтің осы түрлерімен қалалық жағдайда айналысатын азаматтық қызметшілердің айлықақыларымен және мөлшерлемелерімен салыстырғанда жиырма бес пайызға жоғарылатылған лауазымдық айлықақылар мен тарифтік мөлшерлемелер белгіленсін.</w:t>
+      1. Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс істейтін әлеуметтік қамсыздандыру және мәдениет саласындағы мамандарға қызметтің осы түрлерімен қалалық жағдайда айналысатын азаматтық қызметшілердің айлықақыларымен және мөлшерлемелерімен салыстырғанда жиырма бес пайызға жоғарылатылған лауазымдық айлықақылар мен тарифтік мөлшерлемелер белгіленсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Науырзым ауданы мәслихатының 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мәслихаттың "Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс істейтін денсаулық сақтау, әлеуметтік қамсыздандыру, білім беру, мәдениет және спорт саласындағы мамандарға жиырма бес пайызға жоғарылатылған лауазымдық айлықақылар мен тарифтік мөлшерлемелерді белгілеу туралы" 2020 жылғы 3 сәуірдегі № 347 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020 жылғы 8 сәуірде Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9079 болып тіркелген) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -301,51 +410,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Сессия төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -358,51 +467,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Р. Нурбаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -420,51 +529,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Аудандық мәслихаттың хатшысы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -521,55 +630,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -895,31 +1004,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>