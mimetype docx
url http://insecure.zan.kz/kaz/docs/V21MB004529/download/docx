--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ffcd80f" w14:textId="ffcd80f">
+    <w:p w14:paraId="150028b" w14:textId="150028b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -958,310 +958,50 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2022 жылғы 13 шілдедегі</w:t>
-[...258 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> 2021 жылғы 6 мамырдағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
@@ -1320,91 +1060,89 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жаңаөзен қаласының аумағында стационарлық емес сауда объектілерін орналастыру орындары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 – қосымша жаңа редакцияда - Маңғыстау облысы Жаңаөзен қаласы әкімдігінің 13.07.2022 </w:t>
+      Ескерту. 1- қосымша жаңа редакцияда - Маңғыстау облысы Жаңаөзен қаласы әкімдігінің 29.10.2025 № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 340</w:t>
+        <w:t xml:space="preserve">399 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); қазақ тілінде өзгеріс енгізілді, орыс тіліндегі мәтіні өзгермейді - Маңғыстау облысы Жаңаөзен қаласы әкімдігінің 14.02.2024 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыcымен.</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 77</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
@@ -1751,87 +1489,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Сәнді",</w:t>
-[...35 lines deleted...]
-"Нұржан" дүкендері</w:t>
+"Сәнді", "Қазына", "Нұржан" дүкендері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2450,69 +2152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Асылбек"</w:t>
-[...17 lines deleted...]
-дүкені</w:t>
+"Асылбек" дүкені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2616,52 +2300,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Жаңаөзен қаласы, "Көктем" шағын ауданы, № 1 үйдің артында </w:t>
+              <w:t>
+Жаңаөзен қаласы, "Көктем" шағын ауданы, № 1 үйдің артында</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3352,123 +3036,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Еркін",</w:t>
-[...71 lines deleted...]
-Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату) </w:t>
+"Еркін", "Берік", "Ералы" дүкендері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3645,51 +3293,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бөлшек сауда (ауыл шаруашылық  өнімдерін сату)</w:t>
+Бөлшек сауда (ауыл шаруашылық өнімдерін сату)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3978,52 +3626,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Жаңаөзен қаласы, "Самал" шағын ауданы, № 33 үйдің артында </w:t>
+              <w:t>
+Жаңаөзен қаласы, "Самал" шағын ауданы, № 33 үйдің артында</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4050,52 +3698,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-"KimSim" кафесі </w:t>
+              <w:t>
+"KimSim" кафесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4235,52 +3883,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-6 </w:t>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4456,52 +4104,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-6 </w:t>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4677,52 +4325,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-6 </w:t>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4749,52 +4397,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату) </w:t>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5340,106 +4988,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-дүкені</w:t>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Жасмин" дүкені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5616,69 +5246,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Нұр"</w:t>
-[...17 lines deleted...]
-супермаркеті</w:t>
+"Нұр" супермаркеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6076,69 +5688,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Арманай"</w:t>
-[...17 lines deleted...]
-дүкені</w:t>
+"Арманай" дүкені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6905,52 +6499,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Жаңаөзен қаласы, "Астана" шағын ауданы, Қашаған көшесі, №24 үйдің алдында</w:t>
+              <w:t xml:space="preserve">
+Жаңаөзен қаласы, "Астана" шағын ауданы, Қашаған көшесі, №24 үйдің алдында </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7014,51 +6608,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7162,52 +6756,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-24 </w:t>
+              <w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7383,52 +6977,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-24 </w:t>
+              <w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8011,87 +7605,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жаңаөзен қаласы, Рахат ауылы, "Мерей" шағын ауданы, 46 көше  № 60 А ғимараттың алдында</w:t>
-[...35 lines deleted...]
-24 </w:t>
+Жаңаөзен қаласы, Рахат ауылы, "Мерей" шағын ауданы, 46 көше № 60 А ғимараттың алдында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8118,52 +7712,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату) </w:t>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8339,52 +7933,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату) </w:t>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8674,51 +8268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жаңаөзен қаласы, Рахат ауылы, "Ақсу" шағын ауданы,  С. Сейтказиев көшесі, № 77 А құрылысының алдында</w:t>
+Жаңаөзен қаласы, Рахат ауылы, "Ақсу" шағын ауданы, С. Сейтказиев көшесі, № 77 А құрылысының алдында</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8746,69 +8340,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Әлібек",</w:t>
-[...17 lines deleted...]
-"Нұр" дүкендері</w:t>
+"Әлібек", "Нұр" дүкендері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9021,51 +8597,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9134,87 +8710,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жаңаөзен қаласы, Теңге ауылы,  Ө. Ноятұлы көшесі,  № 1 Б құрылыстың алдында</w:t>
-[...35 lines deleted...]
-24 </w:t>
+Жаңаөзен қаласы, Теңге ауылы, Ө. Ноятұлы көшесі, № 1 Б құрылыстың алдында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9355,51 +8931,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жаңаөзен қаласы, Теңге ауылы,  Т. Айбергенов көшесі, № 1 ғимаратқа қарама-қарсы</w:t>
+Жаңаөзен қаласы, Теңге ауылы, Т. Айбергенов көшесі, № 1 ғимаратқа қарама-қарсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9464,50 +9040,6680 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бөлшек сауда (ауыл шаруашылық өнімдерін сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, №3 мектеп жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Самал" шағын ауданы, 28 үй артында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Zefir" кафе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Өркен" шағын ауданы, №1 үй жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Өркен" шағын ауданы, №1 үй жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Рауан" шағын ауданы, 1 үй алдында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Рауан" шағын ауданы, 1 үй алдында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Шаңырақ" шағын ауданы, емхана жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Өркен" шағын ауданы, №56 үй жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жаңаөзен қаласы, "Мұнайлы" шағын ауданы, Налоговый қарама қарсы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Көктем" шағын ауданы, "ММ" көлік жуу орталығының жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Мұнайлы" шағын ауданы, Қонай батыр көшесі бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Мұнайлы" шағын ауданы, Қонай батыр көшесі бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Көктем" шағын ауданы, №46 үй жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Өркен" шағын ауданы, №24 үй жанынан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Өркен" шағын ауданы, №75 үй жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Көктем" шағын ауданы, №8 мектеп жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Самал" шағын ауданы, 37 үй жанынан маки маки жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Көктем" шағын ауданы, Энергетик спорт кешені алдында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жаңаөзен қаласы, Маңғыстау даңғылы бойынан, "Жібек жолы" базарына қарама қарсы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Астана" шағын ауданы, Қ. Сыдиықов көшесі, Жеті қайқы көшесі бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Көктем" шағын ауданы, Каспий колледжі жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Самал" шағын ауданы, 34 үй жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Шаңырақ" шағын ауданы, 21 үй артында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Мамыр" шағын ауданы, Көркем алем ет дүкені жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен-Ақтау бағытындағы Стелла жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Шұғыла" шағын ауданы, Мечта дүкені алдында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Шұғыла" шағын ауданы, Мечта дүкені алдында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Көктем" шағын ауданы, №57 жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Жалын" шағын ауданы, Мұрағат жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен қаласы, "Ақбұлақ" шағын ауданы, Балабақша жанында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлшек сауда (азық-түлік/азық-түлік емес тауарларын сату)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9522,50 +15728,246 @@
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10901,55 +17303,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>