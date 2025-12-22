--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="356a0b2" w14:textId="356a0b2">
+    <w:p w14:paraId="7f436a2" w14:textId="7f436a2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -524,64 +524,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Саран қаласы әкімінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 жылғы "09" шілде</w:t>
+              <w:t>2025 жылғы "12" қараша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 1 шешіміне</w:t>
+              <w:t>№ 2 шешіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -589,2971 +589,2973 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Саран қаласындағы сайлау учаскелері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда – Қарағанды облысы Саран қаласының әкімінің 09.07.2025 </w:t>
+      Ескерту. Қосымша жаңа редакцияда – Қарағанды облысы Саран қаласының әкімінің 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1</w:t>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 237 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: "Абай Құнанбаев атындағы Саран жоғары гуманитарлық-техникалық колледжі" коммуналдық мемлекеттік қазыналық кәсіпорны, Саран қаласы, Жеңіс көшесі, 28 үй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: Чкалов көшесі, 1, 3, 5, 5а, 5б, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шахтерская көшесі, 32, 32а, 36, 38, 40, 42, 44, 44а, 45, 46, 46а, 47, 48, 48а, 49, 50, 50а, 51, 52, 52а, 54, 54а, 55, 56, 56а, 58, 58а үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеңіс көшесі, 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 11а, 12, 12/3, 14, 15, 15/1, 15г, 16, 17, 18, 19, 19а, 23, 24, 25, 29, 31, 34, 34а, 35, 36, 37, 36а, 38, 38а, 41 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Огородная көшесі, 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 18, 19, 20, 22, 24, 26, 28, 29, 30, 32, 32а, 33, 34, 35, 36, 38, 39, 40, 41, 42, 43, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жамбыл көшесі, 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17а, 17б, 18, 18а, 18б, 19, 19а, 19б, 20, 20а, 20б, 21, 22, 23, 23а, 24, 24а, 24б, 25, 25а, 26, 26а, 26б, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40а, 40б, 40в, 41, 42, 42а, 43, 44, 45, 47, 49, 51, 53, 55/1 үйлер; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Московская көшесі, 2, 4, 6, 8, 10, 12 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қабыш Жәкенов көшесі, 1, 3, 3а, 5, 9, 11, 13, 15 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеңіс көшесі, 40, 40а, 42, 42а үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чкалов көшесі, 37, 39, 41, 43, 45, 47, 49, 51, 53 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Безымянная, Водоканальная, Капитальная, Тимирязев, Коминтерн, Черняховский, Трудовая, Пирогов, Сарыарқа, Мир, Калинин, Стадионная, Заречная, Челюскин, Киров көшелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Безымянный, Водоканальный тұйық көшелері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 238 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарағанды облысы білім басқармасының Саран қаласы білім бөлімінің "№ 1 мектеп-лицейі" коммуналдық мемлекеттік мекемесі, Саран қаласы, Жамбыл көшесі, 50 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: Жамбыл көшесі, 46, 48, 52, 54, 55, 55а, 57, 57а, 59 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қабыш Жәкенов көшесі, 17, 19, 21, 23 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Московская көшесі, 1, 3, 5 үйлер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 239 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: "Абай Құнанбаев атындағы Саран жоғары гуманитарлық-техникалық колледжі" коммуналдық мемлекеттік қазыналық кәсіпорны, Саран қаласы, Ленин даңғылы, 14 үй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: Жеңіс көшесі, 43, 44, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Саранская көшесі, , 2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 17, 18, 19, 20, 21, 22, 23, 24, 26 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чкалов көшесі, 55, 55а, 57, 57а, 59, 69, 71, 71а, 71б үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жамбыл көшесі, 56, 58, 60, 62, 63, 64, 65, 66, 67а, 69 үйлер; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қабыш Жәкенов көшесі, 2, 4, 6, 8, 8а, 10, 12, 14, 14/1, 16 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Елизавета Зимина көшесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ленин даңғылы, 1, 3, 5, 7, 9, 11 үйлер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 240 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарағанды облысы білім басқармасының Саран қаласы білім бөлімінің "№ 17 мектеп-гимназиясы" коммуналдық мемлекеттік мекемесі, Саран қаласы, Абай көшесі, 25а үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: Абай көшесі, 11, 13, 15, 17, 21, 23, 25, 27, 29 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жанғали Қожанов көшесі: 13, 15, 17, 19, 21, 21а үйлер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 241 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарағанды облысы білім басқармасының Саран қаласы білім бөлімінің "Абай атындағы жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесі, Саран қаласы, Жамбыл көшесі, 72 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: Жамбыл көшесі, 71, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 86, 87, 88, 89, 90, 92, 94, 96, 98, 100, 102, 104, 105, 106, 108 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жанғали Қожанов көшесі, 2, 3, 4, 4а, 5, 6, 7, 8, 9, 10, 11 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Абай көшесі, 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 12, 14, 16 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеңіс көшесі, 68, 70, 71, 72, 73, 74, 74а,75, 76, 76/2, 76/6, 76/8, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 101, 103, 105, 107, 109, 111, 113, 76/1, 76/5 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чкалов көшесі, 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 75, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рабочая көшесі: 1, 3, 5, 7, 9 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гастелло көшесі: 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 11, 13, 15, 16, 17, 19 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Солнечная көшесі, 1, 2, 3, 4, 6 үйлер; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Юность көшесі, 3, 7, 9, 13, 15, 17, 19 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ленин даңғылы, 2, 4, 6, 8, 10, 12 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Карагандинская, Доковская, Горький көшелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Волынский, Озерный, Больничный тұйық көшелері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 242 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарағанды облысы білім басқармасының Саран қаласы білім бөлімінің "№ 6 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесі (оң жақ қанаты), Саран қаласы, 1 "А" ықшам ауданы, 26 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: 1 "А" ықшам ауданы, 1, 2, 3, 4, 5, 5/1, 6, 6/3, 8, 9, 10, 11, 13, 14, 16, 17, 19, 28, 29 үйлер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 243 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарағанды облысы білім басқармасының Саран қаласы білім бөлімінің "№ 6 жалпы білім беретін мектебі" комуналдық мемлекеттік мекемесі (сол жақ қанаты), Саран қаласы, 1 "А" ықшам ауданы, 26 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: "Горняк" ықшам ауданы, 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 41, 42, 43, 44, 45, 46, 47, 49, 49а, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 61, 61а, 61б, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 83, 84, 85, 127, 129, 130, 131, 132, 133, 137, 138, 145/1, 146, 149/1, 149/2, 165, 169, 170 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1 "А" ықшам ауданы, 12, 18, 20, 21, 22, 23, 24, 25 үйлер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 244 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарағанды облысы білім басқармасының "№ 9 арнайы мектеп-интернаты" коммуналдық мемлекеттік мекемесі, Саран қаласы, Жамбыл көшесі, 112 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Горняк" ықшам ауданы, 86, 87, 88, 89, 90, 96, 123, 124, 125, 126, 128, 142, 143, 144, 145, 149 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рабочая көшесі, 2, 89б үйлер; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Абай көшесі, 20, 22, 24 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кошевой, Кутузов, Свердлов, Макаренко, Труд, Южная, Степная, Луговая, Набережная, Казахская, Зеленая, Гоголь көшелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Северный, Первый, Садовый, Бульварный, Западный, Труд, Гоголь, Крайний, Центральный тұйық көшелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центральный өткелі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 245 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарағанды облысы білім басқармасының Саран қаласы білім бөлімінің "№ 7 мектеп-интернаты" коммуналдық мемлекеттік мекемесі, Саран қаласы, 2 ықшам аудан, 15а үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: 2 ықшам аудан: 9, 41 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3 ықшам аудан: 1, 2, 5, 6, 7, 8, 9, 10, 12, 13, 14, 15, 16, 18, 19, 20, 21, 22, 23, 34, 35, 36, 105, 106, 114, 115, 116, 116а, 118, 119, 120, 120а, 149, 150, 151, 152, 153 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
-[...15 lines deleted...]
-      "Жосалы" станциясының үйлері.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Химик" ықшам ауданы: 1, 1а, 2, 3, 3а, 4, 5, 5а, 6, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27, 32, 33, 43, 44, 45, 46, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 67, 74, 75, 76, 77, 78, 79, 86, 87, 91, 92а, 93, 94, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 108, 109, 113, 114, 115, 116, 117, 118, 119, 120 үйлер; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Новодубовская" станциясының үйлері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 246 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: "Облыстық психикалық денсаулық орталығы" шаруашылық жүргізу құқығындағы Саран қаласының мәжбүрлеп емдеуге арналған наркологиялық орталығы" коммуналдық мемлекеттік кәсіпорны, Саран қаласы, Чкалов көшесі, 73 үй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: "Облыстық психикалық денсаулық орталығы" шаруашылық жүргізу құқығындағы Саран қаласының мәжбүрлеп емдеуге арналған наркологиялық орталығы" коммуналдық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 247 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: "Саран техникалық колледжі" коммуналдық мемлекеттік мекемесі, Саран қаласы, Кольцевая көшесі, 12 үй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: Чкалов көшесі, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гастелло көшесі, 18, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 33, 34, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Солнечная көшесі, 15, 17, 19, 21, 22, 23, 25, 26, 29, 30, 31, 33, 34, 35, 36, 37, 38, 39, 40, 42 үйлер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Юность көшесі, 12, 14, 24, 26, 43, 45, 47, 49, 51, 53 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рабочая көшесі, жұп жағы, 4, 4/2, 6, 8, 10, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 34/1, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 60А, 62, 64, 66, 68, 70, 72, 74, 76 үйлер; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дружба, Фестивальная, Студенческая, Матросов, Угольщиков, Кольцевая, Веселая, Раскова, Осипенко, Амурская, Ньютон, Чудесная, Пролетарская, Пограничная, Менделеев, Киевская, Энгельс, Довженко, Буденный, Комаров, Котовский, С. Лазо, Рокоссовский, Щорс, Пархоменко, Станционная, Маяковский, Островский, Арычная, Новая, Крайняя, Химиков, Маресьев көшелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Просторный тұйық көшесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталық қосалқы станция кенті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 248 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: "Қазақстан Республикасы Төтенше жағдайлар министрлігі Қарағанды облысы Төтенше жағдайлар департаментінің Өрт сөндіру және авариялық-құтқару жұмыстары қызметі (Қарағанды қаласы)" мемлекеттік мекемесі № 24 өрт сөндіру бөлімі, Саран қаласы, Шахтерская көшесі, 6а үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: Шахтерская көшесі, 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 10б, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 33, 35, 37, 39, 41, 43 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Молодежная, Жуковский, Октябрьская, Коммунальная, Строительная, Тургенев көшелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Межквартальный, Строительный, Средний тұйық көшелері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 249 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z98" w:id="91"/>
-[...15 lines deleted...]
-      Шекараларда: Цимлянская, Спортивная, Панфилов, Некрасов, Амангелді, Красноармейская, Қазақстан, Ватутин, Проточная, Арбатская, Шевченко, Крылов, Индустриальная, Ибаррури, Нұркен, Клара Цеткин, Кузнецкая, Цветная, Вахтерская, Ударная, Чапаев, Шмидт, Высоковольтная, Пушкин, Угольная, Восточная, Павлов, Ушаков, Асфальтная, Красин, Верхняя, Горняков, Нагорная, Дубовская, 1-Фурманов, 2-Фурманов, Горноспасательная, Клубная, Лермонтов, Шевцов көшелері;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарағанды облысы білім басқармасының Саран қаласы білім бөлімінің "№ 2 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесі, Саран қаласы, Ушаков көшесі, 8/1 үй.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларда: Цимлянская, Спортивная, Панфилов, Некрасов, Амангелді, Красноармейская, Қазақстан, Ватутин, Проточная, Арбатская, Шевченко, Крылов, Индустриальная, Ибаррури, Нұркен, Клара Цеткин, Кузнецкая, Цветная, Вахтерская, Ударная, Чапаев, Шмидт, Высоковольтная, Пушкин, Угольная, Восточная, Павлов, Ушаков, Асфальтная, Красин, Верхняя, Горняков, Нагорная, Дубовская, 1-Фурманов, 2-Фурманов, 3-Фурманов, Горноспасательная, Клубная, Лермонтов, Шевцов көшелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дубовский, Асфальтный тұйық көшелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 250 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарағанды облысы білім басқармасының Саран қаласы білім бөлімінің "№ 2 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесі, Саран қаласы, Ушаков көшесі, 8/1 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: Промышленная, Магистральная, Проходческая, Совхозная, Геологическая, Морозов, Разведчиков, Арычная, Шоссейная, Алмаатинская, Сәкен, Аральская, Юбилейная көшелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Первый Морозов, Первый Совхозный, Второй Совхозный тұйық көшелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Саранская" шахтасының жанындағы үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 251 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарағанды облысы білім басқармасының Саран қаласы білім бөлімінің "№ 16 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесі, Саран қаласы, Ақтас кенті, Космическая көшесі, 11 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: Әлия Молдағұлова көшесі, 2, 4, 6, 8, 10, 12, 16, 18, 20, 22, 23, 24, 25, 26, 26а, 27, 29 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Космическая көшесі, 2, 4, 6, 8, 9, 10, 12, 13, 15, 16, 16а, 17, 18, 18а үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кеншілер көшесі, 2, 4, 6, 8, 10, 12, 16 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ковыльная көшесі, 16, 18, 18а, 19, 19а, 20, 21, 22, 23, 24, 25, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 38, 38а, 39, 40, 40а, 41, 42, 43, 44 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бауыржан Момышұлы көшесі, 56, 58, 60, 62, 63, 64, 65, 66, 67, 67а, 68, 69, 69а, 70, 71, 72, 73, 73а, 74, 75, 76, 78 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Первомайская көшесі, 13, 13/1, 13б, 14 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ковыльный тұйық көшесі, 1, 2, 3, 4, 5, 6 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ковыльный тұйығы, 1, 2, 3, 4, 5, 6, 7, 9 үйлер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 252 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:bookmarkStart w:name="z119" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарағанды облысы білім басқармасының Саран қаласы білім бөлімінің "№ 13 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесі, Саран қаласы, Ақтас кенті, Бейбітшілік көшесі, 7 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z120" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: Қаныш Сәтбаев көшесі: 3, 3а, 4, 5а, 7, 19, 21, 22а, 23, 24, 25, 26а, 27, 28, 29, 30, 31, 32, 33, 32а, 34а, 34б, 35, 36, 36а, 36б, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 49, 49/2, 50, 51, 53, 54, 55, 56, 57, 58, 59, 61, 62, 63, 65, 67, 68, 69, 70, 71 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z119" w:id="112"/>
-[...15 lines deleted...]
-      Гражданская көшесі, 4, 6, 6б, 7, 8, 9, 10, 11, 11а, 12, 12б, 13, 18, 18б, 20, 21, 22, 23, 24, 25, 25а, 25б, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51б, 52, 53, 54, 55 үйлер;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бауыржан Момышұлы көшесі, 1б, 3, 3б, 5, 7, 9, 9/1, 11, 13, 15, 17, 25, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 54/1, 55, 57, 59, 61 үйлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z120" w:id="113"/>
+    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гражданская көшесі, 4, 6, 6б, 7, 8, 9, 10, 11, 11а, 12, 12б, 13, 18, 18б, 18в, 20, 21, 22, 23, 24, 25, 25а, 25б, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51б, 52, 53, 54, 55 үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z123" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лихачев көшесі, 1, 3, 5, 7, 9, 11, 13, 15 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z121" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z124" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ковыльная көшесі, 1, 3, 5, 7, 9, 11, 13, 13б, 15, 15а үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z122" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z125" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Космическая көшесі, 1, 3, 5 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z123" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z126" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Первомайская көшесі, 16 үй;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z124" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z127" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кржижановский көшесі: 1, 3, 5, 7, 9, 9а, 9б, 11, 15, 16, 17 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z125" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z128" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шевцова көшесі: 2, 14, 16 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z126" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z129" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шевцова тұйық көшесі, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z127" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z130" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Саратовский тұйық көшесі, 1, 2, 3, 4 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z128" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z131" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чайковский тұйық көшесі, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z129" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z132" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Громова, Батумский, первый Гражданский, второй Гражданский тұйық көшелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z131" w:id="124"/>
+    <w:bookmarkStart w:name="z133" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Актасская" шахтасы қосалқы станциясының үйлері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z134" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 253 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z132" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z135" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: "Ақтас кентінің мәдени - сауық орталығы" коммуналдық мемлекеттік қазыналық кәсіпорны (спорт залы), Саран қаласы, Ақтас кенті, Кржижановский көшесі, 16а үй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z134" w:id="127"/>
+    <w:bookmarkStart w:name="z136" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларда: Гастелло көшесі: 12, 14, 16, 16а үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z137" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кржижановский көшесі: 6, 8, 21, 23, 25 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z135" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z138" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ковыльная көшесі: 2, 4, 6, 8 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z136" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z139" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1 ықшам аудан: 1, 2, 3, 4, 5 үйлер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z137" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z140" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 254 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z138" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z141" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: "Ақтас кентінің мәдени - сауық орталығы" коммуналдық мемлекеттік қазыналық кәсіпорны (кіші зал), Саран қаласы, Ақтас кенті, Кржижановский көшесі, 16а үй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z139" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z142" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: Кржижановский көшесі: 18, 20, 27а, 29 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z140" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z143" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гастелло көшесі: 18, 18а, 18б, 20, 22 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z141" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z144" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Первомайская көшесі: 4, 6, 8, 12, 14а, 14б, 14в, 16а, 16б үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z145" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1 ықшам аудан: 6, 7, 8 үйлер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z143" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z146" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 255 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:bookmarkStart w:name="z147" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарағанды облысы білім басқармасының Саран қаласы білім бөлімінің "№ 13 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесі, Саран қаласы, Ақтас кенті, Бейбітшілік көшесі, 7 үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z148" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: Бауыржан Момышұлы көшесі, 2, 4, 6, 6/1, 8, 10, 12, 14, 16, 18, 20, 24, 26 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z146" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z149" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кржижановский көшесі: 12, 14 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z147" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z150" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гастелло көшесі: 2, 3а, 4, 6, 8, 10 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z148" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z151" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Первомайская көшесі: 1, 2, 3, 5, 7, 9, 10 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z149" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z152" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Саратовская көшесі: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 21, 22, 23, 24, 25, 26, 28, 29, 29а, 30, 31, 31/1, 33, 35, 37, 39, 41, 42, 43, 44, 46 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z150" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z153" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бейбітшілік көшесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z151" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z154" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бородин тұйық көшесі, 3, 4, 5, 8, 12, 14, 19, 22, 24 үйлер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z153" w:id="146"/>
-[...15 lines deleted...]
-      "Сабырхан" станциясы;</w:t>
+    <w:bookmarkStart w:name="z155" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сабурханская қосалқы станциясы және Түсіп Күзембаев атындағы шахта қосалқы станциясы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z154" w:id="147"/>
+    <w:bookmarkStart w:name="z156" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сабурханская" станциясы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z157" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Дружба" бағбандар қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z155" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z158" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Бытовая" қосалқы станциясы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z156" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z159" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 256 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z157" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z160" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталығы: "Саран қаласының ауруханасы" шаруашылық жүргізу құқығындағы коммуналдық мемлекеттік кәсіпорны, Саран қаласы, Саранская көшесі, 28а үй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z158" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z161" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекараларда: "Саран қаласының ауруханасы" шаруашылық жүргізу құқығындағы коммуналдық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>