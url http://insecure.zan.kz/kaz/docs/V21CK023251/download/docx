--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="349888b" w14:textId="349888b">
+    <w:p w14:paraId="22ce5c8" w14:textId="22ce5c8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -700,50 +700,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қосымша жаңа редакцияда - Ақтөбе облысы Ойыл ауданы әкімінің 23.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгерістер енгізілді - Ақтөбе облысы Ойыл ауданы әкімінің 19.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 389 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1150,51 +1170,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 397 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ш.Берсиев атындағы ауылдық округі Қаратал ауылы Ш.Берсиев көшесі 39, "Ойыл аудандық ішкі саясат, мәдениет, тілдерді дамыту және спорт бөлімі" мемлекеттік мекемесінің "Ойыл аудандық орталықтандырылған кітапханалар жүйесі" коммуналдық мемлекеттік мекемесінің Ш.Берсиев атындағы модульдік кітапханасының ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: Ш.Берсиев атындағы ауылдық округі Қаратал ауылы Ж.Жүсібалиев көшесі 2, "Ақтөбе облысының білім басқармасы Ойыл ауданының білім бөлімі" мемлекеттік мекемесінің "Ш.Берсиев атындағы орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Қаратал ауылы: Ш.Берсиев, Әбілқайыр хан, Ақтөбе, Абай, Ө.Бақаев, И.Қарағұлов, Шәкәрім, Ж.Жүсібәлиев, Республика, Бейбітшілік, З.Баймолдина, Көкжар, Тәуелсіздік, Сүлеймен әулие, Қобыланды батыр, Ә.Молдағұлова көшелері.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -1722,51 +1742,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 408 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Саралжын ауылдық округі Саралжын ауылы Бейбітшілік көшесі 15, "Ойыл аудандық ішкі саясат, мәдениет, тілдерді дамыту және спорт бөлімі" мемлекеттік мекемесінің "Ойыл аудандық мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының Саралжын ауылдық клубының ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: Саралжын ауылдық округі Саралжын ауылы Көктал көшесі 2, "Ақтөбе облысының білім басқармасы Ойыл ауданының білім бөлімі" мемлекеттік мекемесінің "Ә.Дербісалин атындағы Саралжын орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Саралжын ауылы: Ә.Дербісәлин, Алаш, Ботагөз-2, Ақтөбе, Қазақстан, И.Құрманов, Көктал, Қ.Шоланов, Таубатыр, Бейбітшілік, С.Керімбаева көшелері; Коңырат ауылы: Қоңырат, Ойыл көшелері.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -2052,55 +2072,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>