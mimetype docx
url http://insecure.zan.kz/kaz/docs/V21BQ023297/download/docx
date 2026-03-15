--- v0 (2025-11-07)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d5f05a7" w14:textId="d5f05a7">
+    <w:p w14:paraId="cc2216a" w14:textId="cc2216a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -825,51 +825,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі)  шешімдерімен.</w:t>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -939,107 +959,1157 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 639 сайлау учаскесі</w:t>
+              <w:t xml:space="preserve">№ 639 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сайлау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учаскесі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орналасқан жері: Ақмола облысы, Целиноград ауданы, Ақмол ауылы, Гагарин көшесі, 12, "Аудандық мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынның ғимараты.</w:t>
+              <w:t>Орналасқан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақмола</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>облысы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Целиноград </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауданы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақмол</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауылы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Гагарин </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, 12, "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудандық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәдениет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үйі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>коммуналдық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қазыналық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіпорнының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғимараты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>..</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шекаралары: Черемушки көшесі – 1, 2, 3, 4, 5, 6, 7 А, 9, 10, 11, 12, 13, 14, 21; Қосқопа көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 28, 29; Жаңа жол көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 27, 28, 29, 31, 32, 33, 35.</w:t>
+              <w:t>Шекаралары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Черемушки </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шағын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауданы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 2, 3, 4, 5, 6, 7, 8, Черемушки </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5а, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23, 24, 24/1 25, 26; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коскопа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 28, 29; Жана </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жол</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20А, 22, 24, 27, 28, 29, 31, 32, 33, 35, 35А, 37, 39, 39/1; Элеваторная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 2, 2А, 3/1, 3/2, 4, 5, 5А, 5Б, 6, 6А, 7, 7/1, 7/2, 8, 9, 10, 11, 13, 13А, 14, 15, 16, 17, 18; Капан Мухамеджанов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 3, 5, 7, 9, 11, 13, 15, 17, 19; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Беимбет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Майлин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шокан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уалиханов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20; Ильяс </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есенберлин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сакен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сейфуллин </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27; Ильяс </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жансугуров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 27, 28, 29, 30, 31, 32; Наурыз </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 27, 28, 29, 30, 31, 32; Малик Габдуллин </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 27, 28, 29, 30, 31, 32; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сабит</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Муканов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 31; Людмила Русланова </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3, 5, 7, 9, 11,13, 15, 17, 19, 27, 29; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жети</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жаргы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 18; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Миржакып</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дулатулы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2, 3, 4, 5; Иван Шарф </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 24; ИПС </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 3, 4, 5, 6; Линейная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 2, 3, 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1090,69 +2160,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 640 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орналасқан жері: Ақмола облысы, Целиноград ауданы, Ақмол ауылы, Гагарин көшесі, 1, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімі Ақмол ауылының жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
-[...17 lines deleted...]
-Шекаралары: Гагарин көшесі – 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 15; Шайкен Исенов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 74, 76, 78, 82, 84, 86, 87; Иван Шарф көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 24; ИПС көшесі – 1, 3, 4, 5, 6; Элеваторная көшесі – 1, 2, 3, 4, 5, 6, 7, 9, 10, 14, 18; Линейная көшесі – 1, 2, 3, 4.</w:t>
+Орналасқан жері: Ақмола облысы, Целиноград ауданы, Ақмол ауылы, Гагарин көшесі, 1, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімінің Ақмол ауылының жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шекаралары: Гагарина көшесі – 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 15; Шайкен Исенов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 74, 76, 78, 82, 84, 86, 87.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2107,69 +3177,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 649 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орналасқан жері: Ақмола облысы, Целиноград ауданы, Қараөткел ауылы, Кенесары хан көшесі, 2 Д, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімі Қараөткел ауылының № 2 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
-[...17 lines deleted...]
-Шекаралары: Наурызбай батыр көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; Қарасай батыр көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; Әмір Темір көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Қозыкөш көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23; Бұзықты көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31; Лев Гумилев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; Бөгенбай батыр көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; Әлихан Бөкейханов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46; Талдыкөл көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; Жеңіс көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; Ахмет Байтұрсынов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; Шоқан Уалиханов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; Тұрар Рысқұлов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; Ғабит Мүсірепов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53; Жамбыл Жабаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 67, 58, 59, 60, 61, 62, 63, 64, 65, 66; Шәмші Қалдаяқов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63; Домалақ ана көшесі – 1, 2, 3, 4, 5, 6; Амангелді Иманов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62; Сарыарқа көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58; Ілияс Жансүгіров көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81; Кемаль Акишев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80; Мұстафа Шоқай көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80; Бұқар жырау көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72; Кенесары хан көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52; Қабанбай батыр көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18; Бошан көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; Ыбырай Алтынсарин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14; Мәлік Ғабдулин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; Сәбит Мұқанов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; Мұхтар Әуезов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; Сәкен Сейфуллин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Әйтеке би көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; Төле би көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21; Қазыбек би көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46; Абылай хан көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; Мағжан Жұмабаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58; Әлия Молдағұлова көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Қажымұқан Мұңайтпасов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; Абай Құнанбаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36.</w:t>
+Орналасқан жері: Ақмола облысы, Целиноград ауданы, Қараөткел ауылы, Бөгенбай батыр көшесі, 2а, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімінің Қараөткел ауылының it мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шекаралары: Мұқағали Мақатаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; Амре Кашаубаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11; Магжан Жумабаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58; Абай Кунанбаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36. Хамит Ергалиев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27; Кабанбай батыр көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18; Богенбай батыр көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; Талдыколь көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; Женис көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; Кенесары хан көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52; Бухар жырау көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72; Мустафа Шокай көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80; Кемаль Акишев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80; Ильяс Жансугуров көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81; Сарыарка көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58; Алия Молдагулова көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2220,87 +3290,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 650 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орналасқан жері: Ақмола облысы, Целиноград ауданы, Қараөткел ауылы, Қожа Ахмет Йассауи көшесі, 9Б, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімі Қараөткел ауылының № 1 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
-[...35 lines deleted...]
-63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82.</w:t>
+Орналасқан жері: Ақмола облысы, Целиноград ауданы, Қараөткел ауылы, Қожа Ахмет Йассауи көшесі, 9Б, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімінің Қараөткел ауылының № 1 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шекаралары: Абилхан Кастеев көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36. Атан батыр көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; Айша биби көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43; Есиль көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; Астана көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; Каукен Кенжетайулы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41; Куляш Байсейтова көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48; Ертис көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; Даулеткерей Шигайулы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96; Динмухаммед Кунаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; Шакен Айманов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; Султанмахмут Торайгыров көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; Жусипбек Аймауытов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; Шакарим Кудайбердиев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; Ильяс Есенберлин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; Кызылжар көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; Абу Насыр Аль-Фараби көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; Беймбет Майлин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31; Енбекши көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39; Курмангазы Сагирбайулы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50; Бауыржан Момышулы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; Дина Нурпеисова көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13; Тауелсиздик көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44; Каныш Сатпаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42; Алиби Жангелдин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34; Ағыбай батыр көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45; Баубек Булкышев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; Естай көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21; Бәйтерек көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23; Евгений Брусиловский көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Роза Бағланова көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; Әбілқайыр хан көшесі – 1, 2, 3, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; Жагалау көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88; Нура көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50; Кайым Мухамедханов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82. Султанмахмут Бейбарыс көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; Жұмабек Тәшенев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68; Қожа Ахмет Йассауи көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53; Акан сері көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2577,69 +3629,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 653 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орналасқан жері: Ақмола облысы, Целиноград ауданы, Қоянды ауылы, Әл– Фараби көшесі, 1, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімі Қоянды ауылының № 1 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
-[...17 lines deleted...]
-Шекаралары: Мұхамедрақым Жүнісов көшесі – 001, 1, 10, 101, 1010, 103, 103/1, 105, 11, 12, 13, 14, 15, 159, 16, 160, 161, 17а, 17, 18, 19, 2/3, 2, 2/1, 2/2, 2/3, 2/4, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28/1, 29, 3, 3/1,31, 32, 33, 34, 35, 36, 37, 38, 39/1, 39/2, 4/1, 40, 41, 43, 43а, 44, 44д, 45, 46/1, 46/2, 47, 49, 50, 51/1, 51/2, 53, 54, 55, 57/1, 61/3, 61/2, 63а, 63/1, 65, 65б, 65г, 69, 70, 71, 73, 73/1, 73а, 73а/1, 75, 77, 77/1, 77/2, 79/1, 80, 81/1, 81/2, 83а, 85, 87/1, 87/2, 88, 89, 90, 91, 92, 93, 94а, 95, 96, 97, 99; участок – 1; участок – 7; 113/1, 113/2, 115/1, 115/2, 117, 119, 119/1, 121, 123, 125, 127/1, 127/2, 129, 129/1, 131, 133, 135, 137а, 137, 139, 141, 143, 145, 147, 149, 151, 1553, 155,1 57, 50, 50а, 50б, 52/1, 52/2, 54, 56, 58, 64, 66, 68, 70, 72, 74, 74/1, 76, 78/1, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 98а, 98б, 98в, 100, 100а; Рахым Рамазанов көшесі – 55а, 16, 22, 33, 34/1, 39, 50, 51/1, 54а, 55б; участок – 37, участок – 52; участок – 54, 42, 10, 34/1, 52, 12, 12б, 13, 13а, 20, 28, 29, 40, 54а, 55а; участок – 16; участок – 43; участок – 54; участок – 11/1, 11/2, 12а, 13/1, 13/2, 14, 15/1, 15/2, 16, 18, 19/1, 19/2, 2/1, 20/2, 21/1, 21/2, 24,27, 27/1, 30, 30/1, 30/2, 31, 32/1, 32/2, 33, 34/1, 36/1, 36/2, 38/2, 4, 6, 8; Әлия Молдагулова көшесі – 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 1516, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 41; Абай Кұнанбаев көшесі – 1, 1б, 14а, 33а, 33б, 33в, 33, 5, 5д, 6а, 6б, 3д, 10, 12, 13, 15, 16, 17, 19, 22, 23, 25, 28, 32/1, 32/2, 34, 35, 37, 39, 40, 41, 42, 43, 44, 45, 49, 55, 60, 70, 81; участок – 93; Қоянды көшесі – 1, 11, 12, 13, 14/1, 14/2, 15, 16, 17, 17/2, 18, 19, 20, 21, 22, 24, 25, 26, 27, 28, 29, 31, 32/1, 32/2, 33/1, 33/1, 33/2, 34, 35, 36, 37/1, 37, 38, 39, 4, 40, 41а, 41б, 41в, 41, 43, 45, 46, 47, 48, 49, 50, 50, 50/1, 53, 54/1, 54/2, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68а, 68, 69, 70, 71, 72, 73, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 86, 85, 87, 87б, 88, 89а, 90, 93; участок – 2а; Мұстафа Шоқай көшесі – 1, 12, 13, 14, 15, 16, 17, 17/1,18, 19, 20, 21/1, 21/2, 22, 23, 24/1, 24/2, 25, 26, 27, 28, 29, 3/1, 3/2, 30, 31, 32, 33, 34, 35, 36а, 36, 39, 40, 40/1, 40/2, 41, 41/2, 42, 43, 43/1, 44, 46, 47, 48, 5б, 5, 51, 53, 54, 55, 56, 57, 57/2, 58, 59, 60/1, 60/2, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 80, 81, 82, 83, 84/1, 84/2, 85, 86, 87а, 87б, 87в, 87, 88а, 88А, 89, 90, 91; участок – 11, 5, 5/1; Шапағат көшесі – 1, 10/1, 10/2, 11, 12, 13, 15, 16, 17, 18/1, 18/2, 19, 20, 22, 23, 24, 24/1, 25, 26, 27, 28, 29, 3/1, 31, 32, 33, 34, 35, 36, 37, 38, 4/2, 41, 42, 43/1, 43/2, 44, 44/1, 45/2, 46, 47, 50, 51, 52, 53, 55, 58, 59, 6а/2, 60, 62, 63, 64, 65/1, 65/2, 66, 68, 69, 6а/1, 70, 71, 72, 78, 79, 80, 80/1, 80/2, 84, 85, 88, 88/1, 89, 90, 91, 95; Мәншүк Маметова көшесі – 1, 12, 13, 14, 15, 16, 17, 18, 19а, 19, 2а, 2в, 2г, 2д, 2, 20а, 20, 21, 22, 23, 24, 25, 26, 29, 30, 30а, 31, 32, 33, 34, 35, 36, 37, 38, 4б, 4, 40, 42, 44, 45, 46, 47/1, 47/2, 48, 49, 5/2, 50, 51, 52, 53, 54, 56, 57/1, 57/2, 58, 59, 6б/1, 6б/2, 6, 61, 62, 63, 64, 65, 66, 67, 68, 69, 7, 70, 71, 72, 74, 75, 76, 77, 78, 79, 80, 81, 82, 82а, 84а, 84а/1, 84, 85, 86/1, 86/2, 87, 88, 89, 91, 90, 93/1, 95, 97а, 97; участок – 29; участок – 4; участок – 41; Кенесары көшесі – 1а, 1, 10, 11, 12, 13, 14, 15, 16, 16/2, 17, 20, 21, 22, 23, 24, 25, 27, 28, 29, 3, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 44, 44/1, 46, 47, 48, 49, 50, 51, 52, 54, 55, 55/2, 56, 57, 58/1, 58/2, 59, 60, 61, 62, 63, 65, 66, 67/1, 67/2, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84/1, 84/2, 84/3, 85, 86, 87, 87а, 88, 89, 90, 91, 92, 94а, 94б, 94; Қабанбай батыр көшесі – 1, 10, 10/2, 11, 12, 13, 15, 16, 17, 18, 19, 20, 21, 23, 24, 26/1, 26/2, 27, 28, 3д, 30, 31, 31а, 33, 34, 36, 35, 37, 38, 39, 40, 41, 42а, 42б, 43, 44, 45, 46, 47, 48, 49, 5/1, 5/2, 50/1, 50/2, 51, 52, 53, 55, 56, 57, 59, 60, 62/1, 62/2, 64, 68, 70, 74, 76, 78, 80/1, 80/2, 82, 9; участок – 4; участок – 1а, 1а/1, 10б, 13а, 14а/1, 14а/2, 14а/3, 14а/4, 14а, 14а, 15а/1, 15а/2, 15а/3, 15а, 15а, 1а, 2а/1, 2а/2, 26, 32, 8а/1, 8а/2, 8а, 9б, 9а, 11а, 11/а, 115, 12/а, 13/а, 154, 169, 4, 4а, 5/1а, 5/5,54/1а,6а; Жеңіс көшесі – 1, 11б, 13, 1, 1а/1, 1а/2, 3, 5, 6б, 7, 7/1, 7б, 9, 9а, 9а/2, 9б; Мәлік Габдуллин көшесі – участок – 3, 12, 14, 16, 17, 19, 1, 2/1, 24, 26, 30, 34, 35, 39, 40, 41, 43, 45, 5, 6, 8, 81, 97; участок – 126; участок – 13; участок – 17; участок – 85; Әл Фараби көшесі – 13, 19, 25, 236, 11, 1, 15, 23, 3; Ыбырай Алтынсарин көшесі – 14, 18, 19, 219, 24а, 24, 25, 26, 29, 31, 32, 33, 34, 37, 39, 42, 6; Қазақстан көшесі – 12, 16, 19, 20, 22, 25, 28, 28а, 33, 35, 38, 40, 4а, 5, 37; Тоқтар Аубакиров көшесі – 15, 5, 9; Тәуелсіздік көшесі – 10, 11, 12, 13, 14, 15, 17, 18а, 19, 20, 24а, 25, 27, 29, 33, 35, 4, 7, 8а, 8г; участок – 3; участок – 31; участок– 33; Болашақ көшесі – 1, 10, 11, 12, 13, 17, 18, 1а, 20, 21, 26, 27, 28а, 29, 30, 33, 36, 37, 3б, 4, 40, 42, 44, 44/1, 49, 50, 56, 68, 8б, 8в, участок – 13; участок – 20; участок – 3; участок – 35; участок – 5/1; участок – 5/2; Дінмұхамед Қонаев көшесі – 10, 12, 18, 2, 21, 21, 23, 24, 25, 28, 3, 32, 34, 38, 40, 44, 5/1, 5/2, 56, 6, 8, 9; участок – 11; участок – 41; Қаныш Сәтпаев көшесі – 10, 13, 14, 18, 2, 20, 21, 30, 31, 31, 32, 32а, 34б, 34, 34/1, 37а, 37б, 39, 40, 43, 47, 5, 6, 7, 9; участок – 209; участок – 33; Қажымұқан Мұнайтпасов көшесі – 1а, 1, 10, 11, 11а, 12, 13а, 13, 15а, 15, 16, 19, 23, 24, 25а, 25, 27, 30, 4, 5, 6, 7, 8, 9; участок – 65; участок – 90; участок – 1; Сағадат Нұрмағамбетов көшесі – 10, 11, 12, 13, 14, 15, 16, 17, 22, 25, 26, 28, 30, 31а, 32, 33, 34а, 38, 40, 42, 46, 48, 54, 6, 60, 7, 72, 8, 9; участок - 120; участок - 134; участок - 180; участок - 182; Шоқан Уалиханов көшесі – 1, 13, 23, 3, 37, 39, 45, 47а, 49, 51, 53, 54, 58, 60а, 61, 7,75, 75/1; участок – 148; участок – 152; участок – 181; 49а, 55а, 85; Бауыржан Момышұлы көшесі – 1, 10, 12/1, 12/2, 13, 17, 19, 20, 22, 23/1, 25, 27, 29, 30, 39, 4, 5, 6, 7, 8, 9; участок – 2; Амангелді Иманов көшесі – 10, 14, 16, 17, 19, 21, 24, 26, 27, 28, 30, 34, 6а, 6; участок – 11; участок – 19; участок – 40; Рақымжан Қошқарбаев көшесі – 10, 13, 16, 2, 9; участок – 12; Таңатар көшесі – 1, 2, 3, 4, 5, 7, 9,10; Еңбек көшесі – 1, 2, 4, 5, 8, 10, 12, 14, 16, 18, 20, 22, 24; Мереке көшесі – 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 24, 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24; Байқоңыр көшесі – 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28; Көкпар көшесі – 5, 7, 9, 11, 13, 15, 17, 19, 21, 8, 10, 12, 14, 16, 18, 20, 22; микрорайон 12 – участок – 113; участок – 115; участок – 117; участок – 119; участок – 109; участок – 33; участок – 31; микрорайон 3а – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 82.</w:t>
+Орналасқан жері: Ақмола облысы, Целиноград ауданы, Қоянды ауылы, Әл-Фараби көшесі, 1, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімінің Қоянды ауылының № 1 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шекаралары: Мухамедрахим Джунусов көшесі – 113/1, 113/2, 115/1, 115/2, 117, 119, 119/1, 121, 123, 125, 127/1, 127/2, 129, 129/1, 131, 133, 135, 137а, 137, 139, 141, 143, 145, 147, 149, 151, 1553, 155, 157, 50, 50а, 50б, 52/1, 52/2, 54, 56, 58, 64, 66, 68, 70, 72, 74, 74/1, 76, 78/1, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 98а, 98б, 98в, 100, 100а; Рахым Рамазанов көшесі – 55а, 16, 22, 33, 34/1, 39, 50, 51/1, 54а, 55б; участок – 37; участок – 52; участок – 54, 42, 10, 34/1, 52, 12, 12б, 13, 13а, 2, 28, 29, 40, 54а, 55а; участок – 16; участок – 43; участок – 54, 11/1, 11/2, 12а, 13/1, 13/2, 14, 15/1, 15/2, 16, 18, 19/1, 19/2, 2/1, 20/2, 21/1, 21/2, 24, 27, 27/1, 3, 30/1, 30/2, 31, 32/1, 32/2, 33, 34/1, 36/1, 36/2, 38/2, 4, 6, 8; Мустафа Шокай көшесі – 1, 12, 13, 14, 15, 16, 17, 17/1, 18, 19, 2, 20, 21/1, 21/2, 22, 23, 24/1, 24/2, 25, 26, 27, 28, 29, 3/1, 3/2, 30, 31, 32, 33, 34, 35, 36а, 36, 39, 4, 40/1, 40/2, 41, 41/2, 42, 43, 43/1, 44, 46, 47, 48, 5б, 5, 51, 53, 54, 55, 56, 57, 57/2, 58, 59, 60/1, 60/2, 61, 62, 63, 64, 65, 66, 67, 68, 69, 7, 70, 71, 72, 73, 74, 75, 76, 77, 78, 8, 80, 82, 83, 84/1, 84/2, 85, 86, 87а, 87б, 87в, 87, 88а, 88А, 89, 9, 90; участок – 11, 5, 5/1; Шапагат көшесі – 1, 10/1, 10/2, 11, 12, 13, 15, 16, 17, 18/1, 18/2, 19, 2, 22, 23, 24, 24/1, 25, 26, 25, 26, 28, 29, 3/1, 31, 32, 33, 34, 35, 36, 37, 38, 4/2, 41, 42, 43/1, 43/2, 44, 44/1, 45/2, 46, 47, 5, 51, 52, 53, 55, 58, 59, 6а/2, 60, 62, 63, 64, 65/1, 65/2, 66, 68, 69, 6а/1, 7, 70, 71, 72, 78, 79, 8, 80/1, 80/2, 84, 85, 88, 88/1, 89, 90, 91, 95; Маншук Маметова көшесі – 1, 12, 13, 14, 15, 16, 17, 18, 19а, 19, 2а, 2в, 2г, 2д, 2, 20а, 20, 21, 22, 23, 24, 25, 26, 29, 3, 30а, 30, 31, 32, 33, 34, 35, 36, 37, 38, 4б, 4, 40, 42, 44, 45, 46, 47/1, 47/2, 48, 49, 5/2, 5, 50, 51, 52, 53, 54, 56, 57/1, 57/2, 58, 59, 6б/1, 6б/2, 6, 61, 62, 63, 64, 65, 66, 67, 68, 69, 7, 70, 71, 72, 74, 75, 76, 77, 78, 79, 8, 81, 82, 82а, 84а, 84а/1, 84, 85, 86/1, 86/2, 87, 88, 89, 91, 9, 93/1, 95, 97а, 97; участок – 29; участок – 4; участок – 41; Коянды көшесі – 1, 11, 12, 13, 14/1, 14/2, 15, 16, 17, 17/2, 18, 19, 21, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 32/1, 32/2, 33/1, 33/1, 33/2, 34, 35, 36, 37/1, 37, 38, 39, 4, 40, 41а, 41б, 41в, 41, 43, 45, 46, 47, 48, 49, 50, 5, 50/1, 53, 54/1, 54/2, 56, 57, 58, 59, 6, 6, 61, 62, 63, 64, 65, 66, 67, 68а, 68, 69, 7, 70, 71, 72, 73, 775, 76, 77, 78, 79, 80, 80, 81, 82, 83, 84, 86, 85, 87, 87б, 88, 89а, 9, 90, 93; участок – 2а; Кенесары көшесі – 1а, 1, 10, 11, 12, 13, 14, 15, 16, 16/2, 17, 20, 21, 22, 23, 24, 25, 27, 28, 29, 3, 30, 31, 32, 33, 34, 65, 36, 37, 38, 39, 41, 40, 42, 44, 44/1, 46, 47, 48, 49, 5, 50, 51, 52, 54, 55, 55/2, 56, 57, 58/1, 58/2, 59, 6, 60, 61, 62, 63, 65, 66, 67/1, 67/2, 68, 69, 7, 70, 71, 7, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84/1, 84/2, 84/3, 85, 86, 87, 87а, 88, 89, 9, 90, 91, 92, 94а, 94б, 94; Кабанбай батыра көшесі – 1, 10, 10/2, 11, 12, 13, 15, 16, 17, 18, 19, 2, 20, 21, 23, 24, 26/1, 26/2, 27, 28, 3д, 30, 31, 31а, 33, 34, 36, 35, 37, 38, 39, 4, 40, 41, 42а, 42б, 43, 44, 45, 46, 47, 48, 49, 5/1, 5/2, 50/1, 50/2, 51, 52, 53, 55, 56, 57, 59, 60, 62/1, 62/2, 64, 68, 7, 70, 74, 76, 78, 80/1, 80/2, 82, 9; участок – 4; участок – 1а, 1а/1, 10б, 13а, 14а/1, 14а/2, 14а/3, 14а/4, 14а, 14а, 15а/1, 15а/2, 15а/3, 15а, 15а, 1а, 2а/1, 2а/2, 26, 32, 8а/1, 8а/2, 8а, 9б, 9а, 11а, 11/а, 115, 12/а, 13/а, 154, 169, 4, 4а, 5/1а, 5/5, 54/1а ,6а; Женис көшесі – 1, 11б, 13, 1, 1а/1, 1а/2, 3, 5, 6б, 7, 7/1, 7б, 9, 9а, 9а/2, 9б; Малик Габдуллин көшесі – 3, 12, 14, 16, 17, 19, 1, 2/1, 24, 26, 3, 34, 35, 39, 4, 41, 43, 45, 5, 6, 8, 81, 97; участок – 126; участок – 13; участок – 17; участок – 85; Аль Фараби көшесі – 13, 19, 25, 236, 11, 1, 15, 23, 3; Ыбырай Алтынсарин көшесі – 14, 18, 19, 219, 24а, 24, 25, 26, 29, 31, 32, 33, 34, 37, 39, 42, 6; Казахстан көшесі – 12, 16, 19, 20, 22, 25, 28, 28а, 33, 35, 38, 40, 4а, 5, 37; Токтара Аубакирова көшесі – 15, 5, 9; Тауелсиздик көшесі – 10, 11, 12, 13, 14, 15, 17, 18а, 19, 20, 24а, 25, 27, 29, 33, 35, 4, 7, 8а, 8г; участок – 3; участок – 31; участок – 33; Болашак көшесі – 1, 10, 11, 12, 13, 17, 18, 1а, 2, 21, 26, 27, 28а, 29, 30, 33, 36, 37, 3б, 4, 40, 42, 44, 44/1, 49, 50, 56, 68, 8б, 8в; участок – 13; участок – 20; участок – 3; участок – 35; участок – 5/1; участок – 5/2; Динмухамед Конаев көшесі – 10, 12, 18, 2, 21, 21, 23, 24, 25, 28, 3, 32, 34, 38, 40, 44, 5/1, 5/2, 56, 6, 8, 9; участок – 11; участок – 41; Каныш Сатпаев көшесі – 10, 13, 14, 18, 2, 20, 21, 3, 31, 314, 32, 32а, 34б, 34, 34/1, 37а, 37б, 39, 4, 43, 47, 5, 6, 7, 9; участок – 209; участок – 33; Кажымукан Мунайтпасов көшесі – 1а, 1, 10, 11, 11а, 12, 13а, 13, 15а, 15, 16, 19, 23, 24, 25а, 25, 27, 30, 4, 5, 6, 7, 8, 9; участок – 65; участок – 90; участок – 1; Сагадат Нурмагамбетов көшесі – 10, 11, 12, 13, 14, 15, 16, 17, 22, 25, 26, 28, 30, 31а, 32, 33, 34а, 38, 40, 42, 46, 48, 54, 6, 60, 7, 72, 8, 9; участок– 120; участок – 134; участок – 180; участок – 182; Шокан Уалиханов көшесі – 1, 13, 23, 3, 37, 39, 45, 47а, 49, 51, 53, 54, 58, 60а, 61, 7, 75, 75/1, участок – 148; участок – 152; участок – 181; 49а, 55а, 85; Бауыржан Момышулы көшесі – 1, 10, 12/1, 12/2, 13, 17, 19, 20, 22, 23/1, 25, 27, 29, 30, 39, 4, 5, 6, 7, 8, 9; участок – 2; Аманкельды Иманов көшесі – 10, 14, 16, 17, 19, 21, 24, 26, 27, 28, 30, 34, 6а, 6; участок – 11; участок – 19; участок – 40; Ракымжана Кошкарбаева көшесі – 10, 13, 16, 2, 9,участок – 12; Танатар көшесі – 1, 2, 3, 4, 5, 7, 9, 10; Енбек көшесі – 1, 2, 4, 5, 8, 10, 12, 14, 16, 18, 20, 22, 24; Мереке көшесі – 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 24, 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24; Байконыр көшесі – 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28; Кокпар көшесі – 5, 7, 9, 11, 13, 15, 17, 19, 21, 8, 10, 12, 14, 16, 18, 20, 22; 3 а шағын ауданы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 82; Абай Кунанбаев көшесі – 1, 1б, 14а, 33а, 33б, 33в, 33, 5, 5д, 6а, 6б, 3д, 10, 12, 13, 15, 16, 17, 19, 22, 23, 25, 28, 32/1, 32/2, 34, 35, 37, 39, 40, 41, 42, 43, 44, 45, 49, 55, 60, 7, 81; участок – 93.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6129,69 +7181,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 685 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орналасқан жері: Ақмола облысы, Целиноград ауданы, Талапкер ауылы, Мұхтар Әуезов көшесі, 23, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімі Талапкер ауылының жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
-[...17 lines deleted...]
-Шекаралары: Қабанбай батыр көшесі – 1, 3, 5, 7, 8, 9, 10, 11А, 12, 15, 16, 17, 18, 19, 20, 21, 23, 25, 29, 30, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 58, 59, 60, 61, 62, 63, 64, 65, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 79, 82, 85, 87, 88, 89, 91, 92, 93, 94, 95, 96, 98; Абай Құнанбаев көшесі – 1, 2, 3, 4, 5, 6, 6/1, 7, 8, 9, 10, 11, 11А, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 25, 26, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 42, 44, 48, 50, 52, 54, 56, 57, 58, 62, 66, 68А, 70, 72, 74, 76, 78, 79, 80, 81, 82, 84, 85, 86, 88, 89, 90, 92, 94, 96, 98; Сұлтан Бейбарыс көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 9/1, 10, 11, 12, 13, 13/1, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 29, 30, 31, 32, 33, 34, 35, 36, 38, 40, 43, 45, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123; 31 көшесі – 1, 2, 3, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15; 32 көшесі – 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; 8 көшесі – 54, 55, 58, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85; 37 көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; 38 көшесі – 9, 10, 11, 12; Шоқан Уәлиханов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 21, 22, 23, 24, 25, 26, 28, 29, 30, 31, 32, 33, 35, 37; Ыбырай Алтынсарин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27, 29, 30, 34, 36; Кеңесары көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 31/1, 32, 33, 34; Мәлік Ғабдуллин көшесі – 2, 4, 6, 12, 14, 16, 19, 20, 22, 23, 24, 25, 26, 27, 28, 30, 31, 32, 33, 34, 979; Бөгенбай батыр көшесі – 1, 3, 5, 7, 9, 11, 13, 15, 17, 21, 23, 25, 27, 29, 43, 43/1, 47, 49, 51, 53, 55, 57, 63, 65, 67, 67/1, 71, 71/1, 73, 81, 85, 85/1, 89, 91, 93, 95, 97, 99, 101, 103, 107, 109; Достық көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 15, 18, 19, 20, 21, 23, 24, 25, 27, 29, 31, 34/1, 37, 40, 42, 44, 46, 48, 50, 52, 53, 54, 55, 56, 57, 58, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71/1, 72, 73, 74, 75, 76, 77, 80, 81, 82, 84, 85, 86, 87, 88, 89, 91, 92, 93, 94, 95, 96, 98, 99, 100, 102, 103, 105; Бауыржан Момышұлы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13А, 14, 15, 15А, 16, 17, 18, 19, 19А, 20, 21, 22, 23, 23А, 24, 25, 25А, 26, 27, 27А, 28, 29, 29А, 30, 31, 31А, 32, 33, 33А, 34, 35, 35/1, 36, 37, 37А, 38, 39, 39А, 40, 41, 42, 43, 44, 45, 46, 47, 48, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 63, 65, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 84, 85, 86, 87, 88, 90, 92, 94, 96, 97, 98, 100, 102, 103, 104, 105, 106, 107, 108; Әл-Фараби көшесі – 17, 19, 21, 23, 25, 26, 27, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 44, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 57, 58, 60, 62, 63, 64, 65, 66, 67, 69, 70, 71, 76, 77, 78, 79, 80, 82, 84, 86; Мәншүк Мәметова көшесі – 1, 1А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37А, 38, 39А, 40, 42, 43, 45, 47, 48, 50, 51, 52, 53, 54, 54А, 55, 57, 59, 67, 69, 71, 73, 75, 77, 79, 80, 81, 85, 89, 91, 93, 95; Наурызбай батыр көшесі – 1, 2, 2А, 3, 4, 5, 6, 7, 8, 9, 9А, 10, 11, 11А, 12, 13А, 14, 15/1, 17, 18А, 19, 20, 21, 22, 24, 26, 27А, 28, 30, 32, 35, 36, 37, 39, 41, 43, 45, 47, 49, 53, 55, 56, 57, 58, 59, 60, 62, 64, 66, 68, 70, 72, 73, 74, 75, 76, 77, 78, 79, 81, 82, 84, 86, 88, 90, 92, 94; Қажымұқан көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20А, 21, 22, 23, 24, 25, 26, 26А, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 41, 43, 43А, 44, 45, 46, 47, 48, 49, 50, 51, 52, 54, 56, 57, 59, 61, 63, 65, 67, 68, 69, 70, 71, 72, 73, 74, 76, 77, 78, 79, 81, 83, 85, 87; Мәдениет көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 14Б, 15, 16, 17, 18, 19, 20, 22, 23, 23А, 25, 26, 27, 30, 30А, 32, 34, 36, 37, 38, 39, 41, 42, 44, 45, 46, 48; Баршын көшесі – 2, 3, 4, 5, 6, 8, 9, 10, 12, 12Б, 12В, 13, 14, 15, 19, 20, 21, 22, 24, 25, 26, 27, 28, 28А, 30, 31, 32, 33, 35, 36, 37, 38, 40, 41, 42, 43, 44, 45, 47, 52, 53, 54, 55, 55А, 56, 57, 57А, 58, 59, 60, 61, 61А, 62, 63, 63А, 64, 65, 65А, 66, 67, 68, 69, 69А, 70, 71, 71А, 72, 73, 74, 76, 78, 80, 82, 84, 86; Қаһарман көшесі – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 28, 30, 32; Тәуелсіздік көшесі – 1, 2, 4, 6, 8, 12, 14, 16, 20, 22, 23, 26, 27, 28, 29, 30, 33, 35, 36, 38, 39, 40, 40А, 41, 42, 44, 45, 46, 47, 48, 49, 50, 52, 55, 56, 58, 59, 60, 61, 62, 64; Ырғыз көшесі – 2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 16, 17, 18, 19, 21, 22, 24, 25, 26, 27, 29, 30, 31, 32, 33, 34, 35, 37, 42, 45, 46, 47, 48, 50, 51, 52, 53, 54, 55, 57, 58, 59, 60, 63, 65; Дінмұхамед Қонаев көшесі – 1, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 23, 24, 25, 30, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 47, 49, 51, 52, 53, 54, 55, 56, 57, 58, 60; Шәмші Қалдаяқов көшесі – 1, 4, 5, 6, 7, 8, 10, 11, 13, 14, 15, 17, 19, 20, 22, 23, 28, 29, 31, 32, 33, 34, 35, 36, 37, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; Сәкен Сейфуллин көшесі – 1, 2, 3, 4, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 19, 20, 21, 22, 23, 24, 28, 30, 32, 34, 35, 47А, 50, 52, 53, 55, 57; Шакен Айманов көшесі – 1, 1А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 24Б, 26, 27, 28/1, 29/1, 30, 31, 32, 33, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44/1, 45, 46, 47, 48, 49, 50, 51, 52, 53, 55, 57; Ардагерлер көшесі – 1, 1А, 2, 2/1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 11/1, 12, 13, 14, 15, 16, 17, 18, 19, 20, 23, 24, 25, 26, 27/2, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 47, 49, 51, 53; 4 орам – 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 30, 31, 32, 33, 34, 36, 37, 39, 44; Құрманғазы көшесі – 1, 1/1, 2, 3, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23, 24, 27, 28, 29, 31, 33, 34, 35, 36, 37, 38, 40, 42; Ақан Сері көшесі – 3, 6, 7, 9, 10, 11, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 25, 26, 28, 29, 30, 31, 32, 33, 35, 36; Әлия Молдағұлова көшесі – 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 16, 20, 21, 22, 24, 27, 31; Жамбыл Жабаев көшесі – 1, 2А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 29.</w:t>
+Орналасқан жері: Ақмола облысы, Целиноград ауданы, Талапкер ауылы, Мұхтар Әуезов көшесі, 23, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімінің Талапкер ауылының жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шекаралары: Богенбай батыра көшесі – 1, 3, 5, 7, 9, 11, 13, 15, 17, 21, 23, 25, 27, 29, 43, 43/1, 47, 49, 51, 53, 55, 57, 63, 65, 67, 67/1, 71, 71/1, 73, 81, 85, 85/1, 89, Кахарман көшесі – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 28, 30, 32; Тауелсиздик көшесі – 1, 2, 4, 6, 8, 12, 14, 16, 20, 22, 23, 26, 27, 28, 29, 30, 33, 35, 36, 38, 39, 40, 40А, 41, 42, 44, 45, 46, 47, 48, 49, 50, 52, 55, 56, 58, 59, 60, 61, 62, 64; Ыргыз көшесі – 2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 16, 17, 18, 19, 21, 22, 24, 25, 26, 27, 29, 30, 31, 32, 33, 34, 35, 37, 42, 45, 46, 47, 48, 50, 51, 52, 53, 54, 55, 57, 58, 59, 60, 63, 65; Динмухамед Кунаев көшесі – 1, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 23, 24, 25, 30, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 47, 49, 51, 52, 53, 54, 55, 56, 57, 58, 60; Шамши Калдаякова көшесі – 1, 4, 5, 6, 7, 8, 10, 11, 13, 14, 15, 17, 19, 20, 22, 23, 28, 29, 31, 32, 33, 34, 35, 36, 37, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; Сакена Сейфуллина көшесі – 1, 2, 3, 4, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 19, 20, 21, 22, 23, 24, 28, 30, 32, 34, 35, 47А, 50, 52, 53, 55, 57; Шакен Айманов көшесі – 1, 1А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 24Б, 26, 27, 28/1, 29/1, 30, 31, 32, 33, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44/1, 45, 46, 47, 48, 49, 50, 51, 52, 53, 55, 57; Ардагерлер көшесі – 1, 1А, 2, 2/1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 11/1, 12, 13, 14, 15, 16, 17, 18, 19, 20, 23, 24, 25, 26, 27/2, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 47, 49, 51, 53; квартал 4 – 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 30, 31, 32, 33, 34, 36, 37, 39, 44; Курмангазы көшесі – 1, 1/1, 2, 3, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23, 24, 27, 28, 29, 31, 33, 34, 35, 36, 37, 38, 40, 42; Акан сери көшесі – 3, 6, 7, 9, 10, 11, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 25, 26, 28, 29, 30, 31, 32, 33, 35, 36; Алия Молдагулова көшесі – 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 16, 20, 21, 22, 24, 27, 31; Жамбыл Жабаев көшесі – 1, 2А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 29; Сарыарка көшесі – 1А, 2, 4, 5, 6, 7, 7/1, 8, 9, 11, 12, 15, 18, 20, 22, 23, 26, 28, 31, 33, 34, 35, 36, 38, 39, 41, 44, 45, 48, 50, 51, 52, 55, 56, 64; Мухтар Ауезов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9/1, 10/2, 11, 12, 13, 13А, 14, 16, 16А, 18, 19, 20, 21, 22, 24, 26, 27, 28, 29, 30/1, 31, 32, 33, 34, 35, 37, 38, 39, 40, 41, 42, 43, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62; Есиль көшесі – 1, 3, 5, 6, 7, 8, 9, 10, 11, 13, 14, 15, 16, 17, 18, 19/1, 20, 21, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 37, 41, 45, 46, 46/1, 46А, 49, 50, 50А, 51, 52, 53, 54, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66А, 66Б, 69, 71; Бейбитшилик көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 26, 27, 28, 29, 30, 31, 32, 32/1, 33, 34, 35, 36, 37, 38, 39, 40, 43, 44, 46, 47, 48, 50, 51, 52, 52/1, 53, 54, 55, 56, 58, 60, 62, 63, 64, 65, 66, 67, 68, 69, 71, 72, 74, 75, 77; Женис көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 30/2, 31, 32, 32/1, 33, 34, 35, 36, 37, 39, 40, 41, 43, 45, 47, 50, 50/1, 52, 53, 54, 55, 56, 57, 58, 59, 60/1, 61, 62, 63, 63/1, 64, 65, 66, 67, 68, 69, 70, 71, 72, 72/1, 75, 77, 78, 79, 82, 84; Талапкер көшесі – 4, 5, 8, 9, 9/1, 11, 13, 14, 16, 17, 18/1, 19, 20/1, 21, 23, 24, 25, 27, 27А, 29, 31, 32/1, 33, 35, 36, 40/1, 46, 46/1, 48, 50, 50В, 54, 56, 58, 60, 62, 64, 66, 68, 68А, 70, 70/1, 72, 72/1, 74, 74/1, 76, 76/1, 78/1, 80; Молдахмет Досаев көшесі – 2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 25, 25/1, 25А, 25Б, 25В, 27, 27Б, 29/5, 31, 37, 38, 40, 41, 42, 43, 44, 45, 45/1, 46, 54, 56, 61, 61А, 65, 66, 67, 67Б, 68А, 69, 69А, 70, 73, 74, 74А, 75, 76, 80А; 60 көшесі – 2, 3, 5, 6, 7, 15, 16; 10 көшесі – 14/1, 15, 16А, 17А, 18А, 19А, 20А, 21/1, 22А, 23/1, 24, 25/1, 26/1, 27/1, 28/1, 29, 332, 333, 333А, 334, 334А, 335, 335/1, 336, 336А, 337А, 338, 338А, 339, 339А, 340, 341, 341А, 342, 343, 344, 345, 346, 347, 348, 349, 350, 351, 352, 353, 354, 355, 356, 357, 358, 359, 360, 361, 362, 363, 364; 11 көшесі – 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 365, 366, 367, 368, 369, 370, 371, 372, 373, 374, 375, 376, 377, 378, 379, 380, 381, 382, 383, 384, 385, 386, 387, 388, 389, 390, 391, 392, 393, 394, 395, 396, 397, 398, 399, 402, 403, 404, 405, 406, 407, 408, 409, 971, 984, 985, 986; 12 көшесі – 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 410, 411, 412, 413, 414, 415, 416, 417, 418, 419, 420, 421, 422, 423, 424, 425, 426, 427, 428, 429, 430, 431, 432, 433, 434, 435, 436, 437, 438, 439, 440, 441, 442, 443, 444, 445, 446, 447, 448, 449, 450, 451, 452, 453, 973, 974, 976; 13 көшесі – 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 459, 460, 461, 462, 463, 464, 465, 466, 467, 468, 469, 470, 471, 472, 473, 474, 475, 974, 977, 979, 981, 983А; 65 көшесі – 66, 70, 74, 78, 82, 86, 90, 94, 98, 98/1, 99, 107, 107/1, 107/2, 107/3; 66 көшесі – 31, 34, 35, 36, 37, 67, 68, 71, 72, 75, 75/1, 76, 79, 80, 83, 84, 87, 88, 91, 92, 95, 96, 99, 100, 103, 105, 105/1, 105/2, 105/3; 106, 106/1, 106/2, 106/3; 67 көшесі – 2, 6, 10, 14, 18, 22, 26, 30, 32, 33, 34, 38, 42, 46, 50, 54, 58, 62, 69, 73, 77, 81, 85, 89, 93, 97, 101, 104, 104/1, 104/2, 104/3, 111А; 68 көшесі – 3, 4, 7, 8, 11, 12, 15, 16, 19, 20, 23, 24, 27, 28, 31, 32, 35, 35А, 36, 39, 39А, 40, 40А, 41, 42, 43, 43А, 44, 44А, 45, 46, 47, 47А, 48, 48А, 49, 50, 51, 51А, 52А, 53, 55, 56, 56А, 57, 58, 59, 59А, 60, 63, 64; 69 көшесі – 1, 2, 3, 4/1, 5, 7, 8, 9, 10, 13, 17, 18, 19, 20, 21, 25, 29, 33, 37, 45, 49, 53, 57, 60, 61, 61А, 62, 63, 64, 65, 65А, 66, 67, 69, 70, 71, 72, 73, 74, 75, 76, 103, 107, 108, 109, 110, 111, 112, 113, 115, 116, 117, 118, 119, 120; 71 көшесі – 77, 78, 79, 80, 81, 82, 83, 84, 85, 85А, 86, 87, 88, 89, 90, 91, 92, 93, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 176, 177, 178, 179, 180, 181, 182, 183, 261, 262, 263, 264, 265, 268, 269, 270, 280, 281; 72 көшесі – 28, 29, 30, 94, 95, 96, 97, 98, 99, 100, 101, 150, 151, 152, 153, 154, 155А, 184, 185, 186, 187, 188, 189, 190, 284, 285, 286, 287, 288; 9 көшесі – 1, 2, 3, 4, 5Б, 6А, 7А, 8А, 9А, 10А, 11А, 12А, 13Б; 14 көшесі – 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109; 15 көшесі – 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129; 16 көшесі – 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148; 17 көшесі – 150, 151, 152, 153, 154, 155, 156, 156А, 157, 157А, 158, 158А, 159, 160, 161/1, 162/1, 163/1, 164/1, 165/1, 166, 167, 170, 171, 172, 173, 174, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209; 18 көшесі – 159, 160, 161, 162, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175/1, 176/1, 177/1, 179/1, 180, 181, 182/1, 183/1, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 221/1; 19 көшесі – 28, 183, 184, 185, 186, 187, 188, 189, 190, 191, 193, 194, 195, 196, 197, 198, 199, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 233А, 240, 247, 254, 268; 20 көшесі – 222, 223, 224, 225, 226, 227, 228, 229, 230.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6919,70 +7971,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 733 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Шекаралары: Бахыт шағын ауданы – 1, 2, 3, 4, 5, 7, 8, 10, 12, 13; Міржақып Дулатұлы көшесі – 2, 3, 4, 5, 6, 7, 8; Сәкен Сейфуллин көшесі – 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27; Ілияс Жансүгіров көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 27, 28, 29, 30, 31, 32; Наурыз көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 27, 28, 29, 30, 31, 32; Мәлік Ғабдуллин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 27, 28, 29, 30, 31, 32; Сәбит Мұқанов көшесі – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 31; Людмила Русланова көшесі – 3, 5, 7, 9, 11,13, 15, 17, 19, 27, 29; Ілияс Есенберлин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22; Шоқан Уәлиханов көшесі – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20; Бейімбет Майлин көшесі – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24; Қапан Мухамеджанов – 1, 3, 5, 7, 9, 11, 13, 15, 17, 19; Жеті жарғы көшесі – 18; Қорғалжын көшесі – 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25; Мағжан Жұмабаев көшесі – 4, 6, 8, 10, 12, 18, 20, 22, 24, 26; Төле би – 42, 51, 76, 78, 80, 82; Ыбырай Алтынсарин көшесі – 1, 2, 19, 23, 27, 28, 29, 31, 32, 32/1, 33, 34, 35, 36, 37, 39, 41, 47, 80, 81, 82, 83; Мұхтар Әуезов көшесі – 25, 27, 29, 31, 32, 34, 36, 38, 40, 43, 45, 46, 47, 48, 49, 50; Әйтеке би көшесі – 38, 40, 41, 42, 44, 87, 89, 91, 93, 98, 100, 102, 104, 106; Қазыбек би көшесі – 26, 28, 30, 32, 37, 39, 41/1, 43, 45, 99, 101, 103, 105, 107, 110, 112, 114, 116; Мұхтар Әуезов көшесі – 51, 53, 55, 57, 59, 61; Құрманғазы көшесі – 3, 5, 7, 9, 61, 63, 130, 132, 134, 135; Сағадат Нұрмағамбетов көшесі – 4, 6, 8, 10, 10/1, 11, 11/1, 13, 15, 17; Әміре Қашаубаев көшесі – 120, 122, 124, 124/1, 126, 127, 129, 129/1, 131, 133; Рақымжан Қошқарбаев көшесі – 31, 35, 37, 39, 47, 49, 63, 65, 67, 69, 71, 73, 85, 87, 89, 111, 113, 115, 117, 119, 121; Кенесары көшесі – 42, 44, 46, 60, 62, 64, 66, 70, 72, 74, 76, 77, 79, 81, 81/1, 83, 84, 85, 90, 92, 94, 108, 109, 118, 125, 128, 136; Құрманғазы көшесі – 61, 63; Мұхтар Әуезов көшесі – 3, 5, 7, 9, 13, 14, 15, 16, 17, 19, 21, 23; Фариза Оңғарсынова көшесі – 91/1, 96; Роза Бағланова көшесі – 67, 69, 71; Дина Нұрпейісова көшесі – 33, 34, 36, 38, 77, 75, 79.</w:t>
+              <w:t>
+Орналасқан жері: Ақмола облысы, Целиноград ауданы, Ақмол ауылы, 4-шағын ауданы, 1604, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімінің Ақмол ауылының мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шекаралары: Бахыт шағын ауданы– 1, 2, 3, 4, 5, 7, 8, 10, 11, 12, 13,14, 15, 16; Коргалжын көшесі – 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25; Магжан Жумабаев көшесі – 4, 6, 8, 10, 12, 18, 20, 22, 24, 26; Толе би көшесі – 42, 51, 76, 78, 80, 82; Ыбырай Алтынсарин көшесі – 1, 2, 19, 23, 27, 28, 29, 31, 32, 32/1, 33, 34, 35, 36, 37, 39, 41, 47, 80, 81, 82, 83; Мухтар Ауэзов көшесі – 25, 27, 29, 31, 32, 34, 36, 38, 40, 43, 45, 46, 47, 48, 49, 50; Айтеке би көшесі – 38, 40, 41, 42, 44, 87, 89, 91, 93, 98, 100, 102, 104, 106; Казыбек би көшесі – 26, 28, 30, 32, 37, 39, 41/1, 43, 45, 99, 101, 103, 105, 107, 110, 112, 114, 116; Мухтар Ауэзов көшесі – 51, 53, 55, 57, 59, 61; Курмангазы көшесі – 3, 5, 7, 9, 61, 63, 130, 132, 134, 135; Сагадат Нурмагамбетов көшесі – 4, 6, 8, 10, 10/1, 11, 11/1, 13, 15, 17; Амире Кашаубаев көшесі – 120, 122, 124, 124/1, 126, 127, 129, 129/1, 131, 133; Рахымжан Кошкарбаев көшесі – 31, 35, 37, 39, 47, 49, 63, 65, 67, 69, 71, 73, 85, 87, 89, 111, 113, 115, 117, 119, 121; Кенесары көшесі – 42, 44, 46, 60, 62, 64, 66, 70, 72, 74, 76, 77, 79, 81, 81/1, 83, 84, 85, 90, 92, 94, 108, 109, 118, 125, 128, 136; Курмангазы көшесі – 61, 63; Мухтар Ауэзов көшесі – 3, 5, 7, 9, 13, 14, 15, 16, 17, 19, 21, 23; Фариза Онгарсынова көшесі – 91/1, 96; Роза Багланова көшесі – 67, 69, 71; Дина Нурпеисова көшесі – 33, 34, 36, 38, 77, 75, 79.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7340,69 +8392,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 737 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орналасқан жері: Ақмола облысы, Целиноград ауданы, Қараөткел ауылы, Қожа Ахмет Йассауи көшесі, 9Б, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімі Қараөткел ауылының № 1 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
-[...17 lines deleted...]
-Шекаралары: Жұмабек Тәшенев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68; Мұқағали Мақатаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; Мұқағали Мақатаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45; Сұлтанмахмұт Бейбарыс көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; Қожа Ахмет Йассауи көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53; күйші Дәулеткерей көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54; Ақан сері көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45; Дәулеткерей Шығайұлы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96; Жағалау көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88; Күләш Байсейітова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48; Құрманғазы Сағырбайұлы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50; Естай көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21; Айша бибі көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43; Атан батыр көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; Мәншүк Мәметова көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; Тәуелсіздік көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44; Бауыржан Момышұлы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; Әміре Қашаубаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11; Дина Нұрпейісова көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13; Қаныш Сәтпаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42; Әліби Жангелдин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34; Әбілхан Қастеев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36.</w:t>
+Орналасқан жері: Ақмола облысы, Целиноград ауданы, Қараөткел ауылы, Кенесары хан көшесі, 2 Д., "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімінің Қараөткел ауылының № 2 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шекаралары: Наурызбай батыр көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; Карасай батыр көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; Амир Темир көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Козыкош көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23; Бузыкты көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31; Лев Гумилев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; Алихан Бокейханов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46; Ахмет Байтурсынов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; Шокан Уалиханов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; күйші Дәулеткерей көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54; Рыскулова көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; Габита Мусрепова көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53; Жамбыл Жабаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 67, 58, 59, 60, 61, 62, 63, 64, 65, 66; Шамши Калдаяков көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63; Домалак ана көшесі – 1, 2, 3, 4, 5, 6; Амангельды Иманов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62; Бошан көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; Ибрая Алтынсарина көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14; Малик Габдулин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; Сабит Муканов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; Мухтар Ауезов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; Сакен Сейфуллин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Айтеке би көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; Толе би көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21; Казыбек би көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46; Абылай хана көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; Маншук Маметова көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; Кажымукана Мунайтпасова көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; Мукагали Макатаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7550,69 +8602,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 739 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орналасқан жері: Ақмола облысы, Целиноград ауданы, Қоянды ауылы, Жібек жолы көшесі, 167, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімі Қоянды ауылының № 2 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
-[...17 lines deleted...]
-Шекаралары: Бөгенбай батыр көшесі – 1, 1/1, 1/2, 1/3, 1/4, 10, 11, 12, 14, 15, 16/1, 16/2, 17, 18/1, 18/2, 1а, 2, 20, 22, 23а, 23, 24, 25/1, 25/2, 26, 28, 29, 2а, 3, 30, 34, 35, 36, 37, 38, 39, 39а, 4, 42, 43, 44/2, 45, 48,5, 5/1, 50, 52, 54, 56, 58, 6, 60, 64, 66, 66/2, 68,7, 72, 74, 76, 8, 9; Сакен Сейфуллин көшесі – 1, 1/а, 10, 11, 12, 13, 14, 15, 18, 19, 2, 20, 23, 24, 25, 26, 27, 28/1, 28, 20, 29, 3/1, 30, 31, 32, 35, 36, 37, 38, 4, 40, 41, 41/1, 42, 43, 44, 45, 46, 47, 48, 49, 5, 50, 50а, 51, 53, 54, 55, 56, 57, 58, 59/1, 59/2, 6, 60, 61, 62, 64, 65, 67, 68, 69, 7, 70, 70/1в, 70а, 70б, 70в, 71, 72а, 72б, 8, 87, 9, 9б; участок – 11; участок – 14; участок – 2; участок – 3; участок – 7а; Сарыарқа көшесі – 1, 11, 13, 15а, 17, 21, 23, 23а, 25, 29, 3, 31, 33, 35, 37, 39, 41, 45, 47, 49, 5, 5/1, 51, 53, 55, 57, 61, 63, 69, 7, 71, 75, 77, 81, 83, 9; участок – 27; участок 9; Ынтымақ көшесі – 12, 14, 16, 16а, 34, 6а, 7, 7а, 9а, участок – 8; Наурыз көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48; Атамұра көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35; Атақоныс көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; Дулыға көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Атамекен көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; Бірлік көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84; Хан тәңірі көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192; Алатау көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 29, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164; Мәңгілік ел көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Егемен көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40; Ерейментау көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; Жеті жарғы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; Астана көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44; Қазығұрт көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66; Отырар көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44; Жетіген көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58; Гәкку көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42; Алаш көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; Түркістан көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 29,130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250; Сілеті көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66; Құлагер көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92; Есіл көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109; Ардагер көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; Баянауыл көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49; Береке көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66; Жібек жолы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236; Алматы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63; Бәйтерек көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 29, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 267, 268, 269, 270, 271, 272; Арай көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48; Бурабай көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; Күлтегін көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114; Қозы көш көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; Көксеңгір көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69; Желтоқсан көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50; Аламан көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Жерұйық көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; Бостандық көшесі – 1, 3; Жамбыл Жабаев көшесі – 1, 1/1, 11, 12, 15, 15/1, 16, 19, 2, 2а, 21, 23, 3, 30, 32, 39, 4, 41, 5, 51/1, 52, 6, 65, 7, 70а, 8, 9; участок – 52; участок – 57; Ораз Жандосов көшесі – 11, 13, 15, 19, 1а, 2, 21, 23, 24/1, 26, 29, 3, 30, 31, 32, 34, 36, 38, 38/1, 5, 7, 9; участок – 1011; участок – 27; Тұрар Рыскулов көшесі – 13, 16, 35, 8, 9, 10; участок – 36; участок – 43; Ынтымақ көшесі – 12, 14, 16, 16а, 34, 6а, 7, 7а, 9а; участок 8; Достық көшесі – 9, 10, 18, 2, 22, 24, 28, 4, 6, 7, 8, участок 15; микрорайон 14 – участок – 101; участок – 103; участок – 104; участок – 22; участок – 23; участок – 29; участок – 52; участок – 54; участок – 89; участок – 92; участок – 93.</w:t>
+Орналасқан жері: Ақмола облысы, Целиноград ауданы, Қоянды ауылы, Жібек жолы көшесі 167, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімінің Қоянды ауылының № 2 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шекаралары: Богенбай батыр көшесі – 1, 1/1, 1/2, 1/3, 1/4, 10, 11, 12, 14, 15, 16/1, 16/2, 17, 18/1, 18/2, 1а, 2, 20, 22, 23а, 23, 24, 25/1, 25/2, 26, 28, 29, 2а, 3, 30, 34, 35, 36, 37, 38, 39, 39а, 4, 42, 43, 44/2, 45, 48, 5, 5/1, 50, 52, 54, 56, 58, 6, 60, 64, 66, 66/2, 68, 7, 72, 74, 76, 8, 9; Сакен Сейфуллин көшесі – 1, 1/а, 10, 11, 12, 13, 14, 15, 18, 19/2, 20, 23, 24, 25, 26, 27, 28/1, 28/2, 29, 3/1, 30, 31, 32, 35, 36, 37, 38, 4, 40, 41, 41/1, 42, 43, 44, 45, 46, 47, 48, 49, 5, 50, 50а, 51, 53, 54, 55, 56, 57, 58, 59/1, 59/2, 6, 60, 61, 62, 64, 65, 67, 68, 69, 7, 70, 70/1в, 70а, 70б, 70в, 71, 72а, 72б, 8, 87, 9, 9б; участок – 11; участок – 14; участок – 2; участок – 3; участок – 7а; Сарыарка –29, 31, 33, 35, 37, 39, 41, 45, 47, 49, 51, 53, 55, 57, 61, 63, 69, 71, 75, 77, 81, 83,; участок – 27; участок – 9; Ынтымак көшесі – 12, 14, 16, 16а, 34, 6а, 7, 7а, 9а; участок – 8; Наурыз көшесі –42, 43, 44, 45, 46, 47, 48; Атамекен көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; Бирлик көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84; Хан танири көшесі – 1, 2, 63, 65, 67, 69, 71, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192; Алатау көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164; Туркестан көшесі - 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250; Силети көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66; Кулагер көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92; Есиль көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109; Ардагер көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; Баянауыл көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49; Береке көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66; Жибек жолы көшесі – 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236; Алматы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63; Байтерек көшесі –143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154,155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 267, 268, 269, 270, 271, 272; Арай көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48; Козы кош көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; Коксенгир көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69; Желтоксан көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50; Жеруйык көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; Жамбыл Жабаев көшесі – 1, 1/1, 11, 12, 15, 15/1, 16, 19, 22а, 21, 23, 3, 30, 32, 39, 4, 41, 5, 51/1, 52, 6, 65, 7, 70а, 8, 9; участок – 52; участок – 57; Ораз Жандосов көшесі – 11, 13, 15, 19, 1а, 2, 21, 23, 24/1, 26, 29, 3, 30, 31, 32, 34, 36, 38, 38/1, 5, 7, 9; участок – 1011; участок – 27; Турар Рыскулов көшесі – 13, 16, 35, 8, 9, 10; участок – 36; участок – 43; Ынтымак көшесі – 12, 14, 16, 16а, 34, 6а, 7, 7а, 9а; участок – 8; Достык көшесі – 9, 10, 18, 2, 22, 24, 28, 4, 6, 7, 8; участок – 15; 14 шағын ауданы – участок – 101; участок – 103; участок – 104; участок – 22; участок – 23; участок – 29; участок – 52; участок – 54; участок – 89; участок – 92; участок – 93.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7663,69 +8715,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 768 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орналасқан жері: Ақмола облысы, Целиноград ауданы, Талапкер ауылы, Мұхтар Әуезов көшесі, 23, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімінің Талапкер ауылының жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
-[...17 lines deleted...]
-Шекаралары: Сарыарқа көшесі – 1А, 2, 4, 5, 6, 7, 7/1, 8, 9, 11, 12, 15, 18, 20, 22, 23, 26, 28, 31, 33, 34, 35, 36, 38, 39, 41, 44, 45, 48, 50, 51, 52, 55, 56, 64; Мұхтар Әуезов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9/1, 10/2, 11, 12, 13, 13А, 14, 16, 16А, 18, 19, 20, 21, 22, 24, 26, 27, 28, 29, 30/1, 31, 32, 33, 34, 35, 37, 38, 39, 40, 41, 42, 43, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62; Есіл көшесі – 1, 3, 5, 6, 7, 8, 9, 10, 11, 13, 14, 15, 16, 17, 18, 19/1, 20, 21, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 37, 41, 45, 46, 46/1, 46А, 49, 50, 50А, 51, 52, 53, 54, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66А, 66Б, 69, 71; Бейбітшілік көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 26, 27, 28, 29, 30, 31, 32, 32/1, 33, 34, 35, 36, 37, 38, 39, 40, 43, 44, 46, 47, 48, 50, 51, 52, 52/1, 53, 54, 55, 56, 58, 60, 62, 63, 64, 65, 66, 67, 68, 69, 71, 72, 74, 75, 77; Жеңіс көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 30/2, 31, 32, 32/1, 33, 34, 35, 36, 37, 39, 40, 41, 43, 45, 47, 50, 50/1, 52, 53, 54, 55, 56, 57, 58, 59, 60/1, 61, 62, 63, 63/1, 64, 65, 66, 67, 68, 69, 70, 71, 72, 72/1, 75, 77, 78, 79, 82, 84; Талапкер көшесі – 4, 5, 8, 9, 9/1, 11, 13, 14, 16, 17, 18/1, 19, 20/1, 21, 23, 24, 25, 27, 27А, 29, 31, 32/1, 33, 35, 36, 40/1, 46, 46/1, 48, 50, 50В, 54, 56, 58, 60, 62, 64, 66, 68, 68А, 70, 70/1, 72, 72/1, 74, 74/1, 76, 76/1, 78/1, 80; Молдахмет Досаев көшесі – 2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 25, 25/1, 25А, 25Б, 25В, 27, 27Б, 29/5, 31, 37, 38, 40, 41, 42, 43, 44, 45, 45/1, 46, 54, 56, 61, 61А, 65, 66, 67, 67Б, 68А, 69, 69А, 70, 73, 74, 74А, 75, 76, 80А; 60 көшесі – 2, 3, 5, 6, 7, 15, 16; 10 көшесі – 14/1, 15, 16А, 17А, 18А, 19А, 20А, 21/1, 22А, 23/1, 24, 25/1, 26/1, 27/1, 28/1, 29, 332, 333, 333А, 334, 334А, 335, 335/1, 336, 336А, 337А, 338, 338А, 339, 339А, 340, 341, 341А, 342, 343, 344, 345, 346, 347, 348, 349, 350, 351, 352, 353, 354, 355, 356, 357, 358, 359, 360, 361, 362, 363, 364; 11 көшесі – 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 365, 366, 367, 368, 369, 370, 371, 372, 373, 374, 375, 376, 377, 378, 379, 380, 381, 382, 383, 384, 385, 386, 387, 388, 389, 390, 391, 392, 393, 394, 395, 396, 397, 398, 399, 402, 403, 404, 405, 406, 407, 408, 409, 971, 984, 985, 986; 12 көшесі – 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 410, 411, 412, 413, 414, 415, 416, 417, 418, 419, 420, 421, 422, 423, 424, 425, 426, 427, 428, 429, 430, 431, 432, 433, 434, 435, 436, 437, 438, 439, 440, 441, 442, 443, 444, 445, 446, 447, 448, 449, 450, 451, 452, 453, 973, 974, 976; 13 көшесі – 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 459, 460, 461, 462, 463, 464, 465, 466, 467, 468, 469, 470, 471, 472, 473, 474, 475, 974, 977, 979, 981, 983А; 65 көшесі – 66, 70, 74, 78, 82, 86, 90, 94, 98, 98/1, 99, 107, 107/1, 107/2, 107/3; 66 көшесі – 31, 34, 35, 36, 37, 67, 68, 71, 72, 75, 75/1, 76, 79, 80, 83, 84, 87, 88, 91, 92, 95, 96, 99, 100, 103, 105, 105/1, 105/2, 105/3; 106, 106/1, 106/2, 106/3; 67 көшесі – 2, 6, 10, 14, 18, 22, 26, 30, 32, 33, 34, 38, 42, 46, 50, 54, 58, 62, 69, 73, 77, 81, 85, 89, 93, 97, 101, 104, 104/1, 104/2, 104/3, 111А; 68 көшесі – 3, 4, 7, 8, 11, 12, 15, 16, 19, 20, 23, 24, 27, 28, 31, 32, 35, 35А, 36, 39, 39А, 40, 40А, 41, 42, 43, 43А, 44, 44А, 45, 46, 47, 47А, 48, 48А, 49, 50, 51, 51А, 52А, 53, 55, 56, 56А, 57, 58, 59, 59А, 60, 63, 64; 69 көшесі – 1, 2, 3, 4/1, 5, 7, 8, 9, 10, 13, 17, 18, 19, 20, 21, 25, 29, 33, 37, 45, 49, 53, 57, 60, 61, 61А, 62, 63, 64, 65, 65А, 66, 67, 69, 70, 71, 72, 73, 74, 75, 76, 103, 107, 108, 109, 110, 111, 112, 113, 115, 116, 117, 118, 119, 120; 71 көшесі – 77, 78, 79, 80, 81, 82, 83, 84, 85, 85А, 86, 87, 88, 89, 90, 91, 92, 93, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 176, 177, 178, 179, 180, 181, 182, 183, 261, 262, 263, 264, 265, 268, 269, 270, 280, 281; 72 көшесі – 28, 29, 30, 94, 95, 96, 97, 98, 99, 100, 101, 150, 151, 152, 153, 154, 155А, 184, 185, 186, 187, 188, 189, 190, 284, 285, 286, 287, 288; 9 көшесі – 1, 2, 3, 4, 5Б, 6А, 7А, 8А, 9А, 10А, 11А, 12А, 13Б; 14 көшесі – 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109; 15 көшесі – 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129; 16 көшесі – 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148; 17 көшесі – 150, 151, 152, 153, 154, 155, 156, 156А, 157, 157А, 158, 158А, 159, 160, 161/1, 162/1, 163/1, 164/1, 165/1, 166, 167, 170, 171, 172, 173, 174, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209; 18 көшесі – 159, 160, 161, 162, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175/1, 176/1, 177/1, 179/1, 180, 181, 182/1, 183/1, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 221/1; 19 көшесі – 28, 183, 184, 185, 186, 187, 188, 189, 190, 191, 193, 194, 195, 196, 197, 198, 199, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 233А, 240, 247, 254, 268; 20 көшесі – 222, 223, 224, 225, 226, 227, 228, 229, 230.</w:t>
+Орналасқан жері: Ақмола облысы, Целиноград ауданы, Талапкер ауылы, Бауыржан Момышұлы көшесі, 110, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімінің Талапкер ауылының IT-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шекаралары: Кабанбай батыр көшесі – 1, 3, 5, 7, 8, 9, 10, 11А, 12, 15, 16, 17, 18, 19, 20, 21, 23, 25, 29, 30, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 58, 59, 60, 61, 62, 63, 64, 65, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 79, 82, 85, 87, 88, 89, 91, 92, 93, 94, 95, 96, 98; Абай Кунанбаев көшесі – 1, 2, 3, 4, 5, 6, 6/1, 7, 8, 9, 10, 11, 11А, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 25, 26, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 42, 44, 48, 50, 52, 54, 56, 57, 58, 62, 66, 68А, 70, 72, 74, 76, 78, 79, 80, 81, 82, 84, 85, 86, 88, 89, 90, 92, 94, 96, 98; Султан Бейбарыс көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 9/1, 10, 11, 12, 13, 13/1, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 29, 30, 31, 32, 33, 34, 35, 36, 38, 40, 43, 45, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123; 31 көшесі – 1, 2, 3, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15; 32 көшесі – 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; 8 көшесі – 54, 55, 58, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85; 37 көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; 38 көшесі – 9, 10, 11, 12; Шокан Уалиханов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 21, 22, 23, 24, 25, 26, 28, 29, 30, 31, 32, 33, 35, 37; Ыбырай Алтынсарин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27, 29, 30, 34, 36; Кенесары көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 31/1, 32, 33, 34; Малик Габдуллин көшесі – 2, 4, 6, 12, 14, 16, 19, 20, 22, 23, 24, 25, 26, 27, 28, 30, 31, 32, 33, 34, 979; Богенбай Батыра көшесі - 91, 93, 95, 97, 99, 101, 103, 107, 109; Достык көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 15, 18, 19, 20, 21, 23, 24, 25, 27, 29, 31, 34/1, 37, 40, 42, 44, 46, 48, 50, 52, 53, 54, 55, 56, 57, 58, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71/1, 72, 73, 74, 75, 76, 77, 80, 81, 82, 84, 85, 86, 87, 88, 89, 91, 92, 93, 94, 95, 96, 98, 99, 100, 102, 103, 105; Бауыржан Момышулы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13А, 14, 15, 15А, 16, 17, 18, 19, 19А, 20, 21, 22, 23, 23А, 24, 25, 25А, 26, 27, 27А, 28, 29, 29А, 30, 31, 31А, 32, 33, 33А, 34, 35, 35/1, 36, 37, 37А, 38, 39, 39А, 40, 41, 42, 43, 44, 45, 46, 47, 48, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 63, 65, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 84, 85, 86, 87, 88, 90, 92, 94, 96, 97, 98, 100, 102, 103, 104, 105, 106, 107, 108; Аль Фараби көшесі – 17, 19, 21, 23, 25, 26, 27, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 44, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 57, 58, 60, 62, 63, 64, 65, 66, 67, 69, 70, 71, 76, 77, 78, 79, 80, 82, 84, 86; Маншук Маметова көшесі – 1, 1А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37А, 38, 39А, 40, 42, 43, 45, 47, 48, 50, 51, 52, 53, 54, 54А, 55, 57, 59, 67, 69, 71, 73, 75, 77, 79, 80, 81, 85, 89, 91, 93, 95; Наурызбай батыр көшесі – 1, 2, 2А, 3, 4, 5, 6, 7, 8, 9, 9А, 10, 11, 11А, 12, 13А, 14, 15/1, 17, 18А, 19, 20, 21, 22, 24, 26, 27А, 28, 30, 32, 35, 36, 37, 39, 41, 43, 45, 47, 49, 53, 55, 56, 57, 58, 59, 60, 62, 64, 66, 68, 70, 72, 73, 74, 75, 76, 77, 78, 79, 81, 82, 84, 86, 88, 90, 92, 94; Кажымукан көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20А, 21, 22, 23, 24, 25, 26, 26А, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 41, 43, 43А, 44, 45, 46, 47, 48, 49, 50, 51, 52, 54, 56, 57, 59, 61, 63, 65, 67, 68, 69, 70, 71, 72, 73, 74, 76, 77, 78, 79, 81, 83, 85, 87; Мадениет көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 14Б, 15, 16, 17, 18, 19, 20, 22, 23, 23А, 25, 26, 27, 30, 30А, 32, 34, 36, 37, 38, 39, 41, 42, 44, 45, 46, 48; Баршын көшесі – 2, 3, 4, 5, 6, 8, 9, 10, 12, 12Б, 12В, 13, 14, 15, 19, 20, 21, 22, 24, 25, 26, 27, 28, 28А, 30, 31, 32, 33, 35, 36, 37, 38, 40, 41, 42, 43, 44, 45, 47, 52, 53, 54, 55, 55А, 56, 57, 57А, 58, 59, 60, 61, 61А, 62, 63, 63А, 64, 65, 65А, 66, 67, 68, 69, 69А, 70, 71, 71А, 72, 73, 74, 76, 78, 80, 82, 84, 86.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7908,50 +8960,276 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орналасқан жері: Ақмола облысы, Целиноград ауданы, Ақмол ауылы, 019 есеп кварталы, 606, Қазақстан Республикасы Қорғаныс министрлігінің "44813 әскери бөлімі" республикалық мемлекеттік мекемесінің ғимараты.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шекаралары: Ақмол ауылы, 019 есеп кварталы, 606.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 801 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орналасқан жері: Ақмола облысы, Целиноград ауданы, Қызылсуат ауылдық округі, Нұрлы ауылы, 5-көше, 9-құрылыс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шекаралары: Нұрлы ауылы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 802 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орналасқан жері: Ақмола облысы, Целиноград ауданы, Қоянды ауылы, Мәңгілік ел көшесі 71/60, "Ақмола облысы білім басқармасының Целиноград ауданы бойынша білім бөлімінің Қоянды ауылының мектеп лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Границы: Дулыга көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Атаконыс көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; Атамура көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35; Наурыз көшесі - 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41; Сарыарқа көшесі - 1, 11, 13, 15а, 17, 21, 23, 23а, 25, 3, 5, 5/1, 7, 9; Бостандык көшесі – 1; 12 шағын ауданы; участок – 113; участок – 115; участок – 117; участок – 119; участок – 109; участок – 33; участок – 31; Алия Молдагулова көшесі – 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 41; Мухамедрахим Джунусова көшесі - 001, 1, 10, 11, 12, 13, 14, 15, 101, 105, 16, 17а, 17, 18, 19, 2/3, 2, 2/1, 2/2, 2/3, 2/4, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28/1, 29, 3, 3/1,31, 32, 33, 34, 35, 36, 37, 38, 39/1, 39/2, 4/1, 103, 103/1, 41, 43, 43а, 45, 47, 49, 5, 51/1, 51/2, 53, 55, 57/1, 61/3, 61/2, 63а, 63/1, 65, 65б, 65г, 69, 7, 71, 73, 73/1, 73а, 73а/1, 75, 77, 77/1, 77/2, 79/1, 81/1, 81/2, 83а, 85, 87/1, 87/2, 89, 9, 93,, 95, 97, 99, участок – 1б; участок – 7; Мангилик ел көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Егемен көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40; Ерейментау көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; Жети жаргы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; Астана көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44; Казыгурт көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66; Отырар көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44; Жетиген көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58; Гакку көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42; Алаш көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; Аламан көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Хан танири көшесі – 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 65, 67, 69, 71, 73; Туркестан көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 29, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141; Жибек жолы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110; Байтерек көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142; Бурабай көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14,15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; Култегин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -7983,55 +9261,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>