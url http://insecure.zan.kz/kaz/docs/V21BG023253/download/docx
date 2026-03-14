--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a46b007" w14:textId="a46b007">
+    <w:p w14:paraId="90bed1d" w14:textId="90bed1d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -668,61 +668,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бұланды ауданының аумағындағы сайлау учаскелері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - Ақмола облысы Бұланды ауданы әкімінің 09.08.2024 </w:t>
+      Ескерту. Қосымша жаңа редакцияда - Ақмола облысы Бұланды ауданы әкімінің 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 4</w:t>
+        <w:t>№ 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -746,173 +746,1563 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...34 lines deleted...]
-              <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 277 сайлау учаскесі</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орналасқан жері: Ақмола облысы, Бұланды ауданы, Макинск қаласы, Сәкен Сейфуллин көшесі, 36, Бұланды ауданының мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімінің "Бұланды аудандық мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+              <w:t xml:space="preserve">№ 277 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сайлау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учаскесі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шекаралары: Мәлік Ғабдуллин көшесі - 3, 5, 7/1, 7/2, 10, 11/1, 11/2, 13, 14/1, 14/2, 14/3, 14/4, 15, 16/1, 16/2, 17, 18, 19, 20, 21, 23, 24, 25, 26, 28, 29, 31, 32, 33, 34, 35, 36, 37, 40, 41, 42, 43, 45, 46, 47, 48; Мәлік Ғабдуллин 1 тұйық көшесі- 3/1, 3/2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14; Мәлік Ғабдуллин 2 тұйық көшесі- 2, 3, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 21, 22, 23, 24; Михаил Яглинский көшесі - 46, 48, 52, 54, 60, 62, 64, 65/1, 65/2, 67, 75, 75А/5, 75А/6, 75А/7, 77, 81, 83, 85, 93, 95, 99, 101, 107, 109, 111, 113, 115, 119, 121, 123, 127, 129, 131, 133, 139, 141, 145, 149, 153; Луговая көшесі - 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 17, 18, 19, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 33, 34, 35, 36, 36А, 36Б, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 53, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 81, 85, 89А, 91, 93, 95; Амангелді Иманов көшесі - 3, 4, 5, 6, 7, 8, 9, 10, 11/1, 11/2, 12, 13, 14, 15, 15А, 17, 18, 19, 20, 21, 23, 24, 26, 27, 28/1, 28/2, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 42А, 43, 44, 45, 46, 48, 49, 50, 52, 53, 54, 55, 56, 57, 58, 59, 60, 62, 63, 64, 65, 67, 68, 69, 70, 71, 72, 73, 74, 76,</w:t>
+              <w:t>Орналасқан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 105, 109; Станционная көшесі - 19; 2 Темір жол көшесі - 2/1, 2/2, 4/1, 4/3, 5, 9, 10, 11, 12, 13, 15, 17, 18, 19, 20, 21, 22, 24, 26, 28, 30, 32, 34; Михаил Яглинский 2 тұйық көшесі - 2, 3, 4, 7, 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 27; 9 Май көшесі - 2В, 2В/1, 2В/2, 2А/1, 2А/2, 2/1, 2/2, 2Б/1, 2Б/2, 3, 4/1, 4/2, 5, 6/1, 6/2, 8/1, 8/2, 10/1, 11, 12/1, 12/2, 13, 14/1, 14/2, 15, 16/1, 16/2, 17, 18/1, 18/2, 19, 20/1, 20/2, 20Г, 21, 22/1, 22/2, 23, 24/1, 24/2, 25, 26, 27, 28, 29, 31, 33, 35, 37, 39, 43, 45, 47, 49, 51, 53, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 81; Садовая көшесі - 1, 2, 3, 5, 7, 8, 8А, 9, 12А, 14, 18, 19, 20, 21, 22, 23, 24, 25, 26, 28, 30, 36, 37, 38, 39, 40, 42, 43, 44, 46, 46А, 48, 49, 50, 51А, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 65, 67, 68, 69, 70, 72, 73, 74, 75, 77, 79, 80, 82, 83, 84, 85, 87, 90, 91, 93, 95; Садовый 1 тұйық көшесі - 2, 3, 4, 5, 6, 7, 8; Садовый 2 тұйық көшесі - 1, 2/1, 2/2, 2/3, 2А/1, 2А/2, 5, 6, 8, 9, 10, 12, 13, 14, 15, 16, 19; Садовый 3 тұйық көшесі - 1, 2, 3, 4, 5, 6, 7, 9, 11, 12, 13, 14, 15, 16, 17, 18, 20, 22; Садовый 4 тұйық көшесі - 1, 2, 3, 4, 5, 6, 7, 8; Садовый 5 тұйық көшесі - 1У, 2А, 2В; 2-ші Садовая көшесі - 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11Б; Сәкен Сейфуллин көшесі - 47, 49, 51, 53, 55, 55А, 57, 59, 61, 63, 67, 69, 71, 73, 77, 83, 84, 85, 86, 88, 90, 91, 93, 94, 96, 97, 98, 99, 100, 101, 102, 104; Интернациональная көшесі - 91, 92, 95, 97, 98, 101, 104, 105.</w:t>
+              <w:t>жері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақмола</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>облысы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұланды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауданы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Макинск</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаласы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәкен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сейфуллин </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 36, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұланды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауданының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәдениет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тілдерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дене</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> спорт </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бөлімінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұланды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәдениет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үйі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>коммуналдық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қазыналық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіпорнының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғимараты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекаралары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәлік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғабдуллин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3, 5, 7/1, 7/2, 10, 11/1, 11/2, 13, 14/1, 14/2, 14/3, 14/4, 15, 16/1, 16/2, 17, 18, 19, 20, 21, 23, 24, 25, 26, 28, 29, 31, 32, 33, 34, 35, 36, 37, 40, 41, 42, 43, 45, 46, 47, 48; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәлік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғабдуллин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұйық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- 3/1, 3/2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәлік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғабдуллин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұйық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- 2, 3, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 21, 22, 23, 24; Михаил </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Яглинский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 46, 48, 52, 54, 60, 62, 64, 65/1, 65/2, 67, 75, 75А/5, 75А/6, 75А/7, 77, 81, 83, 85, 93, 95, 99, 101, 107, 109, 111, 113, 115, 119, 121, 123, 127, 129, 131, 133, 139, 141, 145, 149, 153; Луговая </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 17, 18, 19, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 33, 34, 35, 36, 36А, 36Б, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 53, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 81, 85, 89А, 91, 93, 95; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Амангелді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иманов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3, 4, 5, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6, 7, 8, 9, 10, 11/1, 11/2, 12, 13, 14, 15, 15А, 17, 18, 19, 20, 21, 23, 24, 26, 27, 28/1, 28/2, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 42А, 43, 44, 45, 46, 48, 49, 50, 52, 53, 54, 55, 56, 57, 58, 59, 60, 62, 63, 64, 65, 67, 68, 69, 70, 71, 72, 73, 74, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 105, 109; Станционная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 19; 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Темір</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жол</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2/1, 2/2, 4/1, 4/3, 5, 9, 10, 11, 12, 13, 15, 17, 18, 19, 20, 21, 22, 24, 26, 28, 30, 32, 34; Михаил </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Яглинский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұйық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2, 3, 4, 7, 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 27; 9 Май </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2В, 2В/1, 2В/2, 2А/1, 2А/2, 2/1, 2/2, 2Б/1, 2Б/2, 3, 4/1, 4/2, 5, 6/1, 6/2, 8/1, 8/2, 10/1, 11, 12/1, 12/2, 13, 14/1, 14/2, 15, 16/1, 16/2, 17, 18/1, 18/2, 19, 20/1, 20/2, 20Г, 21, 22/1, 22/2, 23, 24/1, 24/2, 25, 26, 27, 28, 29, 31, 33, 35, 37, 39, 43, 45, 47, 49, 51, 53, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 81; Садовая </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1, 2, 3, 5, 7, 8, 8А, 9, 12А, 14, 18, 19, 20, 21, 22, 23, 24, 25, 26, 28, 30, 36, 37, 38, 39, 40, 42, 43, 44, 46, 46А, 48, 49, 50, 51А, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 65, 67, 68, 69, 70, 72, 73, 74, 75, 77, 79, 80, 82, 83, 84, 85, 87, 90, 91, 93, 95; Садовый 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұйық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2, 3, 4, 5, 6, 7, 8; Садовый 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұйық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1, 2/1, 2/2, 2/3, 2А/1, 2А/2, 5, 6, 8, 9, 10, 12, 13, 14, 15, 16, 19; Садовый 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұйық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1, 2, 3, 4, 5, 6, 7, 9, 11, 12, 13, 14, 15, 16, 17, 18, 20, 22; Садовый 4 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұйық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1, 2, 3, 4, 5, 6, 7, 8; Садовый 5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұйық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1У, 2А, 2В; 2-ші Садовая </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11Б; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәкен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сейфуллин </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 47, 49, 51, 53, 55, 55А, 57, 59, 61, 63, 67, 69, 71, 73, 77, 83, 84, 85, 86, 88, 90, 91, 93, 94, 96, 97, 98, 99, 100, 101, 102, 104; Интернациональная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 91, 92, 95, 97, 98, 101, 104, 105.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2450,51 +3840,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орналасқан жері: Ақмола облысы, Бұланды ауданы, Байсуат ауылы, Абай Құнанбаев атындағы көшесі, 19, "Ақмола облысы білім басқармасының Бұланды ауданы бойынша білім бөлімі Байсуат ауылының бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шекаралары: Ақмола облысы, Бұланды ауданы, Байсуат ауылы, Еруслановка ауылы.</w:t>
+Шекаралары: Ақмола облысы, Бұланды ауданы, Байсуат ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3110,51 +4500,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 298 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орналасқан жері: Ақмола облысы, Бұланды ауданы, Иванковка ауылы, Степная көшесі, 12, "Ақмола облысы білім басқармасының Бұланды ауданы бойынша білім бөлімі Иванковка ауылының бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+Орналасқан жері: Ақмола облысы, Бұланды ауданы, Иванковка ауылы, Степная көшесі, 29, Бұланды ауданының мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімінің "Бұланды аудандық мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорны, Иванковка ауылдық клубының ғимараты.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Шекаралары: Ақмола облысы, Бұланды ауданы, Иванковка ауылы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4258,51 +5648,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орналасқан жері: Ақмола облысы, Бұланды ауданы, Капитоновка ауылы, Первомайская көшесі, 6, Бұланды ауданының мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімінің "Бұланды аудандық мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорны, Капитоновка ауылдық Мәдениет үйінің ғимараты.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шекаралары: Ақмола облысы, Бұланды ауданы, Капитоновка ауылы, Балуан Шолақ ауылы, Пушкино ауылы.</w:t>
+Шекаралары: Ақмола облысы, Бұланды ауданы, Капитоновка ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4370,52 +5760,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орналасқан жері: Ақмола облысы, Бұланды ауданы, Никольск ауылы, Советская көшесі, 5 А, "Ақмола облысы білім басқармасының Бұланды ауданы бойынша білім бөлімі Никольск ауылының № 1 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Шекаралары: Ақмола облысы, Бұланды ауданы, Никольск ауылы, Ұлтуған ауылы. </w:t>
+              <w:t>
+Шекаралары: Ақмола облысы, Бұланды ауданы, Никольск ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4596,52 +5986,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орналасқан жері: Ақмола облысы, Бұланды ауданы, Буденовка ауылы, Школьная көшесі, 31, "Бұланды ауданының Новобратск ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ғимараты.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Шекаралары: Ақмола облысы, Бұланды ауданы, Буденовка ауылы, Добровольное ауылы, Красносельское ауылы.</w:t>
+              <w:t xml:space="preserve">
+Шекаралары: Ақмола облысы, Бұланды ауданы, Буденовка ауылы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5012,55 +6402,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5386,31 +6776,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>