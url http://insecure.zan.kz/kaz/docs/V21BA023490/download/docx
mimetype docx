--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f259562" w14:textId="f259562">
+    <w:p w14:paraId="066e1f0" w14:textId="066e1f0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -748,18309 +748,15969 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) шешімімен; өзгерістер енгізілді - Ақмола облысы Көкшетау қаласы әкімінің 06.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Краснояр ауылдық округі, Красный Яр ауылы, Тәуелсіздік көшесі 3, Көкшетау қаласының мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімі жанындағы "Көкше" мәдениет үйі мемлекеттік коммуналдық қазыналық кәсіпорынының ғимараты.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 1 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Краснояр ауылдық округі, Красный Яр ауылы, Тәуелсіздік көшесі 3, Көкшетау қаласының мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімі жанындағы "Көкше" мәдениет үйі мемлекеттік коммуналдық қазыналық кәсіпорынының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шекаралары: Ақмола облысы, Көкшетау қаласы, Краснояр ауылдық округі, Красный Яр ауылы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Абай көшесі – 1, 1А, 2, 2А, 2Б, 3, 4, 5, 6, 7, 8, 10, 10А, 11, 12, 13, 14, 15, 16, 16А, 17, 18, 18А, 19, 20, 20А, 21, 22, 22/1, 23, 23А, 23В, 24, 26, 26А, 27, 28, 28А, 29, 30, 30А, 31, 32, 33, 34, 37, 37А, 37/1; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Абылай хан көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10А, 11, 12, 15, 16, 18, 19, 21, 22, 23, 24, 25, 27, 28, 30, 31, 32, 33, 34, 35, 38, 40, 42, 44, 46, 48, 50, 52, 52А, 52Б, 54, 56, 58, 60, 62, 62А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бейбітшілік көшесі – 2, 4, 10, 12, 14, 16, 18, 20, 22, 26, 28, 28А, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48А, 48Б, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 72А, 74;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шоқан Уәлиханов көшесі – 1, 1А, 3, 7, 13, 15, 17, 17А, 19, 25, 27; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жидек көшесі – 1, 3А, 3Б, 4, 5, 5А, 5Б, 7, 7А, 7Б, 8, 10, 11, 11А, 11Б, 14, 15, 16, 16А, 17, 20, 24, 25, 25А, 27, 27А, 27Б, 28, 29, 29А, 29Б, 30, 32, 34, 35, 36, 68; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үкілі Ыбырай көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13А, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 39, 41, 43, 45, 47;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұлан көшесі – 5, 7, 9, 9А, 10, 11, 13, 17, 23; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Игілік көшесі – 5, 6, 7, 8, 10, 11, 14А, 20, 21, 23, 23Г, 37, 39, 42, 42А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Достық көшесі – 1, 2, 2А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 14, 15, 16, 17, 18, 20, 21, 23, 25, 27, 29, 31, 33, 34, 35, 36, 37, 38, 39, 41, 53; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мира көшесі – 1, 1А, 2, 2А, 3, 4, 4А, 5, 6, 7, 8, 9, 10, 11, 11А, 12, 13, 14, 15, 15А, 16, 16А, 17, 17А, 18, 19, 20, 20А, 21, 21А, 22, 23, 24, 24А, 25, 26, 27, 28, 30, 31, 32, 34, 35, 38, 40, 40А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Наурыз көшесі – 1, 2, 3, 4, 5, 6, 8, 9, 10, 11, 12А, 12Б, 14, 14А, 14Б, 16, 18, 21, 22, 23, 24, 25А, 26А, 26Б, 26Г, 27, 28, 28А, 29, 30А, 31, 32, 33, 34, 35, 37, 40, 42, 43, 44А, 44Б, 45, 45А, 46, 46А, 47, 49, 51, 53, 55, 59, 63, 67, 69, 71, 72, 73, 74, 75Б, 76; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      И. Салахов көшесі – 4, 6, 8, 9, 10, 12, 13, 14, 15А, 18, 19, 20, 21, 22, 23, 25, 27, 28, 30, 36, 43, 43А, 45, 47, 49; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тәуелсіздік көшесі – 1, 3, 4, 5, 7, 10, 12, 14, 16, 18, 20, 24; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әбілжан Ұмышев көшесі – 1, 2, 3, 4, 4Б, 5, 6, 6/2, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 24/1, 25, 26, 26А, 27, 28, 29, 30, 31, 32, 33, 33А, 34, 35, 36, 37, 38, 39, 40, 41, 43, 47, 49, 51, 53, 55, 57, 59, 59А, 63, 65, 67, 69; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Нұрлы көшесі – 1, 1А, 1Б, 1/1, 2, 3, 4, 5, 6, 7, 8, 9, 9А, 10, 11, 12, 12/1, 13, 13А, 14, 15, 15А, 16, 17, 17А, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 32, 33, 34, 35, 35А, 36, 36А, 38, 40, 42, 46, 48, 50; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көкен Шакеев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20А, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 53, 55; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Энергетиков көшесі – 1, 2, 4, 5, 6, 21, 24.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 2 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Краснояр ауылдық округі, Красный Яр ауылы, Достық көшесі 68, "Ақмола облысы білім басқармасы жанындағы көпсалалы инновациялық колледжі" мемлекеттік коммуналдық қазыналық кәсіпорынының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары: Ақмола облысы, Көкшетау қаласы, Краснояр ауылдық округі, Красный Яр ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...290 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">
+      Азнабай Әбілмәжінов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13А, 14, 16, 18, 19, 20, 21, 22, 24, 24А, 26, 28, 28А, 30, 32, 33, 34, 36, 38, 40, 42, 49; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Абай көшесі – 39, 39А, 41, 41А, 43, 43А, 43В, 44, 45А, 46, 47, 47А, 47Б, 47В, 47Г, 48, 49, 51, 52, 53, 54, 56, 60, 60А, 62, 64, 66, 67; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абылай хан көшесі – 45, 47, 47А, 47Б, 49, 51, 51А, 51Б, 53, 53А, 55, 57, 59, 61, 63А, 64, 64А, 65, 66, 70, 72, 74, 76, 78, 78А, 80, 86;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шоқан Уәлиханов көшесі – 4, 8, 10, 12, 14, 20, 20А, 22, 23, 23А, 24, 24А, 26, 28, 30, 32, 34, 35, 36, 37, 38, 39, 40, 41, 42, 42А, 43, 44, 45, 46, 47; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Достық көшесі – 40, 42, 43, 44, 44А, 46, 46А, 46Б, 46В, 48, 50, 50А, 52, 54, 55, 56, 57, 58, 59, 61, 61А, 62, 64, 66, 68, 68А, 73, 73А, 73Б, 77, 77А, 79, 81, 83; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мира көшесі – 37, 39, 41, 43, 43А, 45, 47, 48, 49, 50, 51, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Новоселов көшесі – 1, 2, 3, 3А, 4, 5, 6, 6А, 7, 8, 9, 9А, 10, 11, 11А, 15, 16, 16/6, 17, 20, 20А, 21, 23, 25, 26, 26А, 26Б, 27, 27А, 27Б, 28, 28А, 29, 29А, 29Б, 31, 32, 33, 34, 37, 46; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қызғалдақ көшесі – 2, 3, 9, 9А, 10, 11, 11А, 13, 13А, 15А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      СПТУ-9 көшесі – 1, 2, 2/4, 3, 4, 5, 6, 7, 8, 9, 42, 58, 60; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әбілжан Ұмышев көшесі – 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Нұрлы көшесі – 37, 39, 41, 43, 47, 54, 56, 58, 58А, 60, 62, 78; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көкен Шакеев көшесі – 52, 54, 56, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 68А, 70, 71, 72, 73, 74, 75, 75А, 77, 77А, 78, 78А, 79, 80, 81, 82, 83, 84, 86, 87, 88, 89, 90, 90А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 3 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Краснояр ауылдық округі, Красный Яр ауылы, Әбілжан Ұмышев көшесі 2Б, "Ақмола облысы дене шынықтыру және спорт басқармасының "Балуан Шолақ атындағы ұлттық спорт түрлерінен облыстық балалар мен жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы, Краснояр ауылдық округі, Красный Яр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ветлабороторный көшесі – 1, 2; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қаһармандар көшесі – 1, 2, 2А, 2Б, 2Г, 2Д, 3, 4, 6, 7, 7А, 8, 9, 10, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21А, 22, 24, 25, 26, 28, 28А, 30, 32, 33, 36, 36А, 38, 39, 40, 42, 44, 46, 48, 48А, 52, 54, 55, 56, 57, 58, 58А, 58Е, 59, 65, 69А, 70Б, 75, 81, 82, 84, 86, 91, 107; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Киров көшесі – 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 32, 33, 33А, 34, 35, 36, 37, 38, 39, 40, 42, 43, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 58, 59, 60, 61, 62, 63, 64, 66А, 68, 70, 72, 72А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Клубная көшесі – 2, 3, 5, 7, 11, 13, 15; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заречная көшесі – 1, 1А, 3, 5, 5А, 7, 7А, 9, 10А, 11, 13, 17, 18, 19, 19А, 20, 21, 21А, 22А, 23, 24, 26, 28, 30А, 34; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мәншүк Мәметова көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 16, 17, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Островский көшесі – 1, 1А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15А, 16А, 17, 18, 19, 25, 33, 37, 37А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сәкен Сейфуллин көшесі – 1, 2, 3, 4, 5, 5А, 6, 7, 7А, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 32А, 33, 34, 35, 36, 37, 38, 39, 40, 40А, 41, 42, 43, 44, 45, 46, 47, 47А, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 60, 61, 64, 65, 67, 69, 69А, 69Б, 71, 77, 78, 80, 82, 84, 90, 94А, 98, 100, 104, 128, 130, 132; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Желтоқсан көшесі – 1А, 5, 7, 8, 10, 11, 12, 14, 14А, 16, 16А, 18, 19, 20, 22; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шахтеров көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 8/3, 10, 11, 12; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шонай көшесі – 1, 1Б, 2, 2А, 2Б, 3, 4, 5, 6, 7А, 8, 9, 10, 11, 12, 13, 14, 15, 15А, 16, 20, 24, 26, 28, 30, 32, 32А, 34, 36, 36А, 38, 39; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрлы көш шағын ауданы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 4 сайлау учаскесі Орналасқан жері: Ақмола облысы, Көкшетау қаласы, Краснояр ауылдық округі, Красный Яр ауылы, Школьная көшесі 13, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Красный Яр ауылының №2 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы, Краснояр ауылдық округі, Красный Яр ауылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Автобаза көшесі – 1, 2, 3, 4, 5, 6, 7, 9, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19/1, 20, 20А, 21, 22, 23, 24, 25, 28, 29, 33, 45; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Интернациональная көшесі – 1, 2, 3, 4, 5, 6, 7; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Красноярская көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Майская көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Адырна көшесі – 2, 3, 4, 5, 6, 7, 8, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20, 21, 21А, 22, 23, 24, 25, 62; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Школьная көшесі – 1, 1А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 12, 14, 15, 16, 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Н. Вавилов көшесі – 1, 3, 5, 6, 8, 9, 10; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Болашақ көшесі – 1, 2, 2А, 3А, 5, 6, 7, 9, 9А, 11, 13, 15, 15А, 17, 19, 20, 21, 22, 23, 25, 27, 30А, 31, 32, 32А, 33, 34, 35, 37, 39; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      50 лет Октября көшесі – 1, 1У/8, 2, 3, 4, 5, 6, 7, 8, 12, 21, 36; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Юбилейная көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 9А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызыл Жұлдыз ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 5 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Краснояр ауылдық округі, Красный Яр ауылы, Чайкино шағын ауданы, Парковая көшесі 12, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 15 негізгі орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы, Краснояр ауылдық округі,Красный Яр ауылы, Чайкино шағын ауданы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Геологов көшесі – 1, 1А, 2, 2А, 2Б, 2В, 2Г, 2Д, 3, 4А, 5, 6, 6А, 6Б, 7, 8, 9, 10, 10А, 11, 12, 13, 14, 15, 17, 18, 20, 21, 22, 23; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Молодежная көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 18, 20, 28; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Парковая көшесі – 4, 6, 8, 10; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қ. Сәтпаев көшесі – 1, 1А, 1Б, 1В, 2, 2А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Степная көшесі – 1, 1А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 6 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Қызыл жар көшесі 66, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімінің Көкшетау қаласының № 9 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақселеу көшесі – 1, 2, 4, 6, 7, 8, 8А, 9, 10, 11, 12, 14, 16, 17, 18, 19, 20, 21, 22, 23, 24, 26, 27, 28, 29, 33, 34, 35, 37, 39, 50, 54, 56, 58, 60, 61, 62, 63, 65, 66, 68, 70, 73, 77, 79, 81, 83, 84, 84А, 85, 85А, 86, 87, 88, 90, 92, 93, 95, 97, 99, 101;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Е. Брусиловский көшесі – 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 52, 53, 54, 56, 57, 58, 59, 61, 62, 64, 65А, 66, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 88, 89, 90, 91, 94, 116, 117, 119, 121, 122, 123, 124, 126, 127, 129, 130, 130А, 131, 133, 135, 139, 143, 145, 147, 148, 149/1, 152, 153, 154, 155; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұқпа көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 26, 27, 30, 31, 32, 33, 34, 35, 36, 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ахмет Жұбанов көшесі – 35, 36, 37, 38, 40, 41, 42, 43, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 93, 94, 95, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 112, 114, 116, 117, 118, 119, 121, 122, 123, 125, 127, 128, 129, 130, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 146, 147, 148, 149, 152;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А. Затаевич көшесі – 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 51, 53, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 76, 77, 78, 79, 80, 81, 82, 83, 85, 86, 87, 89, 92, 93, 93А, 94, 95, 96, 97, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 117/1, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 144, 145, 146, 148, 149, 153, 154, 155;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қызыл жар көшесі – 36, 38, 40, 42, 44, 46, 56, 58, 62, 64, 74, 76, 78, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 126, 128, 130, 136, 138, 140, 142, 144, 146, 150, 152, 154, 156, 158, 160, 174; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағалалы көшесі – 35, 37, 39, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66А, 68, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 101, 103, 105, 107, 109, 111, 113, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 134, 135, 136, 137, 138, 139, 140, 142, 143, 144, 145, 146, 147, 148, 149, 150, 152, 156, 158;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шопты көшесі – 1, 2, 3, 4, 5, 6, 9, 10, 12, 13, 14, 22, 25, 27, 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Строитель-1" бағбандық серіктестік, Магистральная көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Строитель-2" бағбандық серіктестік, Бородуллинская көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Казэлеватормельмонтаж" бағбандық серіктестік, Монтажная көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Приборостроитель" бағбандық серіктестік, Пасечная көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сельхозуправление" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Тюльпан" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Бережок" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Дружба" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Садовод" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Жибек жол 2017" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Маяк" саяжай кооперативі, Профсоюзная көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Яблочная көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фруктовая көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Малиновая көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клубничная көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ягодная көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конечная көшесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 7 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Мұхтар Әуезов көшесі 48Б, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімінің Көкшетау қаласының № 10 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұхтар Әуезов көшесі – 1, 1Б, 1В, 1К, 1К/1, 2, 2А, 2Б, 2Г, 2Д, 2Е, 3, 4, 4А, 5, 5А, 6, 6А, 7, 7А, 8, 8А, 9, 10, 10А, 10Б, 10В, 10/1, 11, 12, 12А, 13, 14, 14А, 14Б, 15, 16, 16А, 16Б, 17, 17А, 18, 18А, 19, 20, 21, 22, 23, 24, 25, 26, 26А, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37А, 38, 39, 40, 41, 42, 43, 44, 45, 46, 48, 50, 50А, 50Б, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 76А, 76/2, 78, 78/2, 80, 82, 84, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кәусар көшесі – 1, 2, 2А, 3, 4, 4Г, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16Б, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 39А, 40, 41, 42, 43, 44, 44Б, 44Б/1, 44Б/2, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ахмет Жұбанов көшесі – 6, 8, 9, 10, 10А, 11, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А. Затаевич көшесі – 9, 11, 12, 13, 14, 15, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қызыл жар көшесі – 10, 14, 16, 20, 22, 28, 30, 32, 34; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағалалы көшесі – 1, 2, 2А, 4, 5, 6, 7, 8, 9, 10, 11, 13, 15, 16, 17, 18, 19, 20, 22, 23, 23А, 24, 25, 26, 27, 28, 28/1, 29, 30, 31, 32, 33, 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сопочная көшесі – 2, 2А, 4, 7, 8, 10, 12, 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Серпін көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 9/1, 10, 11, 11/1, 12, 13, 13/1, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 62А, 63, 64; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Томирис көшесі – 1, 2, 3, 4, 5, 6, 7, 7А, 8, 9, 10, 11, 12, 13, 14, 15, 15А, 16, 17, 17Б, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37А, 37Б, 38, 39, 40, 41, 42, 43, 43А, 43Б, 43В, 44, 45, 45Б, 45В, 46, 47, 47В, 48, 49, 50, 51, 52, 53, 53А, 55А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұлытау көшесі – 1, 1А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 54А, 55, 56, 57; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Балбырауын көшесі – 1, 3, 5, 7, 9, 11, 13, 15, 17, 21, 23, 25, 27, 29, 31; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Айдын көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 24А, 24Б, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шұғыла көшесі – 1, 2, 2А, 3, 3А, 4, 4/1, 4/2, 5, 6, 6А, 7, 8, 8А, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22А, 22Б, 23, 23/1, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қоғалы көшесі – 4, 6; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мағзи Әбілқасымов көшесі – 2, 4, 4А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мұса Асайынов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15А, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35А, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2-й ДСУ 15 өтпе жолы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хамит Ерғалиев көшесі – 1, 1А, 1В, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 11А, 12, 13, 14, 15, 15Б, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 32А, 33, 34, 35, 36, 37, 37/1, 38, 39, 40, 41, 42, 43, 44, 44А, 45, 46, 47, 49, 51, 53, 54, 55;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Копа" саяжай кооперативі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СМУ Хлебопродуктов" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Облздрав" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Одуванчик" бағбандық серіктестік, Узкая көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мичуринец" саяжай кооперативі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Казсельхозтехника" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "АПК Кокшетаустрой" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Родники" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Весна" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Зенит" саяжай кооперативі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Саяжай" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Автомобилист" бағбандық серіктестік. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 8 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Мұхтар Әуезов көшесі 190, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 1 мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мұхтар Әуезов көшесі – 111, 137, 139, 170, 172, 172А, 178, 180, 182, 184, 186, 188, 189, 189Б, 189Е, 189/16, 190, 192; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мақтай Сағдиев көшесі – 2, 8, 10, 20, 22, 24, 26; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ю. Гагарин көшесі – 2, 11А, 13, 20, 23А, 24, 26; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ахмет Байтұрсынов көшесі – 5, 8, 26; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мағзи Әбілқасымов көшесі – 37, 43, 45, 47, 49, 51, 76, 78, 80, 84/1; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Зарап Темірбеков көшесі – 2, 2А, 2Б, 3, 11, 13, 19, 28, 30, 30А, 33, 35; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлихан Бөкейхан көшесі – 3, 6, 7, 8, 19, 21; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шәкәрім Құдайбердиев көшесі – 29, 35, 40, 42, 44, 46, 67; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі – 49, 53, 59, 73, 78;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дзержинский көшесі – 40, 42, 48, 76, 77, 78, 79, 81;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мағжан Жұмабаев көшесі – 13, 40, 43, 43А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кенесары Касымұлы көшесі – 11, 17, 19, 21; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеңіс көшесі – 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Е.Н. Әуелбеков көшесі – 71, 73, 75, 77, 79.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 9 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Абай көшесі 76, Қазақстан Республикасы білім және ғылым министрлігінің "Ш. Уәлиханов атындағы Көкшетау университеті" коммерциялық емес акционерлік қоғамының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұхтар Әуезов көшесі – 47, 49, 51, 53, 57, 59, 61, 63, 65, 67, 69, 71, 73, 73А, 75, 77, 79, 81, 83, 85, 87, 89, 93, 95, 97, 99, 101, 103, 105, 109, 116, 118, 120, 122, 124, 126, 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 160, 162, 164, 166, 168;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қоғалы көшесі – 1, 5, 7, 13, 15, 16, 17, 18, 19, 20, 21, 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мағзи Әбілқасымов көшесі – 1, 3, 5, 7, 10, 11, 13, 15, 24, 32, 34, 38, 44, 46, 48; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Н. Вавилов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 18, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Дорожный өтпе жолы – 1, 2, 3, 4, 5; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сағадат Нұрмағанбетов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 39;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қанай би көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Глинин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 32А, 33, 34, 35, 36; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кенесары Қасымұлы көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 12, 13, 14, 15, 16, 18, 20, 22, 23, 24, 25, 26, 27, 28, 30, 31, 32, 34, 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеңіс көшесі – 2, 4, 22, 26, 33; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сәкен Сейфуллин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25/1, 26, 27, 28, 29, 30; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шәкәрім Құдайбердиев көшесі – 1, 1/1, 2, 3, 4, 5, 6, 7, 7А, 7Б, 7В, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 30, 31, 32, 33, 34, 36, 37, 38, 39, 40А, 41, 43, 45, 47, 48, 49, 50;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Абай көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37А, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 50, 51, 52, 54, 55, 56, 57, 58, 59, 61; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Дзержинский көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27/1, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 50, 52, 57, 59, 59А, 60; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Е.Н. Әуелбеков көшесі – 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 33/2, 35, 37, 39, 41, 41А, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 10 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Ақан сері көшесі 24, Қазақстан Республикасы білім және ғылым министрлігінің "Ш.Уәлиханов атындағы Көкшетау университеті" коммерциялық емес акционерлік қоғамының № 4 корпустің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Е.Н. Әуелбеков көшесі – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлімжан Баймұканов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23А, 24, 26, 28, 30, 31А, 32, 34, 36, 38, 40, 42, 44; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ақан сері көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 24Б, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рақымбек Сабатаев көшесі – 1, 1Б, 1Г, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бәйкен Әшімов көшесі – 1, 2, 2А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 49, 51, 53, 55;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ермек Серкебаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Наурызбай батыр көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 8/1, 9, 10, 11, 12, 13, 15, 17, 19, 21, 23, 25; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеңіс көшесі – 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сәкен Сейфуллин көшесі – 42, 44, 46, 48, 50, 52, 54, 55, 56, 57, 58, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 84/10, 85, 87, 89, 91; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кенесары Қасымұлы көшесі – 39, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 76, 77, 78, 79, 80, 81, 82, 83, 84, 86, 88, 90, 92, 94, 96, 98, 100; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Глинин көшесі – 44, 44Б, 44В, 46, 48, 50, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 70А, 71, 72, 72А, 75, 77, 79, 81, 83, 85, 87; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қанай би көшесі – 37, 39, 39В, 39Г, 39Д, 40, 41, 42, 43, 44, 45, 46, 47, 48, 48/1, 48/2, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 86Б, 87, 88, 89, 90, 91, 91А, 92, 92А, 93, 94, 95, 96, 96А, 98, 100, 102, 102А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Досов көшесі – 3, 4, 5, 6, 7, 8, 9, 10, 10А, 11, 12, 13, 13А, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сағадат Нұрмағанбетов көшесі – 38, 40, 40Б, 42, 46, 48, 50, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Н. Вавилов көшесі – 17, 19, 39, 41, 44, 46, 46/1, 47, 49, 51, 52, 53, 55, 57, 59, 60, 61, 63, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 84А, 85, 86, 86А, 86Б, 87, 88, 89, 90, 90А, 91, 92, 92А, 93, 94, 95, 96, 97, 98, 99, 100, 101;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2 Горная көшесі – 2, 3, 4, 5, 6, 6А, 7, 7А, 15, 16, 17, 19, 23, 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Л. Шевцовой көшесі – 1, 1А, 2, 2А, 3, 3А, 4, 4А, 5, 5А, 6, 6А, 7, 8, 9, 10, 10А, 12, 12А, 14А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Громова көшесі – 1, 1А, 2, 3, 4, 4А, 5, 5А, 6, 7, 8, 8А, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоқан Уәлиханов көшесі – 3, 5, 7, 8, 9, 9А, 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 11 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Жамбыл Жабаев көшесі 35, "Гуманитарлық-техникалық академиясы" мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Панфилов көшесі – 1, 2, 3, 4, 5, 6, 6А, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15А, 16, 17, 18; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жамбыл Жабаев көшесі – 26, 28, 28А, 29, 29А, 30, 30А, 31, 31А, 32, 33, 34, 35, 36, 37, 37А, 38, 39, 41, 41А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Т. Шевченко көшесі – 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көксай көшесі – 2, 4, 6, 8, 10, 12, 14, 16, 18, 19, 20, 21, 22, 23, 24, 26, 28, 30; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      О. Қуанышев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      С. Лазо көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 32, 34, 36, 38, 39, 40, 42, 45, 49; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шахмет Құсайынов көшесі – 1, 1А, 1Б, 1В, 1Г, 1Д, 3, 3А, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Зарап Темірбеков көшесі – 112, 114, 116, 118, 120, 122, 122А, 124, 126, 128, 130, 132, 134, 134А, 135, 136, 138, 140, 142, 142А, 144; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлихан Бөкейхан көшесі – 101, 103, 105, 107, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 133В, 133Г, 133Е, 134, 134А, 135, 135А, 136, 137, 138, 139, 139А, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 170; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлкей Марғұлан көшесі – 1, 1А, 2, 2А, 3, 3А, 4, 5, 5А, 5Б, 6, 6А, 7, 7А, 8, 8А, 9, 9А, 10, 11, 11А, 12, 12А, 13, 13А, 14, 15, 15А, 16, 16А, 17, 17А, 18, 18А, 19, 20, 20А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Александр Грибоедов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеңіс көшесі – 122, 124, 125, 126, 126А, 127, 128, 129, 130, 131, 132, 133, 133А, 133Б, 134, 135, 135А, 135В, 135Г, 135Д, 136, 137, 138, 139, 140, 141, 142, 143, 143А, 144, 145, 146, 147, 148, 149, 150, 150А, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 163А, 164, 165; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Некрасов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ломоносов көшесі – 1, 2, 3, 4, 5, 5А, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәкен Сейфуллин көшесі – 92, 94, 96, 98, 100, 102, 104, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 117, 119, 121, 123, 125, 127, 129, 131;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кенесары Қасымұлы көшесі – 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 160, 162, 164;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Антон Чехов көшесі – 3, 11, 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Л. Шевцовой көшесі – 43, 45, 47, 49, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 66, 66А, 68, 68А, 70, 72, 74, 76;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Громова көшесі – 59, 60, 61, 62, 63, 64, 65, 65А, 66, 67, 68, 69, 70, 71, 72, 73, 74, 74А, 75, 76, 76А, 77, 78, 79, 80, 82, 84, 86;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қанай би көшесі – 139, 141, 143, 145, 147, 147А, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 162, 164, 166, 168, 170, 172, 174, 176;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Досов көшесі – 68, 70, 72, 74, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 99, 101, 103;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сағадат Нұрмағанбетов көшесі – 146, 148, 150, 152, 154, 156, 158, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 175, 177, 179, 181, 183, 185, 187; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Н. Вавилов көшесі – 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 773 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Громова көшесі 21, "Қазақстан Республикасы экология және табиғи ресустар Министрлігі Орман шаруашылығы және жануарлар дүниесі комитеті Ақмола облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциясы" республикалық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кенесары Қасымұлы көшесі – 102, 104, 104А, 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, 126, 128, 130, 132, 134, 136, 138, 140;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Л. Шевцовой көшесі – 11, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл Жабаев көшесі – 1, 1А, 1В, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т. Шевченко көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көксай көшесі – 1, 3, 5, 7, 9, 11, 13, 15, 17;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Громова көшесі – 19, 20, 21, 21А, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қанай би көшесі – 97, 99, 99А, 101, 103, 104, 105, 106, 107, 108, 109, 110, 112, 113, 114, 115, 116, 116А, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 140, 142, 144, 146;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Досов көшесі – 28А, 30, 32, 33, 34, 34А, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 69, 71, 73, 75, 75А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сағадат Нұрмағанбетов көшесі – 105, 106, 107, 108, 109, 110, 111, 112, 113, 113А, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 147, 149, 151, 153, 155, 157, 159; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Н. Вавилов көшесі – 102, 103, 104, 105, 106, 106А, 106Б, 107, 108, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Еркеш Ибраһим көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 39, 41, 43, 45, 45А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Андрей Сахаров көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45А, 46, 46А, 47, 48, 48А, 48/1, 49, 50, 50А, 52; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Цветочная көшесі – 2, 4, 6, 8, 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұса Жәлел көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Адам Мицкеевич көшесі – 1, 2, 3, 3А, 4, 5, 5А, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Синегорская көшесі – 1, 1А, 2, 3, 4, 5, 7, 9; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайым Мұхамедханов көшесі – 1, 2, 3, 4, 5, 6, 7, 7А, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Иоган Гете көшесі – 2, 4, 5, 6, 8, 10, 12, 14, 16, 16А, 18, 20, 22, 24, 26, 28, 30, 30А, 32, 32А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 12 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Кенесары Қасымұлы көшесі 222, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 21 мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Зарап Темірбеков көшесі – 146, 148, 150, 152, 154, 156, 158, 160; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлкей Марғұлан көшесі – 21А, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 31А, 32, 33, 33А, 34, 35; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлихан Бөкейхан көшесі – 167А, 169, 171, 173, 175, 176, 177, 178, 179, 180, 181, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 202, 204; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Александра Грибоедова көшесі – 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеңіс көшесі – 166, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 205; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Некрасов көшесі – 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ломоносов көшесі – 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 64, 67, 69; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кенесары Қасымұлы көшесі – 159, 161, 163, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 191, 193, 194, 195, 196, 197, 198, 200, 202, 202А, 204, 206, 208, 210, 210А, 212, 212А, 214, 216, 218, 220, 220А, 220Б; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Л. Шевцовой көшесі – 65, 67, 69, 71, 73, 75, 77, 79, 80, 80А, 81, 82, 83, 84, 85, 86, 86А, 87, 88, 88А, 89, 90, 91, 92, 93, 94, 94А, 95, 96, 96А, 97, 98, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 110А, 111, 112, 113, 114, 115, 116, 117, 118, 120, 121, 122, 123, 124, 126, 128, 130, 132, 134, 214А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Громова көшесі – 81, 85, 86, 86А, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 128, 130, 132, 134, 134А, 136, 138, 140, 142; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қанай би көшесі – 161, 161А, 163, 163А, 165, 167, 169, 171, 173, 173А, 173Б, 175, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 190, 192, 193, 194, 195, 196, 197, 198, 200, 202, 204, 206, 208, 210, 212А, 212Б, 214, 216; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Досов көшесі – 98, 100, 102, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 137, 138, 139, 140, 141, 142, 143, 143А, 145, 147;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сағадат Нұрмағанбетов көшесі – 174, 176, 178, 180, 182, 184, 186, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 208А, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 221, 223, 225, 227, 229;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұлтан Баймағамбетов көшесі – 5, 5А, 6, 6А, 7, 9, 9А, 13, 13А, 15, 17, 19, 19А, 21, 21А, 23, 23А, 25, 25А, 27, 27А, 29, 29А, 31, 31А, 33, 33А, 35, 35А, 37, 37А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Н. Вавилов көшесі – 158, 160, 162, 164, 166, 168, 169, 171, 173, 174, 175, 176, 177, 179, 181, 183, 185, 187, 189, 191, 192, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213Б; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жастар көшесі – 1, 2, 2/1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Цветочная көшесі – 12, 14, 16, 18, 20, 22; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Армандастар көшесі – 1, 2, 2А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шалғынды көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 15, 17, 17А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шахмет Құсайынов көшесі – 2, 2А, 2Б, 4, 4А, 4В, 6, 6А, 8, 8А, 8Б, 9А, 10, 10А, 10Б, 12, 13А, 14, 15А, 16, 17А, 18, 18А, 19А, 20, 20А, 21А, 23А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жемісті көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Гвардейская көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 108А, 109; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жаңа ауыл көшесі – 1, 2, 2А, 2/1, 3, 4, 5, 5А, 6, 7, 7А, 8, 9, 9А, 10; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сарыжайлау көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 37, 39, 42А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мамыр көшесі – 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 20А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Коммунальник" бағбандық серіктестік, Грушевая көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Кайрат" саяжай кооперативі, Вишневая көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Тополек" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Радость" бағбандық серіктестік, Веселая көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Пищевик" бағбандық серіктестік, Яблочная көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Алмаз" саяжай кооперативі, Малиновая көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Автотранспортник" бағбандық серіктестік, Урожайная көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Родник" бағбандық серіктестік, Садовая көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Смежная көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Синегорье" бағбандық серіктестік, Нижняя көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Водник - 1" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Водник - 2" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алма көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вишневая көшесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 725 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Кенесары Қасымұлы көшесі 222, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 21 мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шекаралары: Ақмола облысы, Көкшетау қаласы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеңіс көшесі – 204, 208, 210, 212, 214, 216, 218, 220, 220А, 222, 224, 226, 228, 230, 230А, 232; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Некрасов көшесі – 71, 72, 73, 74, 75, 76, 77, 78, 79, 80; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ломоносов көшесі – 71, 73, 75, 77, 79; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кенесары Қасымұлы көшесі – 199, 199А, 209, 209Б, 209В, 209Г, 211, 211Б, 222; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Громова көшесі – 142А, 142А/1, 142Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Досов көшесі – 144, 146, 147А, 148, 149, 150, 151, 153, 154, 155, 156, 157, 158, 159, 159А, 160, 161, 163;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұлтан Баймағамбетов көшесі – 3А, 39, 41, 41А, 43, 43А, 45, 45А, 47, 47А, 49, 49А, 51, 53, 55А, 184, 209А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Н. Вавилов көшесі – 178, 180, 182, 186, 188, 190, 202, 204, 206, 208, 210, 212, 213, 215, 217, 219, 221, 223, 225;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жастар көшесі – 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Армандастар көшесі – 17А, 19, 20, 20А, 20Б, 20Г, 20Д, 21, 21А, 22, 23, 24, 24А, 25, 26, 27, 28, 28А, 28Б, 29, 30, 31, 32, 33, 35, 37, 39, 41, 43; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шалғынды көшесі – 16, 18, 19, 21, 22, 22А, 23, 23А, 29, 31, 32, 33; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарқын көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 12, 14, 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шұңғырша көшесі – 1, 2, 3, 4, 6, 7, 8, 10, 11, 13, 15, 17; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мамыр көшесі – 2, 4, 6, 8, 10, 12, 12А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сырымбет көшесі – 1, 2, 2А, 2Б, 3, 4, 4А, 5, 6, 7, 9, 13, 15, 17, 19, 21, 23, 27, 29, 31, 33, 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жайлау-2 шағын ауданы – 1, 1А, 1У, 2, 2А, 2Б, 3, 3А, 4, 5, 5А, 6, 7, 7А, 8, 9, 9А, 9Б, 10, 10А, 11, 11А, 11Б, 12, 13, 13А, 13Б, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23А, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 37А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші көшесі – 279;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жайлау шағын ауданы – 1, 2, 3, 4, 5, 6, 6А, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22А, 23, 24, 25, 25А, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37Б, 37В, 37Г, 37Д, 37/1А, 37/2, 37/3, 37/4, 37/5, 37/6, 37/7, 37/8, 37/9, 37/10, 37/11, 37/11Б, 37/12, 37/13, 37/14, 37/15, 37/16, 38, 39, 40, 41, 41/1, 41/2, 42, 42/2, 43, 44, 44/2, 45, 46, 47, 48, 49, 50, 51, 52, 53, 53А, 54, 55, 56, 57, 57А, 58, 59, 60, 60А, 60Б, 61, 62, 63, 64, 65, 66, 66А, 66Б, 66В, 66Д, 66Д/1, 67А, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 86Б, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Локомотив" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Импульс" бағбандық серіктестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Черемушки" саяжай кооперативі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №13 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Зарап Темірбеков көшесі 175/2, "Көкше Тазалық" жауапкершілігі шектеулі серіктестігінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрсұлтан Назарбаев даңғылы – 162, 164, 166, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 189, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 211А, 211Б, 211В, 211Д, 211К, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 226, 227, 228, 229, 230, 231, 232, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 266А, 266Б, 273;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ілияс Есенберлин көшесі – 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 160, 162, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      С. Есенин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      А. Блок көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рамазан Елебаев көшесі – 138, 140, 142, 144, 145, 146, 147, 148, 149, 150, 151, 153, 155, 157; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Титов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қаныш Сәтпаев көшесі – 89, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Біржан сал көшесі – 160, 160А, 161, 162, 163, 164, 165, 166, 166Б, 167, 168, 169, 170, 170А, 171, 172, 173, 174, 175, 177, 179, 181, 183, 185, 187, 189, 189Б, 191, 191А, 193, 195, 197, 201, 203, 205, 207, 209, 211, 213, 215, 215А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бауыржан Момышұлы көшесі – 161, 163, 165, 167, 169, 171, 173, 175, 177, 179, 181, 183, 184, 186, 188, 188Б, 190, 190А, 190Б, 190В, 192, 192А, 192Б, 192В, 192Д, 192/1, 192/2, 192-4, 192-4А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мақтай Сағдиев көшесі – 155, 157, 159, 161, 163, 164, 165, 167, 169, 170, 171, 172, 174, 176, 178, 180, 182; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Херсонский өтпе жолы – 7, 7А, 9, 11, 12, 13, 13А, 14, 15, 15А, 16, 16А, 17, 17А, 18, 18А, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мағжан Жұмабаев көшесі – 149, 150, 151, 152, 153, 154, 155, 155А, 155Б, 155В, 156, 157, 158, 159, 160, 161, 161А, 161Б, 162, 162А, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 174А, 174Б, 175, 176, 176А, 177, 178, 179, 180, 181, 182, 183, 184, 185, 187, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 199/1, 200, 201, 201А, 203, 205, 207, 209, 211, 213;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Фадеев көшесі – 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 46, 48, 50; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Зарап Темірбеков көшесі – 167, 169, 171, 173, 173А, 175, 175А, 177, 177А, 179, 181, 183, 185, 187, 189; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлихан Бөкейхан көшесі – 183, 183А, 185; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеңіс көшесі – 207, 209, 211, 213, 215, 217, 219, 221, 223, 223А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Халифа Алтай көшесі – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      О. Қуанышев көшесі – 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, 126, 128; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шәріпов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шахмет Құсайынов көшесі – 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Челюскин көшесі – 1, 2, 3, 4, 5, 6, 6А, 7, 8, 8А, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      С. Лазо көшесі – 48, 50, 52, 54, 56, 58, 60; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аққайың көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15А, 16, 17, 17А, 18, 19, 19А, 20, 21, 21А, 22, 23, 24, 25, 26, 27; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нүркен Әбдіров көшесі – 1, 1А, 1Б, 1Г, 1Д, 2, 2А, 2Б, 2В, 2Г, 2Д, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Құдайбергенов көшесі – 21, 23, 25, 27, 29, 31, 33, 34, 35, 36, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 63/1; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәттімбет көшесі – 1, 1А, 1Б, 1В, 1Г, 1/1, 2, 2А, 2Б, 2В, 2Г, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 27, 29, 31, 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шәмші Қалдаяқов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23, 24, 25, 26, 27, 28;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сұлутобе көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 32, 34, 36, 38; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өрнекті көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 16, 18, 20, 22, 24, 26, 28, 28А, 30, 32, 34, 36, 38, 40, 42; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Береке көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Алмалы көшесі – 1, 2, 3, 4, 5, 6, 8, 9, 9А, 10, 11, 12, 13, 14, 15, 16; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Алаш көшесі – 5, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бөгенбай көшесі – 11, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 31; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғабдолла Тоқай көшесі – 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жақан Сыздықов көшесі – 1, 1А, 1Б, 1В, 1Г, 2, 2А, 2Б, 2В, 2Г, 2Д, 2Ж, 2З, 2Л, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұстафа Шоқай көшесі – 1, 1Б, 1В, 1Г, 1Е, 2, 2А, 2Б, 2В, 2Г, 2Д, 2Е, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 14 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Қаныш Сәтпаев көшесі 72, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 4 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Нұрсұлтан Назарбаев даңғылы – 114, 116, 118, 120, 122, 124, 126, 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 158А, 158В, 158Г, 158Д; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ілияс Есенберлин көшесі – 90, 92, 94, 96, 98, 100, 102, 104, 104А, 106, 108, 110, 112, 114, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 150А, 150Б, 151, 153, 155, 157, 159, 161, 163; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рамазан Елебаев көшесі – 94, 96, 98, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 120А, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 135/1, 137, 139, 141, 161, 168; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қаныш Сәтпаев көшесі – 47, 48, 49, 50, 51, 52, 53, 54, 54/1, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63А, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 78А, 79, 80, 81, 82, 83, 84, 84А, 85А, 86, 87, 87А, 88, 90, 90А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Біржан сал көшесі – 126, 127, 128, 129, 130, 131, 132, 133, 134, 134А, 134А/1, 134А/2, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бауыржан Момышұлы көшесі – 87, 91, 97, 99, 101, 103, 105, 107, 109, 109А, 111, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 127/1, 127/2, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 145А, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 162, 164, 166, 168, 170, 172, 174, 176, 178, 178А, 178Б, 178Б/1, 178В, 178Г, 178Д, 178Е, 178/1, 180, 182; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мақтай Сағдиев көшесі – 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 115/1, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 146, 147, 148, 149, 150, 151, 152, 153, 154, 156, 156А, 156Б, 158, 160, 162; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мағжан Жұмабаев көшесі – 95, 97, 99, 101, 102, 103, 104, 106, 108, 110, 112, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 139А, 139Б, 140, 141, 141А, 141Б, 142, 143, 144, 145, 146, 147, 147А, 148;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зарап Темірбеков көшесі – 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Фадеев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Херсонский өтпе жолы – 1, 2, 3, 4, 5, 6, 8; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Халифа Алтай көшесі – 3, 5, 7, 9, 13, 15, 17, 21, 23, 25; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      О. Қуанышев көшесі – 43, 45, 47, 49, 49А, 51, 53, 55, 57, 59, 61, 62, 63, 64, 65, 66, 67, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 100/1, 102, 104; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көксай көшесі – 42; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Т. Шевченко көшесі – 42, 42А, 43, 45, 47, 49, 51, 53, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 72А, 72/1, 73, 75, 77, 79, 81, 83; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А. Остапенко көшесі – 18, 23, 27, 28, 29, 29А, 30, 31, 31А, 37, 37Д, 37Е, 38 39, 41, 42, 43, 44, 45, 45А, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63А, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 84, 84А, 84А/1, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 102, 104, 105, 106, 107, 111,113, 115, 117, 169;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл Жабаев көшесі – 40, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 95, 97, 101, 103, 107, 109, 111;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Панфилов көшесі – 19, 19А, 19Б, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 82, 84, 86; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шоқан Уәлиханов көшесі – 46, 48, 50, 50А, 50Б, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 92/1, 94, 94/1, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ш. Қосшығұлов көшесі – 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 87А, 88, 91, 92, 93, 94, 95, 96, 100, 101, 102/1, 103, 104, 105, 106, 107;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наурызбай батыр көшесі – 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 15 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Бәйкен Әшімов көшесі 66, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімінің Көкшетау қаласының Мәлік Ғабдуллин атындағы № 3 көпсалалы гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеңіс көшесі – 77, 77/1, 79, 81, 83, 85, 87, 87/1, 89, 91, 93, 95, 97, 99, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 123;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлихан Бөкейхан көшесі – 67, 69, 71, 73, 75, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 102, 104, 106; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зарап Темірбеков көшесі – 69, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 85А, 86, 87, 87А, 88, 89, 89А, 90, 91, 92, 94, 96, 97, 97А, 98, 98А, 99, 100, 101, 101/1, 101/2, 101А, 102, 102А, 103, 104, 105, 105А, 106, 107, 108, 109, 109А, 110, 111, 111А, 113;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мағжан Жұмабаев көшесі – 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 84А, 85, 87, 88, 89, 91, 93, 94, 96, 98, 100, 105, 107, 109, 111, 113;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақтай Сағдиев көшесі – 53, 55, 57, 59, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 74А, 75, 76, 77, 78, 79, 79/1, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 89А, 90, 91, 91А, 92, 94;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бауыржан Момышұлы көшесі – 92, 94, 96, 98, 100, 102, 104, 105, 106, 107, 108, 109, 109А, 110, 111, 113, 114, 115, 116, 117, 118, 120, 122, 124, 126, 128;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Біржан сал көшесі – 84, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103А, 107, 108, 109, 110, 111, 112, 113, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қаныш Сәтпаев көшесі – 30, 32, 34, 36, 38, 40, 42, 44, 46; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Наурызбай батыр көшесі – 14, 16, 18, 20, 22, 24, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63А, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 95; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ш. Қосшығұлов көшесі – 1, 2, 3, 4, 5, 6, 7, 7А, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33А, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 77А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ермек Серкебаев көшесі – 30, 30А, 32, 34, 36, 38, 40, 40А, 42, 44, 46, 46А, 48, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 63, 65, 67А, 67Б, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 94, 95, 96, 97, 98А, 99, 101, 103, 105; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бәйкен Әшімов көшесі – 48, 50, 52, 54, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 70А, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 100, 102, 104, 106, 108;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рақымбек Сабатаев көшесі – 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәкен Сейфуллин көшесі – 86, 88, 90, 92/2, 93, 95, 97, 99, 101, 103, 105;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоқан Уәлиханов көшесі – 1, 1/1, 1/2, 1/3, 1/4, 1/5, 1/6, 1/7, 1/8, 1/9, 1/10, 1/11, 1/12, 1/13, 1/14, 1/15, 1/16, 1/17, 1/18, 1/19, 1/20, 1/21, 1/22, 1/23, 1/24, 1/25, 1/26, 1/27, 1/28, 1/29, 1/30, 1/31, 1/32, 1/33, 1/34, 1/35, 1/36, 1/37, 1/38, 1/39, 1/40, 1/41, 1/42, 1/43, 1/44, 1/47, 1Е, 1М, 2, 2А, 4, 6, 8, 10, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 16 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Бәйкен Әшімов көшесі 141, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 5 көппрофильді "Таңдау" гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрсұлтан Назарбаев даңғылы – 87, 95, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Міржақып Дулатұлы көшесі – 53, 61, 63, 65, 69, 77, 81, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Смағұл Сәдуақасов көшесі – 48, 50, 50А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғалым Елемесов көшесі – 49, 51, 53, 58, 67, 80, 86/1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақан Сері көшесі – 122, 124, 136, 136А, 138/1, 140;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рақымбек Сабатаев көшесі – 91, 130, 132, 138, 142, 149, 151, 157; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бәйкен Әшімов көшесі – 138, 140, 142, 144, 149, 151, 153, 155, 157, 159, 161, 163, 171;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ермек Серкебаев көшесі – 136, 137, 138, 139, 140, 141, 143, 145, 147;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наурызбай батыр көшесі – 129, 131, 133, 135, 137, 139, 141, 143, 145.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 803 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Бәйкен Әшімов көшесі 141, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 5 көппрофильді "Таңдау" гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қаныш Сәтпаев көшесі – 27, 29, 31, 33, 35, 37, 39, 41, 43, 45; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рамазан Елебаев көшесі – 76, 76А, 78, 78А, 80, 82, 83, 84, 85, 86, 87, 88, 88А, 89, 90, 91, 93, 95, 97, 99;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ш. Қосшығұлов көшесі – 108, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 137;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ілияс Есенберлин көшесі – 66, 75, 76, 78, 80, 82, 84, 86, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрсұлтан Назарбаев даңғылы – 86, 92, 96, 98, 100, 102, 104, 106, 108, 110, 121, 123, 125, 127, 129, 131, 133;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Міржақып Дулатұлы көшесі – 89, 112, 118, 122, 124, 126, 128, 130, 132, 134; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Смағұл Сәдуақасов көшесі –72, 74, 76, 78, 80, 82, 84, 86;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғалым Елемесов көшесі – 98, 99, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рақымбек Сабатаев көшесі –118, 120, 122, 124, 125, 125А, 129, 129А, 131, 131А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бәйкен Әшімов көшесі – 110, 112, 114, 116, 118, 120, 120А, 120/2, 122, 122А, 124, 126, 126/1, 126/2, 128, 130, 132, 132А, 134, 136, 137, 141, 145, 147;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ермек Серкебаев көшесі – 62, 62А, 64, 64А, 66, 68, 68А, 70, 72, 74, 74А, 74Б, 76, 78, 80, 82, 84, 86, 86А, 88, 100, 102, 104, 106, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наурызбай батыр көшесі – 97, 99, 101, 103, 105, 107, 107А, 109, 111, 113, 115, 117, 119, 119А, 121, 123, 123/1, 124, 125, 126, 127, 128, 130, 132, 134, 136, 138, 140, 142, 144, 148, 150, 152, 154;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоқан Уәлиханов көшесі – 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 17 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Е.Н. Әуелбеков көшесі 70 А, Қазақстан Республикасы білім және ғылым министрлігінің "Ш. Уәлиханов атындағы Көкшетау университеті" коммерциялық емес акционерлік қоғамы № 1 дене шынықтыру-сауықтыру кешенінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақтай Сағдиев көшесі – 44, 46, 48, 50, 52, 54, 56, 58, 60;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мағжан Жұмабаев көшесі – 54, 56, 57; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зарап Темірбеков көшесі – 46, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 58А, 58Б, 59, 60, 61, 62, 62А, 63, 64, 65, 66, 67, 68;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлихан Бөкейхан көшесі – 41, 42, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 53А, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 66, 68, 70, 72, 74, 76;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеңіс көшесі – 48, 50, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кенесары Қасымұлы көшесі – 35, 35А, 37; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Е.Н. Әуелбеков көшесі – 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 62А, 64, 66, 68, 72, 74, 76;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Әлімжан Баймұканов көшесі – 31, 33, 33А, 33Б, 35, 35А, 37, 39, 41, 43, 45, 45/1, 45/2, 46, 47, 48, 49, 50, 51, 51А, 52, 53, 54, 55, 56, 57, 58, 59, 61, 61А, 61Б, 61В, 62, 63, 63А, 64, 64/1, 64/2, 64/3, 64/4, 65, 66, 67, 68;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақан сері көшесі – 42, 44, 46А, 46/1, 48, 51, 52, 53, 56, 57, 58, 60, 61, 62, 63, 64, 65, 66, 67, 69, 70, 71, 73;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рақымбек Сабатаев көшесі – 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 77А, 79, 81, 83, 85, 87.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 18 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Ақан сері көшесі 90, Ақмола облысы мәдениет басқармасының жанындағы "Көкшетау" мәдениет сарайы" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мақтай Сағдиев көшесі – 29, 31, 33, 33А, 35, 37, 39, 41, 43, 45, 47, 49, 51; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бауыржан Момышұлы көшесі – 41, 43, 45, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 65, 67, 69, 71, 73, 79; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Біржан сал көшесі – 36, 38, 40, 42, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 79, 81, 83; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қаныш Сәтпаев көшесі – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бәйкен Әшімов көшесі – 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рақымбек Сабатаев көшесі – 82, 84, 86, 88, 90, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 101/1, 101/2, 102, 104, 105, 106;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ақан сері көшесі – 72, 74, 76, 78, 80, 82, 84, 86, 88, 89, 91, 93; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Е.Н. Әуелбеков көшесі – 78, 80, 82, 84, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі – 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлімжан Баймұқанов көшесі – 79А, 81А, 84, 86; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дзержинский көшесі – 93, 93А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 19 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Ақан сері көшесі 90, Ақмола облысы мәдениет басқармасының жанындағы "Көкшетау" мәдениет сарайы" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаныш Сәтпаев көшесі – 3, 7, 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рамазан Елебаев көшесі – 48, 59, 75;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрсұлтан Назарбаев даңғылы – 64, 66, 68, 70, 72, 74, 76;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақан сері көшесі – 90, 90А, 92, 94, 95, 96, 97, 98, 99, 100, 101, 102, 102А, 103, 104, 105, 106, 107, 108, 109, 110, 111, 111А, 112, 113, 114, 116, 116А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлімжан Баймұқанов көшесі – 95, 95А, 97, 99, 99А, 99Б, 101, 101А, 102А, 103, 103А, 103Б; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Е.Н. Әуелбеков көшесі – 98, 99, 99А, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 112, 114, 116;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі – 108, 108А, 108Б, 110.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 20 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Мұхтар Әуезов көшесі 192, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімінің жанындағы Көкшетау қаласының "Балалар музыка мектебі" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мұхтар Әуезов көшесі – 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, 175, 177; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мағзи Әбілқасымов көшесі – 36/1, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 91А, 93, 93А, 95, 95А, 95Б, 95/1, 95/2, 95/3, 95/4, 95/5, 96, 98, 100, 102, 104, 106, 108, 110, 111, 112, 114, 116, 118, 120, 122, 124, 126, 128, 130, 130А, 132, 132А, 132А/1, 134, 136;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ю. Гагарин көшесі – 9, 9А, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 47А, 47В, 47Е, 47/1, 47/2, 47/3, 47/4, 48, 49, 49/1, 50, 51, 52, 53, 53А, 53Б, 53/1, 53/2, 53/3, 54, 56, 58, 60, 62, 64, 66, 68, 69;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ахмет Байтұрсынов көшесі – 4, 13, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44А, 44А/1, 44А/2, 44/1, 45, 46, 47, 47/1, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 60/1, 60/2, 61, 63, 65, 67, 69, 69А, 69А/1, 69/1, 69/2, 69/3, 69/4; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жұмағали Тілеулин көшесі – 12, 12А, 12А/1, 16, 26, 28, 32, 58, 58А, 58/1; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақтай Сағдиев көшесі – 1, 1А, 1А/1, 3, 5, 7, 9, 11, 13, 15, 17, 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бауыржан Момышұлы көшесі – 1, 2, 3, 4, 5, 5А, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 24, 26, 28, 30А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Біржан сал көшесі – 4, 4А, 6, 7, 8, 9, 9/1, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осипенко көшесі – 2А, 2Б, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16А, 16Б, 16/1, 16/2, 16/3, 16/4, 16/5, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 30, 32, 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рамазан Елебаев көшесі – 5, 7, 9, 11, 13, 14, 15, 16А, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 30, 32, 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ілияс Есенберлин көшесі – 1, 56, 58;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәкен Жүнісов көшесі – 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрсұлтан Назарбаев даңғылы – 4, 6, 8, 12, 16, 18.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 21 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Шәкәрім Құдайбердиев көшесі 111, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 2 мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Смағұл Сәдуақасов көшесі – 24; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрсұлтан Назарбаев даңғылы – 50, 55, 57, 65, 65А, 67;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мұхтар Әуезов көшесі – 218, 222, 222А, 224, 226, 228, 230, 232, 234, 236, 238, 238А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ілияс Есенберлин көшесі – 51; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шәкәрім Құдайбердиев көшесі – 72, 75, 75А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі – 93, 110, 111, 112, 112/1, 114, 114А, 114В, 114Б, 116, 116У, 118;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Е.Н. Әуелбеков көшесі – 115Б, 117, 119, 121, 123, 125, 127, 127А, 129, 129А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міржақып Дулатұлы көшесі – 52, 56.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 22 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Шәкәрім Құдайбердиев көшесі 111, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 2 мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мұхтар Әуезов көшесі – 242, 242Б, 244, 246, 248, 250, 252, 256, 258, 260, 262, 264, 264/1, 266, 268; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі – 113, 115, 117, 119, 121, 121А, 123, 125, 127, 129, 131, 133, 133/1, 135, 135А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шәкәрім Құдайбердиев көшесі – 90, 91, 92, 94, 96, 98, 100, 102, 113, 115, 117, 119, 121, 123, 125, 127;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рахымжан Қошқарбаев көшесі – 53, 53А, 53Б; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мәлік Ғабдуллин көшесі – 40, 40Б, 42, 44, 45, 47, 49, 51, 53, 53Б, 55, 57, 59, 61, 63; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрсұлтан Назарбаев даңғылы – 31, 35, 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмабек Тәшенов көшесі – 44А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 23 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Абай көшесі 111, Ақмола облысы мәдениет басқармасының "Мағжан Жұмабаев атындағы Ақмола облыстық әмбебап ғылыми кітапханасы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Е.Н. Әуелбеков көшесі – 128, 137, 138, 139, 139А, 141, 143, 145, 147, 149, 151; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Абай көшесі – 122, 124, 126, 128, 130, 130А, 132; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мәлік Ғабдуллин көшесі – 46, 46А, 71, 73; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рахымжан Қошқарбаев көшесі – 31, 33, 34, 35, 36, 36/1, 37, 37А, 38, 39, 40, 41, 41/1, 42, 43, 44, 45, 45/1, 45/2, 58, 60А, 60А/1, 61, 61/1; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлімжан Баймұқанов көшесі – 141; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмабек Тәшенов көшесі – 54, 56, 56А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 24 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Ақан Сері көшесі 155А, Ақмола облысы білім басқармасының "Ақмола дарыны" дарынды балалар мен талантты жастарды анықтау және қолдау жөніндегі орталығы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Смағұл Сәдуақасов көшесі – 53; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Е.Н. Әуелбеков көшесі – 142, 144, 146, 148, 150, 152, 154, 156, 158, 160, 162;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлімжан Баймұқанов көшесі – 118, 118/50, 139; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      М. Янко көшесі – 73; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақан сері көшесі – 137, 166, 168, 168А, 170А, 172;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәлік Ғабдуллин көшесі – 48, 64, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ермек Серкебаев көшесі – 181, 185, 187, 189, 191, 193, 195, 197, 199; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жұмабек Тәшенов көшесі – 96, 98, 100, 102; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рахымжан Қошқарбаев көшесі – 82, 84, 89, 96, 97, 98, 99, 100, 101, 103;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бәйкен Әшімов көшесі – 184, 186, 188, 190, 192, 194, 196, 198.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 25 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Бәйкен Әшімов көшесі 191, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 6 мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Нұрсұлтан Назарбаев даңғылы – 71, 71/1, 73, 75, 75/1, 77, 79, 81, 83, 85; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Е.Н. Әуелбеков көшесі – 120, 122, 124, 126, 126А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Смағұл Сәдуақасов көшесі – 31, 33, 35, 37, 39, 41, 42, 43, 44, 45, 46, 47, 47/1, 47А, 52, 54;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғалым Елемесов көшесі – 45, 46, 46А, 46А/1, 46Б, 46/1, 47, 48, 50, 52, 54, 55, 56, 57, 59, 60, 61, 62, 63, 64, 65, 66, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 81, 83;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақан сері көшесі – 115, 115/1, 117, 119, 119А, 121, 126, 128, 130, 132, 134, 138, 142, 144, 146, 146А, 148, 148Б, 150, 152, 154, 154А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рақымбек Сабатаев көшесі – 140, 144, 146, 148, 150, 152, 153, 154, 155, 156, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 171; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мәлік Ғабдуллин көшесі – 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Наурызбай батыр көшесі – 156, 157, 158, 159, 160, 161, 162, 163, 165, 167, 169, 171, 173, 175; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ермек Серкебаев көшесі – 78А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұнқар шағын ауданы – 1, 2, 3, 5, 5А, 5А/1, 5Б/1, 5Б/2, 5/1, 6, 7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М. Янко көшесі – 69, 76, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 26 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Жамбыл Жабаев көшесі 140, Ақмола облысы білім басқармасының жанындағы "Көкшетау қаласы, Ақан сері атындағы жоғары мәдениет колледжі" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шоқан Уәлиханов көшесі – 136, 138, 138А, 140, 142, 144, 146, 148, 150, 150А, 152, 154, 163, 165, 167, 169, 171, 173, 173/1, 173/2, 173/3; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Панфилов көшесі – 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 124, 126, 128, 130, 132, 134, 136, 140; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл Жабаев көшесі – 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, 126, 128, 130, 132, 136, 138, 140, 143, 145, 147, 149, 151, 153, 155, 155А, 155Б, 155В, 157, 159, 161, 163, 165, 167, 169;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т. Шевченко көшесі – 74, 76, 76А, 78, 80, 82, 84, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 111Б, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 122А, 123, 124, 127, 128, 130;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлия Молдағұлова көшесі – 1, 3, 5, 5А, 7, 9, 11, 11А, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақжелкен көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Нұрсұлтан Назарбаев даңғылы – 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, 175, 177; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Толстой көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міржақып Дулатұлы көшесі – 123, 125, 127, 129, 131, 133, 134А, 134А/1, 134А/2, 134А/3, 134А/4, 134А/5, 135, 136, 137, 138, 139, 140, 141, 142, 143, 143А, 144, 145, 146, 148, 150, 152, 154, 156, 158, 160, 162, 164, 166, 168, 170, 172, 174;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ғалым Елемесов көшесі – 129, 131, 132, 133, 134, 136, 136А, 137, 138, 139, 142, 143, 144, 145, 146, 147, 149, 150, 152, 154; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Смағұл Сәдуақасов көшесі – 103, 105, 106, 108, 111, 113, 114, 115, 115А, 116, 118, 120, 121, 122, 123, 124, 126, 127, 129;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М. Янко көшесі – 117, 122, 124, 125, 126, 127, 128, 129, 130, 131, 132, 136, 137, 138, 139, 140, 141, 142, 143, 144, 146, 150;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мәлік Ғабдуллин көшесі – 110, 114, 116, 118, 120, 126, 127, 127А, 128, 130, 132, 133, 135, 137, 137А, 137Б, 139, 139А, 143, 145, 147, 149, 153, 155, 157, 159, 161; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрсынбек Кәкішев көшесі – 1, 1А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15А, 16, 18, 20; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рахымжан Қошқарбаев көшесі – 104, 106, 106Б, 106Г, 106Д, 108, 108А, 110, 112, 113, 113А, 113Б, 114, 114А, 115, 115/1, 115/2, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 131; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әміре Қашаубаев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмабек Тәшенов көшесі – 110, 112, 114, 114А, 116, 116А, 118, 118А, 120, 122, 122А, 124, 126, 128, 130.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 774 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Бәйкен Әшімов көшесі 191, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 6 мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бәйкен Әшімов көшесі – 146, 148, 150, 152, 154, 156, 158, 160, 162, 163, 164, 165, 166, 167, 168, 169, 170, 172, 172А, 173, 174, 175, 176, 177, 178, 178А, 179, 180, 181, 183, 185, 187, 189, 190, 191, 193А, 193Б, 193В, 195, 197, 199, 201;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ермек Серкебаев көшесі – 92А, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 178А, 179;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Наурызбай батыр көшесі – 146, 147, 149, 151, 153, 155; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ш. Қосшығұлов көшесі – 136, 138, 139, 140, 140А, 141, 142, 143, 145, 147;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәлік Ғабдуллин көшесі – 100, 102, 104, 106;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шоқан Уәлиханов көшесі – 108, 110, 112, 114, 116, 118, 120, 122, 124, 126, 128, 130, 130/1, 132, 134, 134А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Панфилов көшесі – 81, 83, 85, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл Жабаев көшесі – 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Нұрсұлтан Назарбаев даңғылы – 135, 137, 139, 141, 143, 145, 147, 149, 151; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міржақып Дулатұлы көшесі – 85, 87, 91, 93, 95, 97, 101, 103, 105, 107, 109, 111, 113, 115, 116, 117, 119, 120, 121;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ғалым Елемесов көшесі – 82, 84, 85, 86, 87, 89, 93, 96, 101, 114, 115, 116, 121, 122, 123, 124, 126, 127, 128; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Смағұл Сәдуақасов көшесі – 51, 57, 59, 60, 61, 63, 64, 66, 69, 71, 73, 75, 79, 83, 85, 87, 89, 90, 92, 93, 94, 95, 96, 97, 98, 100, 101, 102.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 726 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Жамбыл Жабаев көшесі 144, Ақмола облысы білім басқармасының жанындағы "Көкшетау қаласы, Жоғары техникалық колледж" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шоқан Уәлиханов көшесі – 154/4, 156, 156А, 156Б, 156В; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жамбыл Жабаев көшесі – 142, 144, 144А, 159А, 175, 175/1; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Талғат Бигелдинов көшесі – 111, 113; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т. Шевченко көшесі – 132, 132А, 134;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлия Молдағұлова көшесі – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 55, 57, 58, 59, 60, 62, 64, 66; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұран көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      О. Қуанышев көшесі – 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 103А, 105, 105А, 107, 107А, 109, 109А, 111, 111/1, 113, 115, 117, 119, 121, 123, 125, 127, 129, 130, 131, 132, 133, 133А, 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 160, 162, 164, 166, 166А, 168, 170А, 170Б, 172, 174, 176, 178, 180, 182, 184, 186, 188, 188А, 190, 192, 194, 194А, 194Б; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Харьковский өтпе жолы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      М. Шолохов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шәріпов көшесі – 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шахмет Кұсайынов көшесі – 94, 96, 96А, 98, 98А, 100, 102, 104, 106, 108, 108А, 108Б, 110, 110А, 110Б, 112, 112/1, 112А, 112Б, 114, 116, 118, 120, 122, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 151/1, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, 175, 177, 179, 181;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бөгенбай көшесі – 34, 36, 38, 40, 42, 44, 46, 48, 50; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Алма-Атинская көшесі – 1, 2, 3, 3А, 4, 5, 5А, 5Б, 6, 7, 7А, 8, 9, 9А, 10, 11, 11А, 12, 13, 13А, 14, 15, 16, 17, 17А, 18, 19, 19А, 20, 21, 21А, 22, 23, 23А, 24, 25, 25А, 26, 27, 27А, 27Б, 28, 30, 31, 32, 34, 36, 38, 40; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жұмбақтас көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тукин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21А, 22, 22А, 22Б, 23, 24, 25, 26, 27; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      И. Сандыбаев көшесі – 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В. Чеботарев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Вишневый өтпе жолы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сиреневая көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Литвинов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Нұрсұлтан Назарбаев даңғылы – 179, 181, 183, 185, 187; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Саябақ көшесі – 2, 2А, 2Б, 4, 6, 6/1, 8, 10, 12, 14, 16, 18, 20, 22, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Толстой көшесі – 17, 19, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 46, 48, 50; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міржақып Дулатұлы көшесі – 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, 175, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 202;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ғалым Елемесов көшесі – 153, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173А, 174, 176, 178, 180, 182; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Смағұл Сәдуақасов көшесі – 128, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      М. Янко көшесі – 145, 147, 149, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 172; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мәлік Ғабдуллин көшесі – 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 160, 162, 163, 165, 167, 169, 171, 173, 175, 177, 179, 181, 183, 185, 187; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрсынбек Кәкішев көшесі – 17, 19, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 34А, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43А, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 56; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рахымжан Қошқарбаев көшесі – 130, 132, 133, 134, 135, 136, 137, 137/1, 137/2, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әміре Қашаубаев көшесі – 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмабек Тәшенов көшесі – 109, 111, 113, 113А, 117, 119, 121, 123, 125, 129, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169,170, 172, 173, 174, 175, 176, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 192А, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 206;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Асеев көшесі – 1, 2, 3, 4, 5, 6, 7, 7А, 7Б, 8, 9, 9А, 10, 11, 11А, 12, 13, 13А, 14, 15, 16, 17, 18; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Галочья сопка шағын ауданы – 1, 2, 4, 7, 7А, 8, 8А, 9, 10, 10А, 11, 12А, 13, 14, 15, 16, 16А, 18, 19, 20.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 27 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Сәбит Мұқанов көшесі 4А, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 11 мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ыбырай Алтынсарин көшесі – 30, 31, 32, 33, 34, 35, 36, 37А, 38, 39, 40, 40А, 41, 42, 43;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жамбыл Жабаев көшесі – 134, 134А, 134Б, 134В, 134Г, 146, 148, 148А, 152, 154, 177; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сәбит Мұқанов көшесі – 10А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А. Пушкин көшесі – 66, 66А, 68, 68А, 70, 70А, 72;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О. Қуанышев көшесі – 135, 137, 137А, 139, 141, 141/1, 141/2, 141/3, 141/4, 141/5, 143, 143А, 143/1, 143/2, 143/3, 143/4, 143/5, 145, 147, 170, 196, 198, 198А, 200, 202, 202А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 727 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Жұмағали Саин көшесі 24А, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының Сәкен Жүнісов атындағы № 18 мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Боровской шағын ауданы – 50, 51, 53А, 54, 54А, 55, 55А, 55В, 55/1, 56, 56А, 57, 58, 59, 59А/1, 61, 64/1, 66, 67, 68, 68/2, 70.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 28 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Жұмағали Саин көшесі 24А, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының Сәкен Жүнісов атындағы № 18 мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шоқан Уәлиханов көшесі – 196, 196А, 198, 200, 202, 202А, 204, 206, 208, 212, 228/9, 228/10; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Домбыралы көшесі – 1, 1А, 3, 3А, 5, 7, 9, 11, 13, 15, 15А, 17, 17А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәншүк Мәметова көшесі – 1, 2, 3, 4, 4А, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16А, 17, 18, 18А, 19, 19А, 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гастелло көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрғиса Тілендиев көшесі – 1, 2, 3, 3А, 4, 5, 6, 7, 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Быковский көшесі – 2, 3, 4, 5, 6, 8, 10, 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Юбилейный шағын ауданы – 42, 49; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмағали Саин көшесі – 26, 26Б, 26В, 27, 29, 31, 33, 35, 37, 39, 39А, 41.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 29 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Жұмағали Саин көшесі 20А, Көкшетау қаласы, Ақмола облысы білім басқармасының "Көкшетау қаласы, Абай атындағы (қазақ тілінде оқытылатын) дарынды балаларға арналған № 3 облыстық мамандандырылған мектеп-интернаты" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоқан Уәлиханов көшесі – 158, 160, 160Г, 162, 162А, 170, 172, 174, 176, 177, 178, 180, 182, 184, 186, 188, 190, 192, 194, 195/9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмағали Саин көшесі – 1, 2, 3, 4, 5, 6, 8, 9, 10, 11, 12, 12А, 13, 14, 14А, 15, 16, 16А, 17, 18, 18А, 18Б, 19, 20, 20А, 20Б, 21, 22, 23, 24, 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Н. Гоголь көшесі – 1, 3, 5, 7, 9, 11, 13, 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пархоменко көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Темирязев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Дальний өтпе жолы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Домбыралы көшесі – 2, 4, 6, 8, 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ыбырай Алтынсарин көшесі – 23, 25, 26, 27; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т. Шевченко көшесі – 131, 134А, 134Б, 134В, 134Г, 136, 140, 142, 142А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл Жабаев көшесі – 173, 185, 187.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 30 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Жұмағали Саин көшесі 26А, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 13 "ЭКОС" мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Юбилейный шағын ауданы – 35, 35А, 35Б, 36Б, 39, 39А, 41А, 43, 44, 45, 46; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Боровской шағын ауданы – 52, 53, 60, 63, 64, 74, 76.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 31 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Жұмағали Саин көшесі 26А, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 13 "ЭКОС" мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жұмағали Саин көшесі – 28, 28/1, 28А, 30, 30А, 30Б, 32, 32А, 36А, 47; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Юбилейный шағын ауданы – 1, 2, 3, 3А, 4, 32, 32Б.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 32 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Юбилейный шағын ауданы 75, Ақмола облысы білім басқармасының "Көкшетау қаласы, № 1 арнайы мектеп-интернаты" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Юбилейный шағын ауданы – 34, 36, 36А, 36В, 37, 38, 40, 41; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дина Нұрпейісова көшесі – 1, 1/1, 2, 2А, 4, 4А, 8, 9, 10, 11, 12, 13, 13А, 15Б, 16, 17А, 17Б, 18, 19, 20, 21, 22, 23, 24, 26, 28, 30, 32, 33, 34, 35, 37, 39, 41, 43, 45, 47;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қажымұқан көшесі – 4, 6, 8, 10, 12, 14, 16, 18, 20, 20/1, 22, 22/1, 24, 26, 28, 30, 32, 34, 36, 37, 38, 39, 40, 41, 42, 43/1, 43/2, 44, 46, 48, 49, 51, 53, 55, 59, 61, 63, 63А, 63Б, 63В, 63/1, 65, 65А, 67, 67А, 69, 69А/1, 69С, 71, 73А, 73Б, 73В, 75, 77, 77А, 79, 79А, 79Б, 79В, 81, 81А, 81Б, 83А, 83Б, 85, 85А, 85Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рахимов көшесі – 1, 2, 3, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15А, 16, 17, 18, 18А, 19, 20, 21, 23, 24, 25, 27, 28, 29, 30, 31, 33, 35, 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Карағайлы көшесі – 6, 7/1, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 21, 23, 25, 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ақниет көшесі – 8, 8А, 9, 11; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайыңды көшесі – 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Щучинская көшесі – 4, 6, 8, 9, 10, 12, 12А, 13, 14, 14А, 16, 19, 21, 22, 24, 26, 28, 29, 30, 31, 32, 33, 35, 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сыбағалы көшесі – 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 15, 17, 18, 19, 20, 21, 22, 24, 25А, 26, 27, 29, 31, 32, 33, 35, 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дмитриев көшесі – 4, 8, 10, 13, 14, 15, 15А, 15А/1, 15А/2, 15А/3, 17, 18, 19, 21, 21А, 22, 23, 24, 25, 26, 27, 28, 30, 32, 33, 39, 41, 41/1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уокешская көшесі – 3, 5, 8, 9, 10, 11, 12, 13, 14, 16, 17, 18, 20, 22, 25, 27, 28, 31, 32, 35А, 37, 41, 43, 45, 47, 49, 50, 51, 52, 53, 54, 57, 58, 59, 60, 61, 63, 65;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      А. Куницы көшесі – 8/1, 9, 15, 17, 19, 21, 25, 27, 31, 33; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Королев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мерей көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құрманғазы көшесі – 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 68;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Боговидский көшесі – 1, 2, 3, 3А, 3Б, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19А, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 31А, 32, 33, 34, 35, 36, 37, 38, 39, 40; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Балуан Шолақ көшесі – 16, 18, 18А, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 52А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Космонавтов көшесі – 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Демещенко көшесі – 1, 3, 5, 7, 9, 10, 11, 13, 15, 17, 19, 19А, 21, 23.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 33 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Е.Н. Әуелбеков көшесі 166А, Ақмола облысы дене шынықтыру және спорт басқармасының "Оқжетпес" облыстық мамандандырылған кешенді балалар мен жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Е.Н. Әуелбеков көшесі – 155, 157, 157А, 157А/1, 159, 161, 163, 164, 166, 170; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлімжан Баймұқанов көшесі – 158; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ақан сері көшесі – 159, 161, 163; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А. Пушкин көшесі – 12, 14, 18, 21А, 22, 24, 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмабек Тәшенов көшесі – 53, 55, 57.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 728 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Е.Н. Әуелбеков көшесі 166А, "Ақмола облысы дене шынықтыру және спорт басқармасының "Оқжетпес" облыстық мамандандырылған кешенді балалар мен жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ақан сері көшесі – 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 202, 204, 204А, 204Б, 204/1, 204/2, 204/3, 204/4, 206, 206А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бәйкен Әшімов көшесі – 200, 202, 204, 206, 208, 210, 212, 214, 215, 216, 217, 218, 219, 220, 221, 222, 224, 226, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 239, 241, 243, 245, 247;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ермек Серкебаев көшесі – 190, 192, 194, 201, 203, 205, 207, 209, 211, 213, 215, 215/1, 215/2; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жұмабек Тәшенов көшесі – 76, 79, 81, 83, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 107А, 107В/1; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рақымбек Сабатаев көшесі – 196, 207, 209, 211, 213, 215, 217, 219, 221, 223; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Талғат Бигелдинов көшесі – 46, 50, 52, 55, 60, 72, 73, 75, 76, 77, 78, 80, 80/1, 84, 84А, 88, 182А/1; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі – 134, 134А, 134Б, 136, 136А, 136А/1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А. Пушкин көшесі – 27, 29, 31, 31А, 31Б, 31Б/1, 31/1, 31/2, 33, 35, 40, 42, 44, 46, 48.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 34 сайлау учаскесі Орналасқан орыны: Ақмола облысы, Көкшетау қаласы, Абай көшесі 139, "Арна" Көкшетау жоғары колледж мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмабек Тәшенов көшесі – 20А, 22, 24, 26, 26/1, 26/2, 26/3, 26/4, 27, 28, 28А, 29, 29Б, 30, 30А, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 45, 45/1, 45/2, 47, 47А, 49, 51;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А. Пушкин көшесі – 4, 4А, 6, 8, 8А, 8А/1, 8А/2, 9, 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі – 137, 138, 139, 139А, 141, 141А, 141Б, 143;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұхтар Әуезов көшесі – 193, 195, 197, 199, 201, 203, 205, 207, 208, 209, 211, 211А, 213А, 270, 272, 274, 276, 278, 278А, 278Б, 280;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мәлік Ғабдуллин көшесі – 41, 43; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ю. Гагарин көшесі – 88, 90, 92, 94, 96, 97, 98, 99, 100, 102, 104, 106, 108, 110, 111, 112, 114, 115, 116, 117, 118, 119, 120, 122, 124, 127, 139, 143, 147;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мағзи Әбілқасымов көшесі – 115, 117, 119, 121, 121/1, 121/2, 123, 125, 127, 129, 131, 156, 158, 160, 162, 164, 166, 168, 170, 172, 172А, 174, 174А, 176, 176А, 192, 194;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Городок строителей шағын ауданы – 1, 2, 3, 3А, 4, 4/1, 5, 5/1, 5А, 5Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Талғат Бигелдинов көшесі – 26, 26/1, 26/2.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 775 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Е.Н. Әуелбеков көшесі 177, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 16 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      А. Пушкин көшесі – 7, 7А, 9А, 11, 11А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Абай көшесі – 145, 147, 149; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұхтар Әуезов көшесі – 282, 284, 286, 286А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Городок строителей шағын ауданы – 6, 8, 9, 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 35 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Е.Н. Әуелбеков көшесі 177, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 16 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Е.Н. Әуелбеков көшесі – 167, 169, 169А, 171, 173, 175, 177, 179, 179Б, 181, 183, 183А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      А. Пушкин көшесі – 17, 17А, 19; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Абай көшесі – 140, 140А, 142, 142А, 144, 146, 148, 150, 151, 152, 152А, 152Б, 153, 154, 155, 155А, 156, 156А, 157, 159; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мұхтар Әуезов көшесі – 288, 288А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ыбырай Алтынсарин көшесі – 1, 1А, 2, 3, 3А, 4, 5, 6, 7, 12, 14. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 36 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Академик В.И. Вернадский көшесі 46Б, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 12 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өркен көшесі – 3, 5;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәжит Жанділдинов көшесі – 3, 5, 6, 8, 9, 10, 11, 11А, 12, 18, 20, 24, 26, 27, 28, 29, 31, 32, 33, 34, 35, 36, 37, 38, 40, 41, 42, 43, 44, 46, 47, 49, 50, 51, 52, 56, 58, 60, 83, 85;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Академик В.И. Вернадский көшесі – 1, 1А, 4, 5А, 5Б, 7, 7А, 9, 11, 15, 17, 17А, 18, 19, 20, 21, 22, 28, 28А, 30, 32, 34, 36, 38, 42, 44, 46, 48, 58;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Менделеев өтпе жолы – 3; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тельман көшесі – 3, 4, 5; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Циалковский көшесі – 3, 4, 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 777 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Академик В.И Вернадский 46Б, Көкшетау қаласы білім бөлімінің жанындағы "Әулет" мектептен тыс жұмыс орталығы" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: Акмолинская область, город Кокшетау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәжит Жанділдинов көшесі – 93, 94, 100, 104, 106;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Академик В.И. Вернадский көшесі – 13, 25, 27, 29, 29А, 29Б, 70, 72, 72Б/3, 72Б/4, 74, 76, 76А, 83ВЛ2, 85ВЛ. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 37 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Абай көшесі 160, Ақмола облысы мәдениет басқармасының жанындағы "Үкілі Ыбырай атындағы Ақмола облыстық филармониясы" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Абай көшесі – 160А, 163, 175, 175А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шаңырақ көшесі – 6А, 8, 8А, 10, 11А, 14, 18, 22, 24;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Алатау көшесі – 3, 5; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шалқар көшесі – 1, 2, 2В, 3, 4, 5, 6А, 7, 9, 9А, 18, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 36, 37, 38, 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұхтар Әуезов көшесі – 213Б, 213К, 219, 219А, 271.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 38 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Станиславский көшесі 35, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 14 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұмар көшесі – 1, 3, 4, 5, 6, 7, 12, 13, 14, 14А, 16, 16А, 17, 18, 19, 22, 23, 24, 28, 31, 34, 41, 45, 47, 49, 50, 53, 55, 56, 59, 62, 64, 65, 67, 68, 69, 70;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жүсіпбек Аймауытов көшесі – 63, 65, 67, 69, 71, 73, 75, 77, 79, 83, 85, 87, 91, 93, 95, 97, 99, 101, 103; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қасым Қайсенов көшесі – 1, 2, 3, 4, 5, 6, 6А, 7, 7А, 8, 9, 10, 11, 12, 12А, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23А, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35Б, 36, 36А, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 51, 52, 54, 55, 57, 58, 60, 61, 62, 62А, 64, 65, 66, 68, 70, 73, 74, 76, 78, 82, 88, 92, 94;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Саққұлақ би көшесі – 1, 2, 3, 5, 6, 11, 13, 15, 16, 17, 18, 19, 20, 21, 22, 23, 25, 27/2; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Иконников көшесі – 62, 64, 66, 68, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 90А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Амангелді Иманов көшесі – 2, 3, 4, 5, 6, 8, 9, 13, 15, 16, 17, 20, 21, 22, 22А, 23, 30, 32, 35, 35А, 36, 37, 42, 43, 45, 47, 48, 49, 50, 51, 54, 55, 57, 60, 61, 63, 64, 66, 68, 93; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кирпичный завод шағын ауданы – 1, 1А, 2, 3, 4, 5, 6, 7, 7А, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25А, 26, 28, 29, 30, 31, 32, 33, 34, 36; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ыңтымақ көшесі – 1, 2, 3, 5, 8, 9, 10, 11, 12, 13, 16, 17, 19, 21, 22, 23, 23А, 24, 25, 25В, 26, 27, 28, 29, 29А, 30, 31, 34, 35, 36, 38, 42, 44; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С. Ковалевская көшесі – 39, 39А, 39В, 41, 43, 45, 47, 48А, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 65А, 66, 68, 70, 72, 73, 74, 75, 76, 77, 78, 80, 82, 83, 84, 86, 88, 90, 90А, 92, 92А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ағыбай батыр көшесі – 43, 45, 47, 49, 53, 56, 58, 59, 60, 61, 62, 62А, 63, 63А, 65, 66, 67, 68, 68А, 70, 72; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      З. Космодемьянская көшесі – 3, 4, 8, 8А, 8Б, 9, 10, 10А, 13, 15, 17, 19, 21, 60А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кошевой көшесі – 62, 64, 66, 68, 69, 70, 71, 73, 74, 75, 76, 80, 81, 82, 84, 87, 89, 91; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      М. Ю. Лермонтов көшесі – 67, 73, 74, 75, 76, 77, 78, 82, 83, 84, 86, 86А, 87, 87А, 88, 89, 90, 90А, 91, 92, 93, 94, 95, 96, 97, 98, 98А, 99, 100, 101, 102, 103, 104, 105, 107, 109, 111, 113, 115; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Матросов көшесі – 63, 65, 67, 68, 69, 70, 72, 73, 75, 78, 79, 80, 81, 82, 83, 87; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В. Маяковский көшесі – 51, 53, 55, 57, 59, 60, 61, 62, 63, 64, 65, 66, 67, 69, 70, 71, 71А, 72, 73, 74, 75, 76, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 89А, 90, 91, 91А, 92, 93, 94, 95, 96, 98, 100, 102, 104;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мичурин көшесі – 1, 1А, 2, 3, 6, 7, 8, 9, 10, 11, 12, 13, 15, 16, 17, 18, 21, 22, 22А, 23, 24, 25, 27, 28, 31, 32, 33, 33А, 34, 35, 36, 38, 39А, 40, 42, 44, 46, 48, 50, 52; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бастау көшесі – 1, 1А, 2, 2А, 3, 5, 6, 8, 9, 10, 11, 12, 12А, 13, 14, 15, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29А, 30, 31; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Павлов көшесі – 46, 48, 50, 51, 53, 54, 55, 56, 57, 58, 59, 60, 62, 63, 64, 65, 66, 67, 68, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88А, 89, 91, 93, 101; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Зеренді көшесі – 1, 2, 3, 4, 9, 10, 11, 15, 16, 21, 22, 23; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өндіріс көшесі – 2, 3, 6, 8, 9, 11, 13, 13А, 14, 15, 17, 20, 22, 23, 24, 25, 26, 27, 28, 30, 32, 34; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Атамұра көшесі – 3, 4, 4А, 5, 6, 7, 8, 10, 13, 14, 15, 16, 17, 18; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Станиславский көшесі – 4, 6, 6А, 8, 12, 14, 20, 22, 25, 30, 32, 37А, 39, 46, 48, 54, 56, 58, 60, 64;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тюленин көшесі – 55, 57, 58, 59, 60, 61, 62, 63, 64, 66, 67, 69, 71, 73, 74, 76; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Чернышевский көшесі – 45, 47, 49, 51, 53, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 71, 72, 73, 74, 75, 76, 77, 78, 78А, 79, 80, 80А, 81, 84, 85А, 86, 88, 89, 90, 92, 94.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 39 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Станиславский көшесі 35, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 14 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жүсіпбек Аймауытов көшесі – 1, 3, 5, 7, 9, 11, 19, 21, 23, 27, 29, 31, 35, 37, 39, 43, 49, 51, 53, 55, 57, 59, 61; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Елжас Бекенов көшесі – 3, 6, 11, 12, 13, 14, 15, 18, 20, 21, 24А, 25, 27, 29, 30, 34, 35, 39, 40, 41, 42, 45, 46, 52, 53, 54, 59, 61, 65, 71, 75, 75А, 78, 81; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Иконников көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20, 21, 23, 23А, 24, 25, 26, 27, 28, 29, 30, 31, 33, 34, 35, 36, 37, 38, 40, 42, 44, 46, 46А, 48, 50, 50А, 52, 54, 56; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Күләш Байсейітова көшесі – 3, 3А, 3Б, 4, 4А, 5, 5А, 6, 7, 8, 8А, 9, 9А, 9Б, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22А, 23, 24, 25, 26, 27, 28, 28А, 29, 30, 30А, 30Б, 31, 32, 33, 33А, 34, 35, 35А, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 52, 90А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      С. Ковалевская көшесі – 1, 1А, 2, 3, 3А, 4, 5, 6, 8, 9, 10, 11, 11А, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27А, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37А, 38, 38А, 40, 42, 44, 46; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ағыбай батыр көшесі – 1, 1А, 2, 2А, 3, 3А, 4, 4А, 5, 5А, 6, 6А, 7, 7А, 8, 8А, 9, 9А, 10, 10А, 11, 11А, 14, 15, 16, 17, 18, 19, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 33, 34, 35, 36, 37, 38, 40, 41, 42, 44, 46, 48, 50, 54; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кошевой көшесі – 1, 3, 3А, 4, 5, 6, 7, 9, 10, 11, 12, 13, 16, 17, 19, 20, 21, 22, 23, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 37, 38, 39, 40, 41, 42, 43, 45, 46, 47, 48, 49, 50, 51, 52, 53, 55, 57, 59, 60, 61, 63, 67; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      М. Ю. Лермонтов көшесі – 1, 1А, 2, 2А, 3, 4, 4А, 4Б, 7, 8, 8А, 8Б, 9, 12, 13, 13А, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 41, 42, 42Б, 43, 44, 45, 46, 47, 48, 50, 50А, 50Б, 51, 52, 52А, 53, 54, 55, 56, 56А, 56Б, 57, 58, 59, 60, 61, 63, 64, 65, 66, 68А, 70, 72, 72А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Матросов көшесі – 1, 2, 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 15, 16, 18, 19, 20, 21, 22, 22А, 23, 24, 25, 26, 27, 28, 29, 30, 31, 31А, 32, 33, 34, 35, 36, 37, 38, 41, 41А, 42, 43, 44, 45, 45А, 46, 47, 48, 49, 50, 51, 52, 53, 54, 56, 58, 60, 61, 77; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В. Маяковский көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 32, 33, 34, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 46А, 47, 48, 50, 52, 54, 56, 58А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Никитин көшесі – 18, 20, 24, 30, 36; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Павлов көшесі – 1, 2, 3, 4, 5, 6, 6А, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40А, 41, 42, 43, 45, 47, 49; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Папанин көшесі – 1, 12, 20, 22, 23, 29, 31, 36, 38, 42, 43, 48, 49, 54, 55, 60, 61, 62, 66, 67, 73, 74, 75; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көктерек көшесі – 1, 1А, 2, 2А, 3, 4, 5, 6, 7, 7А, 8, 9, 9А, 9Б, 10, 11, 11А, 12, 13, 13А, 14, 15, 16, 17, 17А, 18, 19, 20, 21, 22, 22А, 23, 24, 25, 26, 27, 28, 29, 30, 32, 33, 34, 35, 37, 58; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Станиславский көшесі – 3, 5, 17, 25, 37, 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қайнар көшесі – 3, 4, 8, 10, 11, 11А, 13, 13А, 16, 18, 19, 20, 23, 29, 30А, 33, 37, 45, 51; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тюленин көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 15, 17, 18, 19, 20, 22, 23, 24, 26, 27, 28, 29, 30, 31, 33, 35, 37, 38, 41, 42, 43, 46, 47, 48, 49, 50, 51, 52, 53, 54; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      К. Цеткина көшесі – 1, 4, 5, 6, 8, 9, 12, 15, 16, 17, 21, 24, 32, 35, 41, 50, 51, 53, 56, 59, 61, 62, 65, 68, 74, 75, 75А, 81; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Л. Чайкина көшесі – 5А, 7, 9, 10, 12, 14, 16А, 17, 18, 20, 23, 25, 26, 27, 29, 31, 34, 35, 36, 42, 44, 54, 56, 60, 66, 72, 76, 80, 80А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Чернышевский көшесі – 1, 1А, 2, 2А, 3, 3А, 3Б, 4, 5, 5А, 5Б, 6, 7А, 8, 10, 11, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 44, 46, 48, 50, 52, 54.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 40 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Жұмағали Тілеулин көшесі 59, "Назарбаев Зияткерлік мектептері" дербес білім беру ұйымының Көкшетау қаласындағы "Физика-математикалық бағыттағы Назарбаев Зияткерлік мектебі" филиалының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Нұрсұлтан Назарбаев даңғылы – 21, 23, 23А, 27, 29, 29А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сәкен Жүнісов көшесі – 66, 70, 70А, 74, 76; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рамазан Елебаев көшесі – 1; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мәлік Ғабдуллин көшесі – 4, 9, 15, 16, 17, 18, 22, 24, 25, 27, 30, 32, 33, 34, 35, 37; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмағали Тілеулин көшесі – 86, 88, 90, 92, 94, 96, 98, 99А, 101, 102, 102А, 103, 103А, 104, 109, 110, 113, 114, 115, 118, 119, 120, 121, 122, 124, 126, 128, 132, 136;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ахмет Байтұрсынов көшесі – 66, 68, 70, 70/1, 78, 86, 89, 91, 92, 94, 95, 96, 96А, 98, 100, 102, 104, 106, 108, 109, 110, 111, 112, 114, 116, 117, 118, 119, 123, 128, 129, 135, 137, 137А, 137Б, 139, 139А, 141, 143, 145, 146, 149, 151А, 154, 159, 163, 164, 166, 168, 169; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      М. Янко көшесі – 18, 28, 28Б, 30, 32, 34А, 35, 37; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ю. Гагарин көшесі – 93, 103, 105, 107, 109;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Смағұл Сәдуақасов көшесі – 5А, 5/2, 7А, 11, 13, 14, 16; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жағалау көшесі – 19, 21, 33, 33/2, 37, 39, 41, 43, 47, 49, 53, 59, 59А, 65, 67, 69, 71, 81, 93, 99;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Талғат Бигелдинов көшесі – 1, 3, 4, 4/1, 4/2, 4/3, 4/4, 4/5, 4/6, 4/7, 4/8, 4/9, 4/10, 4/11, 5, 6, 7, 8, 10, 13, 17, 19, 19/1, 27, 29; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмабек Тәшенов көшесі – 2, 3, 4, 5, 6, 7, 7А, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 21, 23, 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рахымжан Қошқарбаев көшесі – 1, 2, 3, 4, 5, 6А, 7, 8, 9, 11, 12, 13, 14, 14А, 15, 15А, 16, 17, 18, 20, 22, 24, 25, 25А, 25/2, 26, 27, 27А, 27Б, 27/1, 28, 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Міржақып Дулатұлы көшесі – 19, 21, 21А, 23, 27, 27А, 27Б, 29, 29А, 39/1; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғалым Елемесов көшесі – 11, 17А, 18, 18А, 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мұхтар Әуезов көшесі – 189/16. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 41 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Т. Сулейменов көшесі 10, Көкшетау қаласының мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімі жанындағы "Достар" мәдениет сарайы мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Т. Сулейменов көшесі – 1, 2, 2В, 3, 4, 4Б, 5, 5/2, 6, 6А, 6/1, 8, 8В, 10, 12, 12А, 12Б, 12В, 12Г, 12Д, 12У, 13А, 14, 16, 16/1, 18, 18А, 20, 21, 22, 22А, 23, 24, 25, 27, 29, 29/1, 31, 33, 35; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поселок Нефтебазы шағын ауданы – 1, 1/1, 1/2, 1/3, 1/4, 2, 3, 5, 7, 9, 10, 11, 12, 12А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кәукен Кенжетаев көшесі – 1/1, 3, 5, 7, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 27A, 27Б, 28, 30, 31, 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақбидай көшесі – 9, 10, 11, 11А, 13, 13Б, 14, 15, 16, 17, 18, 20, 22, 24, 26, 28, 30, 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Баубек Бұлқышев көшесі – 1, 2, 3, 4, 4А, 5, 5А, 6, 6А, 7, 8, 10, 12; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Свердлов көшесі – 1, 2, 3, 4, 5, 6/2, 7, 8, 9, 10, 11, 12, 13, 14, 15/3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мәдениет көшесі – 1, 3, 4А, 7А, 8, 10, 12, 13, 14, 16, 17, 18, 19, 26; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ысмаилов көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 8А, 9, 10А, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 729 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Абылай хан даңғылы 1А, Ақмола облысы білім басқармасының жанындағы "Көкшетау қаласы, құрылыс-технологиялық колледжі" мемлекеттік коммуналдық кәсіпорынының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрсұлтан Назарбаев даңғылы – 2/1, 2/2, 2/3, 2/4, 2А, 2Б, 2В, 2Г, 2Д, 2К, 2Н, 21;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сәкен Жүнісов көшесі – 33, 35, 37, 67, 68; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осипенко көшесі – 1/1, 1/2, 1/3, 1/4, 3/1.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 42 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Нұрсұлтан Назарбаев даңғылы 1, Ақмола облысы дене шынықтыру және спорт басқармасының "№ 7 облыстық олимпиада резервінің мамандандырылған балалар мен жасөспірімдер мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абылай хан даңғылы – 8А, 16, 16А, 17, 18, 20, 22, 24, 24А, 26, 28, 30, 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Нұрсұлтан Назарбаев даңғылы – 7, 7А, 7Б, 7Г, 9, 11, 11А, 11В, 13, 15, 15А, 17, 17А, 19, 19А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жағалау көшесі – 107, 109, 111, 113, 119.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 730 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Абылай хан даңғылы, 1А, Ақмола облысы білім басқармасының жанындағы "Көкшетау қаласы, құрылыс-технологиялық колледжі" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абылай хан даңғылы – 1, 1А, 1В, 1Г, 1/1, 1/2, 1/3, 4, 6, 8, 10, 12, 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кәукен Кенжетаев көшесі – 1, 1А, 1В, 29А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Проектная көшесі – 5; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Байдалы би көшесі – 1, 1А/1, 2, 3, 4, 4А, 5, 6, 6А, 7, 8, 9, 11, 13, 15, 17, 19, 21, 25, 27; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құлагер көшесі – 1, 2, 3, 4, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 776 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Центральный шағын ауданы 40, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 19 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абылай хан даңғылы – 3, 5, 7, 9, 11, 13, 13А, 15.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 43 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Центральный шағын ауданы 40, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 19 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Центральный шағын ауданы – 1, 2, 2Б, 13, 24В, 34, 35, 45, 46, 47, 52, 52/1, 52А, 54, 55, 55А, 55Б, 55В, 57. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 44 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Центральный шағын ауданы 40, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 19 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Центральный шағын ауданы – 36, 36/1, 36/2, 38, 39, 40/1, 40/2, 41, 41Б, 43, 44, 47А, 49, 49А, 50, 50А, 58, 59, 59А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрсұлтан Назарбаев даңғылы – 1A, 1Б, 1В, 1Г, 1/1, 1/2, 3, 3/1, 3/2, 3/3, 3/4, 3/5.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 731 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Көктем шағын ауданы 18, "Азаматтық қорғаныс жоғары көпсалалы колледжі" мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көктем шағын ауданы – 1, 1А, 5, 5А, 6, 7, 9, 9А, 11Б, 11Д, 12, 13, 14, 15, 16, 17, 18; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Старый Аэропорт шағын ауданы – 1У, 6, 12А, 13, 13А, 13/3, 18, 20, 21, 21А, 22, 23, 24, 24А, 25, 26, 27, 27А, 28, 32, 33, 33/1, 34.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 45 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Васильковский шағын ауданы 17, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 17 мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көктем шағын ауданы – 8, 8Б, 10, 10А, 11, 11А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Васильковский шағын ауданы – 2, 21, 22, 23, 26, 28, 33, 34, 35.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 46 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Васильковский шағын ауданы 17, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 17 мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Васильковский шағын ауданы – 7, 10, 16, 16/2, 16А, 18, 18/2, 19, 20, 20/1, 20А, 24, 25, 27.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 47 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Васильковский шағын ауданы 17, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 17 мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Васильковский шағын ауданы – 1, 1А, 3, 4, 5, 8, 8А, 9, 11, 12, 13, 13А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 48 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Сарыарқа шағын ауданы 7А, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының әл-Фараби атындағы IT лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сарыарқа шағын ауданы – 3А, 3Г, 9/1, 9/3, 9/4, 9/5, 9/6, 9/7, 9/8, 9/9, 9/10, 9/11, 9/13, 9/14, 9/15, 9/16, 9/17, 9/18, 10/1, 10/2, 10/3, 11, 11/1, 11/2, 11/3, 12, 12/1, 13А/1, 13А/2, 13А/3, 13А/4, 14А, 14Б, 14В, 14Г, 32, 32А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 752 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Сарыарқа шағын ауданы 7А, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының әл-Фараби атындағы IT лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сарыарқа шағын ауданы – 4, 5, 6, 6/1, 6/2, 7/4, 7/5.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 804 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Сарыарқа шағын ауданы 37, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының техникалық лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сарыарқа шағын ауданы – 2, 2А, 2Г, 2Д, 3/1, 3/2, 3/3, 6/3, 6/4, 6/5, 7/3, 7/6, 8/1, 8/2, 8/3, 8/4, 14/1, 14/2, 14/3, 14/4, 14/5, 14Г, 15/1, 15/2, 15/3, 15/4, 15/5, 15/6, 16, 16/1, 16/2, 18, 18/1,18Б, 21А, 21Б, 21В, 21Г, 24Д, 21/1, 21/2, 21/3, 22, 22/1, 22Г, 24В, 24Г, 23/3, 25/7, 25/2, 25/3, 25/7, 26, 26/1, 26/4, 26/7, 26/8, 34/1, 34/3. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 49 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Бірлік шағын ауданы, Ақбұлақ көшесі 1К, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 22 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы, Бірлік шағын ауданы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Арай көшесі – 1, 2, 4, 5, 6, 8, 9, 11, 12, 14, 15, 16, 18, 19, 19А, 20, 21, 22, 23, 24, 25, 26, 27, 29; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Балхаш көшесі – 5, 8, 12, 14, 17, 19, 21, 22, 24, 27, 28, 29А, 30, 32, 34, 40, 41, 43, 45, 47; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бәйімбет батыр көшесі – 3, 4, 5, 6, 7, 9, 10, 11, 12, 13, 15, 17, 18, 19, 20, 21, 23, 25, 27, 28, 30, 31, 32, 38, 41А, 44, 50, 51;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Казанат көшесі – 1, 2, 3, 4, 5, 6, 7, 9, 10, 11, 12, 13, 14, 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бурылтай көшесі – 1, 2, 3, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақбұлақ көшесі – 1, 1А, 1Б, 1Е, 3, 4, 5, 6, 11, 13, 14, 16, 18, 19, 21, 22, 23, 24, 25, 25А, 25Б, 27А, 30, 32, 33, 33А, 34, 35, 37, 40, 42, 44, 46, 48, 50;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жазира көшесі – 2, 4, 6, 7, 8, 9, 10, 11, 12, 14, 16, 17, 18, 20, 22, 24, 25, 30, 34, 38, 42, 50; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Айдарлы көшесі – 1, 2Б, 3, 5, 6, 7, 9, 12, 42, 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қоңырат көшесі – 3, 4, 6, 8, 24, 27, 30, 41, 44, 45, 49, 52; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құрайлы көшесі – 4, 6, 7, 8, 8Б, 11, 14, 20, 25, 31;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бапан би көшесі – 3А, 3Г, 9А, 10, 12, 18, 19, 29, 34, 35, 37, 38, 39, 46; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Үмбетей жырау көшесі – 3, 4, 5, 6, 7, 8, 9, 10, 12, 13, 14, 15, 18, 19, 20, 21, 24, 28, 30, 31, 33, 36, 37, 47, 49А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тобылғысай көшесі – 9, 11, 25, 33, 41; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Белес көшесі – 2, 4А, 5, 6, 7, 7А, 8, 9, 10, 11, 11А, 12, 13, 14, 15, 16, 17, 19, 20, 23, 24, 26, 27; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәулет көшесі – 3, 7, 9, 13, 27, 29, 31, 39, 41, 43, 45, 47, 51;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірлік шағын ауданы – 114,141,143.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 50 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Станционный кенті, Юбилейная көшесі 19/1, "Ақмола облысы білім басқармасының Көкшетау қаласы бойынша білім бөлімі Көкшетау қаласының № 7 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы, Станционный кенті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі – 1, 1А, 2, 2А, 3, 4, 4А, 6, 6А, 7, 10, 12, 12А, 14, 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Оқжетпес көшесі – 1, 2, 4, 5, 6, 8, 10, 12, 13, 15, 18, 20, 22, 23, 23А, 24, 26, 27, 28, 29, 30, 31, 32, 34, 35, 36, 36А, 38, 40; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шамшырақ көшесі – 1, 3, 5, 7, 7А, 11, 11А, 13; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үміт көшесі – 1, 2, 3, 3А, 5, 6А, 7, 7Б, 7Е, 8, 8Е, 9Б, 11, 11А, 11Б, 11В, 11Д, 12, 13, 13Б, 14, 15, 17, 19, 21;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұлы дала көшесі – 1, 2, 6, 8, 10, 11, 12, 13, 14; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ырыс көшесі – 1, 2, 3А, 4, 4А, 5, 5А, 11, 15Б, 17, 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Теміржол көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Айнабұлақ көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11А, 12, 13; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Юбилейная көшесі – 3, 4, 5, 5А, 5Б, 5/5А, 5/8, 6, 7, 7А, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21А, 21Г, 21Д, 22, 23, 25, 27, 45.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 51 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Рақымбек Сабатаев көшесі 1, Ақмола облысы денсаулық сақтау басқармасының жанындағы "Көпбейінді облыстық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рақымбек Сабатаев көшесі 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 52 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Қаныш Сәтпаев көшесі 85, Ақмола облысы денсаулық сақтау басқармасының жанындағы "Көкшетау көпбейінді қалалық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаныш Сәтпаев көшесі 85.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 53 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Нұрсұлтан Назарбаев даңғылы 158А, Ақмола облысы денсаулық сақтау басқармасының жанындағы "Көпбейінді облыстық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының ғимараты, перинаталды қызмет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрсұлтан Назарбаев даңғылы 158А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 54 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Абай көшесі 161А, "Көкшетау темір жол ауруханасы" жауапкершілігі шектеулі серіктестігінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі 161А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 55 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Рақымбек Сабатаев көшесі 3, Ақмола облысы денсаулық сақтау басқармасының жанындағы "Көпбейінді облыстық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының ғимараты, онкология бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рақымбек Сабатаев көшесі 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 56 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Көкшетау-Рузаевка тас жолы, 1, Ақмола облысы денсаулық сақтау басқармасының жанындағы "Қоңыратбек Құрманбаев атындағы Ақмола облыстық фтизиопульмонология орталығы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көкшетау-Рузаевка тас жолы, 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 57 сайлау учаскесі Орналасқан орны: Ақмола облысы Көкшетау қаласы, Ақан сері көшесі 1А, Ақмола облысы денсаулық сақтау басқармасының жанындағы "Көпбейінді облыстық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының ғимараты, дерматовенерологиялық бөлім.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақан сері көшесі 1А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 58 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Қаныш Сәтпаев көшесі 87А, Ақмола облысы денсаулық сақтау басқармасының жанындағы "Көпбейінді облыстық балалар ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаныш Сәтпаев көшесі 87А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 59 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Ыбырай Алтынсарин көшесі 37, "Қазақстан Республикасы Ұлттық ұланының 5510 әскери бөлiмі" республикалық мемлекеттік мекемесі ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ыбырай Алтынсарин көшесі 37.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 60 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Никитин көшесі 67, Қазақстан Республикасы Ішкі істер министрлігі Қылмыстық-атқару жүйесі комитетінің "№ 65 мекеме" республикалық мемлекеттік мекемесі ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Никитин көшесі 67.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 753 сайлау учаскесі Орналасқан орны: Ақмола облысы, Көкшетау қаласы, Ақан Сері көшесі 122, "Қазақстан Республикасы Ішкі істер министрлігі Ақмола облысының полиция департаменті Көкшетау қаласының полиция басқармасы" мемлекеттік мекемесінің уақытша ұстау изоляторының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақан Сері көшесі 122.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 764 сайлау учаскесі Орналасқан жері: Ақмола облысы, Көкшетау қаласы, СМП-296 өтпе жолы, 20, "Қазақстан Республикасы Ішкі істер министрлігі Ақмола облысының полиция департаменті Көкшетау қаласының полиция басқармасы" мемлекеттік мекемесінің қабылдау-таратуы ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы: СМП-296 өтпе жолы, 20.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 765 сайлау учаскесі Орналасқан жері: Ақмола облысы, Көкшетау қаласы, Ақселеу көшесі, 73, әкімшілік ғимарат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақселеу көшесі, 73.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 766 сайлау учаскесі Орналасқан жері: Ақмола облысы, Көкшетау қаласы, Саябақ көшесі, 2Б, әкімшілік ғимарат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақмола облысы, Көкшетау қаласы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Саябақ көшесі, 2Б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...17852 lines deleted...]
-      Академик В.И. Вернадский көшесі – 13, 25, 27, 29, 29А, 29Б, 70, 72, 74, 76, 76А, 83ВЛ2, 85ВЛ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -19058,55 +16718,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -19432,31 +17092,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>