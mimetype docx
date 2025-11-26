--- v0 (2025-10-04)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bea40c3" w14:textId="bea40c3">
+    <w:p w14:paraId="b381e9d" w14:textId="b381e9d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының заңнамасы бұзыла отырып пайдаланылатын жер учаскелерін анықтау қағидаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2018 жылғы 5 мамырдағы № 194 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2021 жылғы 28 желтоқсандағы № 395 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 10 қаңтарда № 26426 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2021 жылғы 28 желтоқсандағы № 395 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 10 қаңтарда № 26426 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -149,185 +149,249 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Ауыл шаруашылығы министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 397</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>      Осы бұйрық 01.01.2022 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z0" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының заңнамасы бұзыла отырып пайдаланылатын жер учаскелерін анықтау қағидаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2018 жылғы 5 мамырдағы № 194 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16949 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының заңнамасы бұзыла отырып пайдаланылатын жер учаскелерін анықтау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -358,130 +422,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Осы Қағидаларда пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жер қатынастары жөнiндегi уәкiлеттi орган – облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органдарының жер қатынастары саласындағы функцияларды жүзеге асыратын құрылымдық бөлімшесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік кірістер органы – өз құзыреті шегінде салықтардың және бюджетке төленетін төлемдердің түсуін қамтамасыз етуді, Қазақстан Республикасында кедендік реттеуді, Қазақстан Республикасының заңнамасында осы органның қарауына жатқызылған әкімшілік құқық бұзушылықтардың алдын алу, анықтау, жолын кесу және ашу жөніндегі өкілеттіктерді жүзеге асыратын, сондай-ақ Қазақстан Республикасының заңнамасында көзделген өзге де өкілеттіктерді орындайтын мемлекеттік орган;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) орталық уәкілетті орган ведомствосының аумақтық бөлімшесі (бұдан әрі – аумақтық бөлімше) – жердің пайдаланылуы мен қорғалуына мемлекеттік бақылауды жүзеге асыратын орталық уәкілетті орган ведомствосының облыстардағы, республикалық маңызы бар қалалардағы, астанадағы жер ресурстарын басқару жөніндегі аумақтық бөлімшелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тіркеуші орган – жылжымайтын мүліктің орналасқан жері бойынша мемлекеттік тіркеуді жүзеге асыратын "Азаматтарға арналған үкімет" мемлекеттік корпорациясы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -590,70 +654,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша тиісті мақсаттарда пайдаланбау немесе Қазақстан Республикасының жер заңнамасын бұза отырып пайдалану фактілері бойынша тексеру жүргізу қажет объектілер салуға арналған жер учаскелерінің тізбесін (бұдан әрі – тізбе) қалыптастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тізбе қалыптастырылған күннен бастап бес жұмыс күні ішінде оны тексеру тағайындау үшін аумақтық бөлімшеге жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тізбенің негізінде аумақтық бөлімше объектілер салу үшін берілген және тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының заңнамасы бұзыла отырып пайдаланылатын жер учаскелерін анықтау мақсатында меншік иелерін (жер пайдаланушыларды) тексеруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Объектілер салу үшін берілген жер учаскелерін тиісті мақсаттарда пайдаланбау немесе Қазақстан Республикасының жер заңнамасын бұза отырып пайдалану фактілері расталған жағдайда, мұндай жер учаскесінің иесіне (жер пайдаланушыға) "Қазақстан Республикасы жер заңнамасының талаптарын бұзушылықтарды жою туралы нұсқаманың, әкімшілік құқық бұзушылық туралы хаттаманың, әкімшілік құқық бұзушылық туралы іс бойынша қаулының нысанын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2018 жылғы 26 қазандағы № 437 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -706,204 +770,204 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Нұсқама осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасының жер заңнамасын бұзушылықтарды жою туралы нұсқамаларды тіркеу журналына тіркелуі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аумақтық бөлімше жүргізілген тексерулердің нәтижелері бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер қатынастары жөніндегі уәкілетті органға – тоқсан сайын, есепті тоқсаннан кейінгі айдың он бесінші күнінен кешіктірілмейтін мерзімде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       объектілер салуға арналған, тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының заңнамасы бұзыла отырып пайдаланылатын жер учаскелерінің орналасқан жері бойынша аумақтық мемлекеттік кірістер органына – жыл сайын, есепті жылдан кейінгі екінші айдың он бесінші күнінен кешіктірілмейтін мерзімде меншік иелеріне (жер пайдаланушыларға) нұсқамалар берілген жер учаскелері бойынша ақпарат жолдайды.". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Жер ресурстарын басқару комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық ресми жарияланғаннан кейін оның Қазақстан Республикасы Ауыл шаруашылығы министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Ауыл шаруашылығы вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Осы бұйрық 2022 жылғы 1 қаңтардан бастап қолданысқа енгізіледі және ресми жариялануы тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1159,55 +1223,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>