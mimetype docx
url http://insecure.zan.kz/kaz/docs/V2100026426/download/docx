--- v1 (2025-11-26)
+++ v2 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b381e9d" w14:textId="b381e9d">
+    <w:p w14:paraId="06f956e" w14:textId="06f956e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,144 +85,154 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының заңнамасы бұзыла отырып пайдаланылатын жер учаскелерін анықтау қағидаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2018 жылғы 5 мамырдағы № 194 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2021 жылғы 28 желтоқсандағы № 395 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 10 қаңтарда № 26426 болып тіркелді.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2021 жылғы 28 желтоқсандағы № 395 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 10 қаңтарда № 26426 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ауыл шаруашылығы министрінің 2025 жылғы 29 қазандағы № 397 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">      Ескерту. Бұйрықтың күші жойылды - ҚР Ауыл шаруашылығы министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 397</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Ауыл шаруашылығы министрінің 29.10.2025 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1215,63 +1227,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1593,35 +1627,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>