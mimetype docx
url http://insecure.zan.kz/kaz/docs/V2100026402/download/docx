--- v0 (2025-12-29)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1c757a3" w14:textId="1c757a3">
+    <w:p w14:paraId="89da852" w14:textId="89da852">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2925,4255 +2925,167 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">3. Күші жойылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...4108 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="15"/>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Екінші деңгейдегі банктерге, Қазақстан Республикасының бейрезидент-банктерінің филиалдарына арналған тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру қағидаларын бекіту туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2019 жылғы 12 қарашадағы № 188 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19632 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z31" w:id="16"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z31" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілген қаулымен бекітілген, Екінші деңгейдегі банктерге, Қазақстан Республикасының бейрезидент-банктерінің филиалдарына арналған тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26045,556 +21957,556 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мөлшерленген банк активтерiнiң</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">кестесiне қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="17"/>
+    <w:bookmarkStart w:name="z38" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленуге тиісті банк активтерінің есебіне түсіндірме</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z39" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Салымдар, дебиторлық берешек, сатып алынған исламдық бағалы қағаздар, банкте түзетілген құны аталған активтер көлемінің 50 (елу) пайызынан кем емес қамтамасыз етуі бар (Кредиттік тәуекел дәрежесі бойынша мөлшерленген банк активтері кестесінің (бұдан әрі – Кесте) 1, 2, 3, 11, 12 және 13-жолдарында көрсетілген активтер түріндегі), сауда делдалы ретінде сауда қызметін қаржыландырған кездегі коммерциялық кредиттер осы тармаққа сәйкес банктерде түзетілген қамтамасыз ету құнын анықтауға мүмкіндік беретін барабар есепке алу жүйесі болған кезде түзетілген қамтамасыз ету құнын шегергендегі тәуекел дәрежесі бойынша мөлшерленген активтер есебіне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Түзетілген қамтамасыз ету құны (Кестенің 1, 2, 3, 11, 12 және 13-жолдарында көрсетілген активтер түріндегі) мыналарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салымдардың, оның ішінде осы банктегі қамтамасыз ету ретінде ұсынылған салымдардың 100 (бір жүз) пайыз сомасына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қамтамасыз етуге берілген исламдық бағалы қағаздардың нарықтық құнының 95 (тоқсан бес) пайызына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қамтамасыз етуге берілген тазартылған бағалы металдардың нарықтық құнының 85 (сексен бес) пайызына тең болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоғарыда көрсетілген салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың қамтамасыз етілмеген бөлігі салымдарға, дебиторлық берешекке, сатып алынған бағалы қағаздарға сәйкес келетін тәуекел дәрежесі бойынша Кестеге сәйкес мөлшерленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Банкте "Самұрық-Қазына" ұлттық әл-ауқат қоры", "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамдарының даусыз және қайтарып алынбайтын кепілдіктері, экспортты қолдау жөніндегі функцияларды жүзеге асыратын және Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі бар ұлттық компаниямен жасалған сақтандыру төлемі жөніндегі міндеттемелерді даусыз және қайтарып алынбайтын орындау туралы тармақтарды қамтитын сақтандыру шарты түрінде қамтамасыз етуі бар қарыздар көлемінің кемінде 50 (елу) пайызын өтейтін сома қамтамасыз етудің түзетілген құнын шегере отырып, тәуекел дәрежесі бойынша мөлшерленген активтердің есебіне кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Самұрық-Қазына" ұлттық әл-ауқат қоры", "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамдарының кепілдіктері, Экспортты қолдау жөніндегі функцияларды жүзеге асыратын және Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі бар ұлттық компаниямен жасалған сақтандыру төлемі жөніндегі міндеттемелерді даусыз және қайтарып алынбайтын орындау туралы тармақтарды қамтитын сақтандыру шарты түрінде қамтамасыз етудің түзетілген құны сақтандыру шарты сомасының 95 (тоқсан бес) пайызына тең болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контрагенттен төмен тәуекел дәрежесі бар ұйымдар кепілдік берген (сақтандырылған) банк инвестициялары есебіне енгізілмеген салымдар, дебиторлық берешек, сатып алынған исламдық бағалы қағаздар, сауда делдалы ретінде сауда қызметін қаржыландыру кезіндегі коммерциялық кредиттер, инвестициялар тәуекел дәрежесі бойынша мөлшерленген (банк инвестициялары есебіне енгізілмеген салымдардың, дебиторлық берешектің, сатып алынған исламдық бағалы қағаздардың, қарыздардың, инвестициялардың кепілдік берген (сақтандырылған) сомасын шегергендегі) активтердің есебіне борышкердің тәуекел дәрежесі бойынша енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк инвестициялары есебіне енгізілмеген салымдардың, дебиторлық берешектің, сатып алынған исламдық бағалы қағаздардың, сауда делдалы ретінде сауда қызметін қаржыландыру кезіндегі коммерциялық кредиттердің, инвестициялардың кепілдік берген (сақтандырылған) сомасы тиісті кепілгердің (сақтандырушының) дебиторлық берешегінің тәуекел дәрежесі бойынша мөлшерленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Республикасының мынадай бейрезиденттеріне ұсынылған, осы Түсіндірменің 1-тармағында көрсетілген салымдар, дебиторлық берешек, сатып алынған исламдық бағалы қағаздар және сауда делдалы ретінде сауда қызметін қаржыландыру кезіндегі коммерциялық кредиттер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) офшорлық аймақ аумағында заңды тұлға ретінде тіркелгендерге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жекелей алғанда жарғылық капиталдың 5 (бес) пайыздан астамын иеленуші офшорлық аймақ аумағында тіркелген заңды тұлғаға тәуелді немесе офшорлық аймақ аумағында тіркелген заңды тұлғаға қатысы бойынша еншілес болып табылатындарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) офшорлық аймақ азаматтары болып табылатындарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы Түсіндірменің 1-тармағында көрсетілген қамтамасыз етудің болуына қарамастан, Кестеге сәйкес тәуекел дәрежесі бойынша мөлшерленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қазақстан Республикасының мынадай:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z39" w:id="18"/>
-[...15 lines deleted...]
-      1. Салымдар, дебиторлық берешек, сатып алынған исламдық бағалы қағаздар, банкте түзетілген құны аталған активтер көлемінің 50 (елу) пайызынан кем емес қамтамасыз етуі бар (Кредиттік тәуекел дәрежесі бойынша мөлшерленген банк активтері кестесінің (бұдан әрі – Кесте) 1, 2, 3, 11, 12 және 13-жолдарында көрсетілген активтер түріндегі), сауда делдалы ретінде сауда қызметін қаржыландырған кездегі коммерциялық кредиттер осы тармаққа сәйкес банктерде түзетілген қамтамасыз ету құнын анықтауға мүмкіндік беретін барабар есепке алу жүйесі болған кезде түзетілген қамтамасыз ету құнын шегергендегі тәуекел дәрежесі бойынша мөлшерленген активтер есебіне енгізіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) офшорлық аймақ аумағында заңды тұлға ретінде тіркелген, бірақ Standard &amp; Poor's (Стандард энд Пурс) агенттігінің "АА-"-тен төмен емес рейтингі бар немесе басқа рейтингтік агенттіктердің бірінің осыған ұқсас деңгейдегі рейтингі бар немесе міндеттемелерінің барлық сомасының қамтамасыз етілуіне аталған деңгейден төмен емес рейтингі бар бас ұйымның тиісті кепілдігі бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) офшорлық аймақ аумағында тіркелген заңды тұлғалардан тәуелсіз, жекелей алғанда жарғылық капиталдың 5 (бес) пайыздан астамын иеленуші немесе офшорлық аймақ аумағында тіркелген, бірақ офшорлық аймақтардың аумағында тіркелген заңды тұлғалар немесе олардың азаматтары не Экономикалық ынтымақтастық және даму ұйымы оффшорлық аумақтардың тізбесіне жатқызылған мемлекеттердің аумағында тіркелген заңды тұлғалар болып табылатын Қазақстан Республикасының бейрезиденттеріне қойылатын, ақпараттық алмасу бойынша міндеттемелер қабылдамаған талаптарды қоспағанда, рейтингі көрсетілген деңгейден төмен емес немесе рейтингі көрсетілген деңгейден төмен емес бас ұйымның тиісті кепілдігіне ие болған немесе рейтингі көрсетілген деңгейден төмен емес заңды тұлғаға қатысты еншілес немесе олардың азаматтарына немесе жарғылық капиталдың 5 (бес) пайызынан астамын жеке иеленетін заңды тұлғаларға тәуелді болып табылатын ұйымдарға не көрсетілген оффшорлық аймақтардың аумағында тіркелген заңды тұлғаларға қатысты еншілес болып табылатын бейрезиденттеріне ұсынылған, осы Түсіндірменің 1-тармағында көрсетілген салымдар, дебиторлық берешек, сатып алынған исламдық бағалы қағаздар және сауда делдалы ретінде сауда қызметін қаржыландыру кезіндегі коммерциялық кредиттер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тәуекелдің нөл дәрежесі бойынша мөлшерленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Салымдардың тәуекел дәрежесі бойынша мөлшерленген банктің активтерін есептеу мақсатында:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Түзетілген қамтамасыз ету құны (Кестенің 1, 2, 3, 11, 12 және 13-жолдарында көрсетілген активтер түріндегі) мыналарға:</w:t>
-[...90 lines deleted...]
-      2. Банкте "Самұрық-Қазына" ұлттық әл-ауқат қоры", "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамдарының даусыз және қайтарып алынбайтын кепілдіктері, экспортты қолдау жөніндегі функцияларды жүзеге асыратын және Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі бар ұлттық компаниямен жасалған сақтандыру төлемі жөніндегі міндеттемелерді даусыз және қайтарып алынбайтын орындау туралы тармақтарды қамтитын сақтандыру шарты түрінде қамтамасыз етуі бар қарыздар көлемінің кемінде 50 (елу) пайызын өтейтін сома қамтамасыз етудің түзетілген құнын шегере отырып, тәуекел дәрежесі бойынша мөлшерленген активтердің есебіне кіреді.</w:t>
+      жеке тұлғаларға тұрғын үй салу үшін не оны сатып алу және (немесе) жөндеу мақсатында берілетін ипотекалық қарыз ипотекалық тұрғын үй қарызын білдіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке тұлғаларға кәсіпкерлік қызметті жүзеге асыруға байланысты емес тауарларды, жұмыстарды және көрсетілетін қызметтерді сатып алуға ұсынылған, сауда делдалы ретінде сауда қызметін қаржыландыру кезіндегі коммерциялық кредит тұтынушылық кредит дегенді білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Егер исламдық бағалы қағаздың арнайы шығарылым рейтингі болса, онда тәуекел дәрежесі бойынша банк активтерін мөлшерлеу кезінде бағалы қағаз рейтингін ескеру қажет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:p>
-[...33 lines deleted...]
-      3. Контрагенттен төмен тәуекел дәрежесі бар ұйымдар кепілдік берген (сақтандырылған) банк инвестициялары есебіне енгізілмеген салымдар, дебиторлық берешек, сатып алынған исламдық бағалы қағаздар, сауда делдалы ретінде сауда қызметін қаржыландыру кезіндегі коммерциялық кредиттер, инвестициялар тәуекел дәрежесі бойынша мөлшерленген (банк инвестициялары есебіне енгізілмеген салымдардың, дебиторлық берешектің, сатып алынған исламдық бағалы қағаздардың, қарыздардың, инвестициялардың кепілдік берген (сақтандырылған) сомасын шегергендегі) активтердің есебіне борышкердің тәуекел дәрежесі бойынша енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z46" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Орталық контрагенттің қатысуымен жасалған "кері репо" операциясының мәні болып табылатын бағалы қағаздар тәуекелдің нөлдік дәрежесі бойынша өлшенеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p>
-[...33 lines deleted...]
-      4. Қазақстан Республикасының мынадай бейрезиденттеріне ұсынылған, осы Түсіндірменің 1-тармағында көрсетілген салымдар, дебиторлық берешек, сатып алынған исламдық бағалы қағаздар және сауда делдалы ретінде сауда қызметін қаржыландыру кезіндегі коммерциялық кредиттер:</w:t>
+    <w:bookmarkStart w:name="z47" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Нормативтердің 11-тармағына сәйкес нарықтық тәуекелді ескере отырып, активтердің, шартты және ықтимал талаптар мен міндеттемелердің есебіне енгізілген активтер валюталардың айырбастау бағамдарының және бағалы металдар бағамдарының өзгеруіне байланысты нарықтық тәуекелі бар қаржы құралдарының есебіне енгізілген активтерді қоспағанда, кредиттік тәуекел дәрежесі бойынша мөлшерленетін активтердің, шартты және ықтимал міндеттемелердің есебіне енгізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:p>
-[...87 lines deleted...]
-      5. Қазақстан Республикасының мынадай:</w:t>
+    <w:bookmarkStart w:name="z48" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Салымдардың тәуекел дәрежесі бойынша мөлшерленген банк активтерін есептеу мақсаттары үшін қамтамасыз етілмеген тұтынушылық қарыздар ретінде жылжымайтын мүлік кепілімен қамтамасыз етілген қарыздарды, тұрғын үй құрылысына үлестік қатысу шарттары, жылжымайтын мүлікті сатып алу мәні болып табылатын өзге де шарттар бойынша талап ету құқықтарын, қамтамасыз етуі автокөлік болып табылатын қарыздарды, банктік салым шартына немесе ақша кепілі шартына сәйкес банкте орналастырылған, берілетін қарыз сомасын толығымен өтейтін ақша қамтамасыз етуі болып табылатын қарыздарды, білім беруді кредиттеу жүйесі шеңберінде берілетін қарыздарды және тұрғын үй құрылысы жинақ ақшасы жүйесінің шеңберінде берілетін қарыздарды қоспағанда, тұтынушылық қарыз түсініледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:p>
-[...188 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -26803,68 +22715,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>капиталының мөлшеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="28"/>
+    <w:bookmarkStart w:name="z51" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салымдардың кредиттiк тәуекел дәрежесi бойынша мөлшерленген банк активтерiнiң кестесi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -44933,648 +40845,648 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>банк активтерiнiң кестесiне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="29"/>
+    <w:bookmarkStart w:name="z53" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленуге тиісті банк активтерінің есебіне түсіндірме</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z54" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар, банкте түзетілген құны аталған активтер көлемінің 50 (елу) пайызынан кем емес қамтамасыз етуі бар қарыздар (Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленген банк активтері кестесінің (бұдан әрі - Кесте) 1, 2, 3, 10, 11, 12, 15, 16, 17, 18, 19 және 20-жолдарында көрсетілген активтер түріндегі) осы тармаққа сәйкес банктерде түзетілген қамтамасыз ету құнын анықтауға мүмкіндік беретін барабар есепке алу жүйесі болған кезде түзетілген қамтамасыз ету құнын шегергендегі тәуекел дәрежесі бойынша мөлшерленген активтер есебіне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Түзетілген қамтамасыз ету құны (Кестенің 1, 2, 3, 10, 11, 12, 15, 16, 17, 18, 19 және 20-жолдарында көрсетілген активтер түріндегі) мыналарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салымдар сомасының 100 (жүз) пайызына, оның ішінде осы банктегі қамтамасыз ету ретінде ұсынылғандары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қамтамасыз етуге берілген бағалы қағаздардың нарықтық құнының 95 (тоқсан бес) пайызына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қамтамасыз етуге берілген тазартылған бағалы металдардың нарықтық құнының 85 (сексен бес) пайызына тең болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоғарыда көрсетілген салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың қамтамасыз етілмеген бөлігі салымдарға, дебиторлық берешекке, сатып алынған бағалы қағаздарға сәйкес келетін тәуекел дәрежесі бойынша Кестеге сай мөлшерленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Банкте "Самұрық-Қазына" ұлттық әл-ауқат қоры" және "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамдарының қайтарып алынбайтын және сөзсіз кепілдігі, экспортты қолдау жөніндегі функцияны жүзеге асыратын және Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі бар ұлттық компаниямен жасалған сақтандыру төлемі бойынша міндеттемелерді сөзсіз және қайтарып алынбайтын орындау туралы тармақтарды қамтитын сақтандыру шарты түрінде қамтамасыз етуі бар, сомасы көрсетілген қарыздар көлемінің кемінде 50 (елу) пайызын жабатын қарыздар қамтамасыз етудің түзетілген құны шегеріле отырып тәуекел дәрежесі бойынша мөлшерленген активтердің есебіне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Самұрық-Қазына" ұлттық әл-ауқат қоры", "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамдарының кепілдігі, экспортты қолдау жөніндегі функцияларды жүзеге асыратын және Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі бар ұлттық компаниямен жасалған сақтандыру төлемі жөніндегі міндеттемелерді сөзсіз және қайтарып алынбайтын орындау туралы тармақтарды қамтитын сақтандыру шарты түріндегі қамтамасыз етудің түзетілген құны кепілдік, сақтандыру шарты сомасының 95 (тоқсан бес) пайызына тең болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контрагенттен төмен тәуекел дәрежесі бар ұйымдар кепілдік берген (сақтандырылған) банк инвестициялары есебіне енгізілмеген салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар, қарыздар, инвестициялар тәуекел дәрежесі бойынша мөлшерленген (банк инвестициялары есебіне енгізілмеген салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың, қарыздардың, инвестициялардың кепілдік берген (сақтандырылған) сомасын шегергендегі) активтердің есебіне борышкердің тәуекел дәрежесі бойынша енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк инвестициялары есебіне енгізілмеген салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың, қарыздардың, инвестициялардың кепілдік берілген (сақтандырылған) сомасы тиісті кепілгердің (сақтандырушының) дебиторлық берешегінің тәуекел дәрежесі бойынша мөлшерленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленуге тиіс банк активтерінің есебіне осы Түсіндірменің (бұдан әрі - Түсіндірме) 1-тармағында көрсетілген, мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оффшорлық аймақтар аумағында заңды тұлға ретінде тіркелген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оффшорлық аймақтар аумағында тіркелген, жекелей алғанда жарғылық капиталдың 5 (бес) пайыздан астамын иеленуші заңды тұлғаға тәуелді немесе оффшорлық аймақ аумағында тіркелген заңды тұлғаға қатысты еншілес болып табылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оффшорлық аймақтардың азаматтары болып табылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының бейрезиденттеріне ұсынылған салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар және қарыздар Түсіндірмелердің 1-тармағында көрсетілген қамтамасыз етудің болуына қарамастан, Кестеге сәйкес тәуекел дәрежесі бойынша мөлшерленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Түсіндірменің 1-тармағында көрсетілген, мынадай:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z54" w:id="30"/>
-[...15 lines deleted...]
-      1. Салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар, банкте түзетілген құны аталған активтер көлемінің 50 (елу) пайызынан кем емес қамтамасыз етуі бар қарыздар (Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленген банк активтері кестесінің (бұдан әрі - Кесте) 1, 2, 3, 10, 11, 12, 15, 16, 17, 18, 19 және 20-жолдарында көрсетілген активтер түріндегі) осы тармаққа сәйкес банктерде түзетілген қамтамасыз ету құнын анықтауға мүмкіндік беретін барабар есепке алу жүйесі болған кезде түзетілген қамтамасыз ету құнын шегергендегі тәуекел дәрежесі бойынша мөлшерленген активтер есебіне енгізіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оффшорлық аймақтар аумағында заңды тұлға ретінде тіркелген, бірақ Standard&amp;Poor's (Стандард энд Пурс) агенттігінің "АА-"-тен төмен емес борыштық рейтингі немесе басқа рейтингтік агенттіктердің бірінің осыған ұқсас деңгейдегі рейтингі немесе міндеттемелерінің барлық сомасының қамтамасыз етуіне борыштық рейтингі көрсетілген деңгейден төмен емес бас ұйымның тиісті кепілдігі бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оффшорлық аймақтардың аумағында тіркелген заңды тұлғалар немесе олардың азаматтары не Экономикалық ынтымақтастық және даму ұйымы ақпарат алмасу жөнінде міндеттемелер қабылдамаған оффшорлық аумақтар тізбесіне жатқызған мемлекеттердің аумағында тіркелген заңды тұлғалар немесе олардың азаматтары болып табылатын Қазақстан Республикасының бейрезиденттеріне немесе жекелей алғанда жарғылық капиталдың 5 (бес) пайыздан астамын иеленуші заңды тұлғаларға тәуелді не көрсетілген оффшорлық аймақтардың аумағында тіркелген заңды тұлғаларға қатысты еншілес болып табылатын ұйымдарға қойылатын талаптарды қоспағанда, оффшорлық аймақтардың аумағында тіркелген, жекелей алғанда жарғылық капиталдың 5 (бес) пайызынан астамын иеленуші заңды тұлғаларға тәуелді немесе оффшорлық аймақтың аумағында тіркелген, бірақ көрсетілген деңгейден төмен емес борыштық рейтингі немесе міндеттемелерінің барлық сомасының қамтамасыз етуіне борыштық рейтингі көрсетілген деңгейден төмен емес бас ұйымның тиісті кепілдігі бар заңды тұлғаға қатысты еншілес болып табылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының бейрезиденттеріне ұсынылған салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар және қарыздар тәуекелдің нөл дәрежесі бойынша мөлшерленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Салымдардың тәуекел дәрежесі бойынша мөлшерленген банктің активтерін есептеу мақсатында:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Түзетілген қамтамасыз ету құны (Кестенің 1, 2, 3, 10, 11, 12, 15, 16, 17, 18, 19 және 20-жолдарында көрсетілген активтер түріндегі) мыналарға:</w:t>
-[...90 lines deleted...]
-      2. Банкте "Самұрық-Қазына" ұлттық әл-ауқат қоры" және "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамдарының қайтарып алынбайтын және сөзсіз кепілдігі, экспортты қолдау жөніндегі функцияны жүзеге асыратын және Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі бар ұлттық компаниямен жасалған сақтандыру төлемі бойынша міндеттемелерді сөзсіз және қайтарып алынбайтын орындау туралы тармақтарды қамтитын сақтандыру шарты түрінде қамтамасыз етуі бар, сомасы көрсетілген қарыздар көлемінің кемінде 50 (елу) пайызын жабатын қарыздар қамтамасыз етудің түзетілген құны шегеріле отырып тәуекел дәрежесі бойынша мөлшерленген активтердің есебіне енгізіледі.</w:t>
+      ипотекалық тұрғын үй қарызы деп жеке тұлғаларға тұрғын үй салу үшін не оны сатып алу және (немесе) жөндеу мақсатында берілетін ипотекалық қарыз түсініледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұтынушылық қарыз деп жеке тұлғаларға кәсіпкерлік қызметті жүзеге асырумен байланысты емес тауарларды, жұмыстарды және көрсетілетін қызметтерді сатып алуға берілген кредит түсініледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Егер бағалы қағаз шығарылымының арнайы борыштық рейтингі болса, онда тәуекел дәрежесі бойынша банк активтерін мөлшерлеу кезінде бағалы қағаз рейтингін ескеру қажет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:p>
-[...33 lines deleted...]
-      3. Контрагенттен төмен тәуекел дәрежесі бар ұйымдар кепілдік берген (сақтандырылған) банк инвестициялары есебіне енгізілмеген салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар, қарыздар, инвестициялар тәуекел дәрежесі бойынша мөлшерленген (банк инвестициялары есебіне енгізілмеген салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың, қарыздардың, инвестициялардың кепілдік берген (сақтандырылған) сомасын шегергендегі) активтердің есебіне борышкердің тәуекел дәрежесі бойынша енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Орталық контрагенттің қатысуымен жасалған "кері репо" операциясының мәні болып табылатын бағалы қағаздар тәуекелдің нөлдік дәрежесі бойынша өлшенеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:p>
-[...279 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="38"/>
+    <w:bookmarkStart w:name="z62" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Борыш жүктемесінің коэффициентін есептеу кезінде кепілсіз тұтынушылық қарыздар бойынша Кестеге немесе Салымдардың кредиттік тәуекел дәрежесін мөлшерлеу коэффициенттерінің мәндеріне сәйкес қарыз бойынша кредит тәуекелінің дәрежесі Нормативтерге 5-1-қосымшаға (бұдан әрі - Мәндер) сәйкес егер осындай қарызға қатысты қарыз алушы-жеке тұлға Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15541 болып тіркелген "Банктік қызметтерді көрсету және банктердің, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың банктік қызметтерді көрсету үдерісінде туындайтын клиенттердің өтініштерін қарау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 28 шілдедегі № 136 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жасалған оңалту жоспарын орындауды жүзеге асырса, екі есе азайтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде көрсетілген оңалту жоспарын қарыз алушы-жеке тұлға орындамаған жағдайда, қарыз Кестеге немесе Мәндерге сәйкес кредит тәуекелінің дәрежесі бойынша мөлшерленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="39"/>
+    <w:bookmarkStart w:name="z63" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Нормативтердің 21-тармағына сәйкес нарықтық тәуекелі ескерілген активтердің, шартты және ықтимал талаптар мен міндеттемелердің есебіне қосылған шартты және ықтимал міндеттемелер валюталарды айырбастау бағамдарының және бағалы металдар бағамдарының өзгеруіне байланысты нарықтық тәуекелі бар қаржы құралдарының есебіне енгізілген шартты және ықтимал міндеттемелерді қоспағанда, кредиттік тәуекел дәрежесі бойынша мөлшерленетін активтердің, шартты және ықтимал міндеттемелердің есебіне қосылмайды..</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>