--- v0 (2025-10-02)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0ced398" w14:textId="0ced398">
+    <w:p w14:paraId="23fda2c" w14:textId="23fda2c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -762,1771 +762,1334 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мәдениет және спорт министрі</w:t>
+              <w:t>Мәдениет және спорт министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2021 жылғы 29 желтоқсандағы</w:t>
+              <w:t>2021 жылғы 29 желтоқсандағы № 407</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 407 Бұйрықпен</w:t>
-[...12 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кәсіпкерлік субъектілерінің тау шаңғысы курорттарына арналған жабдықтар мен техника сатып алу бойынша шығындарының бір бөлігін өтеу қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-тармақ жаңа редакцияда - ҚР Туризм және спорт министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (18.01.2026 бастап қолданысқа енгiзiледi) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы кәсіпкерлік субъектілерінің тау шаңғысы курорттарына арналған жабдықтар мен техниканы сатып алу бойынша шығындарының бір бөлігін өтеу қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасындағы туристік қызмет туралы" Қазақстан Республикасы Заңының </w:t>
-[...9 lines deleted...]
-        <w:t>11–бабының</w:t>
+      1. Осы кәсіпкерлік субъектілерінің тау шаңғысы курорттарына арналған жабдықтар мен техниканы сатып алу бойынша шығындарының бір бөлігін өтеу қағидалары (бұдан әрі - Қағидалар) "Қазақстан Республикасындағы туристік қызмет туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20-16) тармақшасына сәйкес әзірленді және кәсіпкерлік субъектілерінің тау шаңғысы курорттарына арналған жабдықтар мен техниканы сатып алу бойынша шығындарының бір бөлігін өтеу (бұдан әрі – шығындардың бір бөлігін өтеу) тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Осы Қағидаларда мынадай негізгі ұғым пайдаланылады:</w:t>
+        <w:t xml:space="preserve">
+      2. Осы Қағидаларда мынадай негізгі ұғым пайдаланылады: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жергілікті атқарушы орган (әкімдік) (бұдан әрі – ЖАО) – облыстың, республикалық маңызы бар қаланың және астананың әкімі басқаратын, өз құзыреті шегінде тиісті аумақта жергілікті мемлекеттік басқаруды және өзін-өзі басқаруды жүзеге асыратын алқалы атқарушы орган. </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      уәкілетті орган – туристік қызмет саласындағы мемлекеттік басқару функцияларын жүзеге асыратын орталық атқарушы орган.</w:t>
+      3. Тау шаңғысы курорттарына арналған жабдықтар мен техникаларға мыналар жатады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Тау шаңғысы курорттарына арналған жабдықтар мен техникаларға мыналар жатады:</w:t>
+      1) арқанды жолдар (траволаторлар (таспалы көтергіштер), бугель (шынжырлы көтергіш), арқанды-креслолы жол, кабина түріндегі гондольды жол, комби (құрамдастырылған жол (креслолары бар кабина), бейби лифт (тіреусіз ілмекті көтергіш);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) арқанды жолдар (траволаторлар (таспалы көтергіштер), бугель (шынжырлы көтергіш), арқанды-креслолы жол, кабина түріндегі гондольды жол, комби (құрамдастырылған жол (креслолары бар кабина), бейби лифт (тіреусіз ілмекті көтергіш);</w:t>
+      2) трассаларды жасанды қарсыздандыру жүйесі (ұтқыр қар генераторлары (тасымалданатын), стационарлық қар генераторлары, қар мылтықтары мен зеңбіректері);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) трассаларды жасанды қарсыздандыру жүйесі (ұтқыр қар генераторлары (тасымалданатын), стационарлық қар генераторлары, қар мылтықтары мен зеңбіректері);</w:t>
+      3) қар тығындау техникасы (ратрактар).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      3) қар тығындау техникасы (ратрактар).</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Кәсіпкерлік субъектілерінің тау шаңғысы курорттарына арналған жабдықтар мен техника сатып алу бойынша шығындарының бір бөлігін өтеу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Кәсіпкерлік субъектілерінің тау шаңғысы курорттарына арналған жабдықтар мен техника сатып алу бойынша шығындарының бір бөлігін өтеу тәртібі</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Кәсіпкерлік субъектісі шығындардың бір бөлігін өтеуді алу үшін мәлімделген тау шаңғысы курорты орналасқан жері бойынша ЖАО-ға осы Қағидаларға қосымшаға сәйкес нысан бойынша шығындардың бір бөлігін өтеуге арналған өтінімді (бұдан әрі - өтінім) қағаз немесе электрондық нысанда пошта арқылы не қолма-қол тиісті күнтізбелік жылдың 1 маусымға дейін жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      5. Кәсіпкерлік субъектісі ЖАО-ға жіберілетін өтінімге қоса береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңды тұлға өтінім берген жағдайда - заңды тұлғаның құрылтай құжаттарының көшірмелері, жеке тұлға өтініш берген жағдайда - жеке басын куәландыратын құжаттың көшірмесі, дара кәсіпкер ретінде қызметінің басталғанын растайтын құжаттың көшірмесі, ал кәсіпкерлік субъектісінің өкілі өтінім берген кезде кәсіпкерлік субъектісінің мүдделерін білдіруге арналған нотариалды куәландырған сенімхат қосымша ұсынылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тау шаңғысы курорттарына арналған жабдықтар мен техниканы сатып алуды растайтын құжаттың көшірмесі (электрондық шот-фактуралар не сатып алу-сату шарты, кредитке сатып алған жағдайда - кредиттік шарт).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      4. Кәсіпкерлік субъектісі шығындардың бір бөлігін өтеуді алу үшін уәкілетті органға осы Қағидаларға </w:t>
-[...141 lines deleted...]
-      2) тау шаңғысы курорттарына арналған жабдықтар мен техниканы сатып алуды растайтын құжаттың көшірмесі (электрондық шот-фактуралар не сатып алу-сату шарты, кредитке сатып алған жағдайда – кредиттік шарт).</w:t>
+      Тау шаңғысы курорттарына арналған жабдықтар мен техниканы шетелдік өндірушіден немесе электрондық шот-фактуралардың ақпараттық жүйесін пайдаланбайтын сатушыдан сатып алған кезде, сатып алу бойынша шығындар тауарларға арналған кедендік декларацияның көшірмесімен (Еуразиялық экономикалық одаққа мүше болып табылмайтын үшінші елдерден) немесе Қазақстан Республикасы Салық кодексінің (бұдан әрі - Салық кодексі) 530-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес салық органының белгісі бар тауарларды әкелу және жанама салықтардың төленгені туралы өтінім көшірмесімен расталады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тау шаңғысы курорттарына арналған жабдықтар мен техниканы өткізетін кәсіпкерлік субъектісі және сатып алатын кәсіпкерлік субъектісі арасындағы тау шаңғысы курорттарына арналған жабдықтар мен техниканы қабылдау-беру актісінің көшірмесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тау шаңғысы курорттарына арналған жабдықтар мен техникаға арналған техникалық паспорттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тау шаңғысы курортын иелену құқығын немесе оның өзге де заңды негізін растайтын құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тау шаңғысы курорттарына арналған сатып алынған жабдықтар мен техниканы, оларды тау шаңғысы курорттарына жеткізгеннен, сондай-ақ монтаждағаннан және орнатқаннан кейін техникалық құралдармен жүргізілген фото- және бейнетіркеу материалдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) соңғы 2 (екі) жылдағы қосылған құн салығы өсу динамикасын растайтын үзінді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың 7) тармақшасының ережесі:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Тау шаңғысы курорттарына арналған жабдықтар мен техниканы шетелдік өндірушіден немесе электрондық шот-фактуралардың ақпараттық жүйесін пайдаланбайтын сатушыдан сатып алған кезде, сатып алу бойынша шығындар тауарларға арналған кедендік декларацияның көшірмесімен (Еуразиялық экономикалық одаққа мүше болып табылмайтын үшінші елдерден) немесе "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Қазақстан Республикасы Кодексінің 456-бабының </w:t>
-[...118 lines deleted...]
-      7) соңғы 2 (екі) жылдағы қосылған құн салығы өсу динамикасын растайтын үзінді.</w:t>
+      Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>101-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қосылған құн салығын төлеушілер болып табылмайтын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік тіркеуден өткен сәттен бастап үш жылдан аз уақыт ішінде қызметті жүзеге асыратын кәсіпкерлік субъектілеріне қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Осы Қағидалардың 5-тармағында көрсетілген келіп түскен өтінімдер мен оларға қоса берілетін құжаттарды (бұдан әрі - құжаттар топтамасы) ЖАО тіркейді және олар келіп түскен күннен бастап екі жұмыс күні ішінде толықтығын қарайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:p>
-[...154 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген келіп түскен өтінімдер мен оларға қоса берілетін құжаттарды (бұдан әрі – құжаттар топтамасы) уәкілетті орган тіркейді және олар келіп түскен күннен бастап екі жұмыс күні ішінде толықтығын қарайды.</w:t>
+        <w:t>
+      7. Ұсынылған құжаттар топтамасын ЖАО мынадай жағдайларда қараусыз қайтарады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Ұсынылған құжаттар топтамасын уәкілетті орган мынадай жағдайларда қараусыз қайтарады:</w:t>
+      1) кәсіпкерлік субъектісімен құжаттардың толық топтамасын ұсынбау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кәсіпкерлік субъектісімен құжаттардың толық топтамасын ұсынбау;</w:t>
+      2) осы Қағидалардың 4-тармағымен белгіленген мерзімдерді сақтамау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖАО құжаттар топтамасын қайтару себептерін көрсете отырып, олар келіп түскен күннен бастап екі жұмыс күні ішінде кәсіпкерлік субъектісіне жазбаша хабарламамен құжаттар топтамасын қайтаруды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кәсіпкерлік субъектісіне құжаттардың толық болмауы себебі бойынша құжаттар пакеті қайтарылған жағдайда, хабарламада жетіспейтін құжаттардың тізбесі көрсетіледі. Хабарламада көрсетілген тізбеге сәйкес құжаттар топтамасының толық еместігі жойылған кезде кәсіпкерлік субъектісі өтінімді қайта береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінім беру мерзімдерін сақтамау себебінен құжаттар топтамасы қайтарылған жағдайда, кәсіпкерлік субъектісі осы Қағидалардың 4-тармағында белгіленген мерзімдерде өтінімді қайта береді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген мерзімдерді сақтамау.</w:t>
+        <w:t>
+      8. Кәсіпкерлік субъектілері ұсынған құжаттардың толық топтамасын қарау үшін ЖАО өтінімдерді қарау жөніндегі тұрақты жұмыс істейтін комиссия (бұдан әрі - комиссия) құрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия кемінде 7 (жеті) адамды қамтитын мүшелердің тақ санынан тұрады, олардың ішінен төраға және төрағаның орынбасары тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасы оның қызметіне басшылық жасайды, комиссия отырыстарын өткізеді. Төраға болмаған уақытта оның функцияларын төрағаның орынбасары орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия отырыстарының хаттамаларын дайындауды комиссия мүшесі болып табылмайтын хатшы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссияның төрағасы, төрағаның орынбасары, хатшысы ЖАО қызметкерлері қатарынан тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия құрамына сондай-ақ облыстар, республикалық маңызы бар қалалар және астана кәсіпкерлері палаталардың, салалық қауымдастықтардың өкілдері, бизнес өкілдері кіреді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уәкілетті орган құжаттар топтамасын қайтару себептерін көрсете отырып, олар келіп түскен күннен бастап екі жұмыс күні ішінде кәсіпкерлік субъектісіне жазбаша хабарламамен құжаттар топтамасын қайтаруды жүзеге асырады.</w:t>
+      9. Комиссия құжаттар топтамасы келіп түскен күннен бастап он жұмыс күні ішінде олардың осы Қағидалардың 5-тармағына сәйкестігін қарайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кәсіпкерлік субъектісіне құжаттардың толық болмауы себебі бойынша құжаттар пакеті қайтарылған жағдайда, хабарламада жетіспейтін құжаттардың тізбесі көрсетіледі. Хабарламада көрсетілген тізбеге сәйкес құжаттар топтамасының толық еместігі жойылған кезде кәсіпкерлік субъектісі өтінімді қайта береді.</w:t>
+      Құжаттар топтамасын қарау қорытындылары бойынша комиссия осы тармақтың бірінші бөлігінде көрсетілген мерзімдерде мынадай шешімдердің бірін қабылдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өтінім беру мерзімдерін сақтамау себебінен құжаттар топтамасы қайтарылған жағдайда, кәсіпкерлік субъектісі осы Қағидалардың 4-тармағында белгіленген мерзімдерде өтінімді қайта береді.</w:t>
+      1) келіп түскен құжаттар топтамасы осы Қағидалардың 5-тармағына сәйкес келген кезде кәсіпкерлік субъектісіне шығындардың бір бөлігін өтеу туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Кәсіпкерлік субъектілері ұсынған құжаттардың толық топтамасын қарау үшін уәкілетті орган өтінімдерді қарау жөніндегі тұрақты жұмыс істейтін комиссия (бұдан әрі – комиссия) құрады.</w:t>
+      2) келіп түскен құжаттар топтамасы осы Қағидалардың 5-тармағына сәйкес келмеген кезде кәсіпкерлік субъектісіне шығындардың бір бөлігін өтеуден бас тарту туралы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссия кемінде 7 (жеті) адамды қамтитын мүшелердің тақ санынан тұрады, олардың ішінен төраға және төрағаның орынбасары тағайындалады.</w:t>
+      10. Шығындардың бір бөлігін өтеуден бас тарту үшін негіздер анықталған кезде ЖАО кәсіпкерлік субъектісіне шығындардың бір бөлігін өтеуден бас тарту туралы алдын ала шешім туралы, сондай-ақ кәсіпкерлік субъектісінің алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізудің уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тыңдау туралы хабарлама Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес комиссия шешім қабылдағанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі. Тыңдау кәсіпкерлік субъектісі хабарламаны алған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау нәтижелері бойынша комиссияның шешімі негізінде ЖАО кәсіпкерлік субъектісіне шығындардың бір бөлігін өтеу туралы нәтиже немесе кәсіпкерлік субъектісіне шығындардың бір бөлігін өтеуден бас тарту туралы дәлелді жауап береді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссия төрағасы оның қызметіне басшылық жасайды, комиссия отырыстарын өткізеді. Төраға болмаған уақытта оның функцияларын төрағаның орынбасары орындайды.</w:t>
+      11. Комиссияның шешімі хаттамамен ресімделеді және оған қол қойылған күннен бастап екі жұмыс күні ішінде ЖАО интернет-ресурсында орналастырылады, көшірмесі кәсіпкерлік субъектісінің атына жазбаша хабарламамен жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссия отырыстарының хаттамаларын дайындауды комиссия мүшесі болып табылмайтын хатшы жүзеге асырады.</w:t>
+      12. Кәсіпкерлік субъектілеріне шығындардың бір бөлігін өтеуді жергілікті бюджеттік бағдарламалар әкімшісі Қазақстан Республикасының қолданыстағы бюджет заңнамасына сәйкес тиісті қаржы жылына арналған жергілікті бюджетте көзделген қаражат шегінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссияның төрағасы, төрағаның орынбасары, хатшысы уәкілетті органның қызметкерлері қатарынан тағайындалады.</w:t>
+      13. Өтем мөлшері осы Ереженің 5-тармағының 2) тармақшасына сәйкес ұсынылған құжаттамада көрсетілген тау шаңғысы курорттарына арналған жабдықтар мен техника құнының жиырма бес пайызын құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссия құрамына "Атамекен" Қазақстан Республикасының Ұлттық кәсіпкерлер палатасының, салалық қауымдастықтардың өкілдері, бизнес өкілдері кіреді.</w:t>
+      14. Шығындардың бір бөлігін өтеу Қазақстан Республикасының ұлттық валютасымен жүргізіледі. Шетелдік валюталарында жұмсалған шығындар тау шаңғысы курорттарына арналған жабдықтар мен техниканы сатып алу күніне Қазақстан Республикасы Ұлттық банкінің валюта бағамдары бойынша қайта есептеуге жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9. Комиссия құжаттар топтамасы келіп түскен күннен бастап он жұмыс күні ішінде олардың осы Қағидалардың 5-тармағына сәйкестігін қарайды.</w:t>
+        <w:t xml:space="preserve">
+      15. Жергілікті бюджеттік бағдарламалар әкімшісі шығындардың бір бөлігін өтеу бойынша сомаларды екінші деңгейдегі банкте ашылған және өтінімде көрсетілген кәсіпкерлік субъектісінің есеп айырысу шотына тиісті қаражаттың түскен күнінен бастап он бес жұмыс күні ішінде, Қазақстан Республикасының бюджет заңнамасында, оның ішінде Қазақстан Республикасы Қаржы министрінің 2025 жылғы 22 сәуірдегі № 185 "Бюджеттік сұранымды жасау, ұсыну, қарау қағидаларын бекіту туралы" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес белгіленген тәртіппен аударады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттар топтамасын қарау қорытындылары бойынша комиссия осы тармақтың бірінші бөлігінде көрсетілген мерзімдерде мынадай шешімдердің бірін қабылдайды:</w:t>
+      16. Шығындардың бір бөлігінің орнын толтыру кезінде кәсіпкерлік субъектісі келесі бағыттар бойынша қарсы міндеттемелерді қабылдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес келген кезде кәсіпкерлік субъектісіне шығындардың бір бөлігін өтеу туралы;</w:t>
+        <w:t>
+      1) жұмыскерлер санын ұлғайту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) келіп түскен құжаттар топтамасы осы Қағидалардың 5-тармағына сәйкес келмеген кезде кәсіпкерлік субъектісіне шығындардың бір бөлігін өтеуден бас тарту туралы.</w:t>
+      2) қосылған құн салығын ұлғайту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z55" w:id="44"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың 2 тармақшасының ережесі:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Тыңдау туралы хабарлама Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің </w:t>
-[...441 lines deleted...]
-        <w:t>83-баптарына</w:t>
+      Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>101-баптарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қосылған құн салығын төлеушілер болып табылмайтын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік тіркеуден өткен сәттен бастап үш жылдан аз уақыт ішінде қызметті жүзеге асыратын кәсіпкерлік субъектілеріне қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өзара міндеттемелер уәкілетті орган мен кәсіпкерлік субъектісі арасында жасалатын келісімде көзделеді.</w:t>
-[...81 lines deleted...]
-</w:t>
+      Өзара міндеттемелер ЖАО мен кәсіпкерлік субъектісі арасында жасалатын келісімде көзделеді.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2642,578 +2205,496 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өтеу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...20 lines deleted...]
-            </w:pPr>
+              <w:t>кімге:______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кімге:_______________________</w:t>
+              <w:t xml:space="preserve">(ЖАО атауы) </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(уәкілетті органның атауы)</w:t>
-[...12 lines deleted...]
-              <w:t>кімнен _____________________</w:t>
+              <w:t>кімнен ____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(кәсіпкерлік субъектісінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="53"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кәсіпкерлік субъектілерінің тау шаңғысы курорттарына арналған жабдықтар мен техниканы сатып алу бойынша шығындарының бір бөлігін өтеуге арналған өтінім</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тау шаңғысы курорттарына арналған жабдықтар мен техниканы сатып алу бойынша шығындардың бір бөлігін өтеуге өтінімді қарауды сұраймын.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Кәсіпкерлік субъектісі туралы мәліметтер.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заңды тұлға үшін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бизнес-сәйкестендіру нөмірі (БСН) __________________________</w:t>
-[...53 lines deleted...]
-      телефон нөмірі _______________________________________________</w:t>
+      бизнес-сәйкестендіру нөмірі (БСН) _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басшының тегі, аты, әкесінің аты (ол болған жағдайда) _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мекен-жайы және нақты орналасқан жері ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      телефон нөмірі ______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке тұлға үшін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тегі, аты, әкесінің аты (болған жағдайда) ___________________________</w:t>
-[...35 lines deleted...]
-      кәсіпкерлік субъектісі ретінде қызметтің басталғаны туралы хабарламаның нөмірі ____________________________________________</w:t>
+      тегі, аты, әкесінің аты (ол болған жағдайда) ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке сәйкестендіру нөмірі (ЖСН)_______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кәсіпкерлік субъектісі ретінде қызметтің басталғаны туралы хабарламаның нөмірі ________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке басты куәландыратын құжат:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      нөмірі _________________________________________________________</w:t>
-[...73 lines deleted...]
-    </w:p>
+      нөмірі ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кім берді ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      берілген күні ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұрғылықты мекенжайы ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      телефон нөмірі _____________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тау шаңғысы курорттарына арналған жабдықтар мен техника туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3227,233 +2708,241 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тау шаңғысы курорттарына арналған жабдықтар мен техника атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тау шаңғысы курорттарына арналған жабдықтар мен техника атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құны</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-(теңге)</w:t>
+              <w:t>Құны (теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саны</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-(дана)</w:t>
+              <w:t>Саны (дана)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3536,57 +3025,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3669,57 +3162,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3776,86 +3273,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Кәсіпкерлік субъектісінің екінші деңгейдегі банкте ашылған есеп айырысу шотының деректемелері: _____________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Кәсіпкерлік субъектілерінің тау шаңғысы курорттарына арналған жабдықтар мен техника сатып алу бойынша шығындарының бір бөлігін өтеу қағидаларының 5-тармағына сәйкес өтінімге қоса берілетін құжаттардың тізбесі:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)_______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3974,50 +3475,82 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мөрдің орны (болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінім берілген күні: "____" __________ 20___ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>