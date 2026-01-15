--- v0 (2025-11-08)
+++ v1 (2026-01-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b5ad7f7" w14:textId="b5ad7f7">
+    <w:p w14:paraId="f3d22b3" w14:textId="f3d22b3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,147 +94,227 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Шет мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан алынған ақшаны және (немесе) өзге де мүлікті алғаны және жұмсағаны туралы мәліметтерді мемлекеттік кірістер органдарына ұсыну қағидаларын, мерзімін және нысанын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 20 ақпандағы № 242 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қаржы министрінің 2021 жылғы 28 желтоқсандағы № 1339 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 28 желтоқсанда № 26135 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2021 жылғы 28 желтоқсандағы № 1339 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 28 желтоқсанда № 26135 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 685</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Шет мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан алынған ақшаны және (немесе) өзге де мүлікті алғаны және жұмсағаны туралы мәліметтерді мемлекеттік кірістер органдарына ұсыну қағидаларын, мерзімін және нысанын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 20 ақпандағы № 242 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16492 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кіріспе мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 29-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -249,106 +329,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:";</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілген бұйрықпен бекітілген Шет мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан алынған ақшаны және (немесе) өзге де мүлікті алғаны және жұмсағаны туралы мәліметтерді мемлекеттік кірістер органына ұсыну қағидалары, мерзімі және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нысанында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -587,70 +651,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Казақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -661,70 +725,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -866,68 +930,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Жамаубаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2342,106 +2388,106 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="3"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Шет мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан алынған ақшаны және (немесе) өзге де мүлікті алғаны және жұмсағаны туралы ұсынылатын мәліметтер" есептілігінің нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Мәліметтерді толтыру бойынша түсіндірме (018.00 нысан)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Жеке тұлғалар, заңды тұлғалар (құрылымдық бөлімше) туралы жалпы ақпарат" деген бөлімде мынадай деректер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ЖСН (БСН) - " Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі - Салық кодексі) 29-бабының 1-тармағының бірінші бөлімінің 2) тармақшасына сәйкес көздерден ақша және (немесе) өзге де мүлікті алған субъектілердің жеке сәйкестендіру нөмірі (бизнес-сәйкестендіру нөмірі);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2488,126 +2534,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мәліметтердің түрі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тиісті ұяшық мәліметтерді негізгі немесе қосымшаға жатқызуды ескере отырып белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Ақша және (немесе) өзге де мүліктерді алғаны және жұмсаған туралы" деген бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 018.00.001 жолда, Көздерден алынған ақша және (немесе) өзге де мүліктерді алғаны туралы, алған күнгі валюта айырбастаудың нарықтық бағамы бойынша ұлттық валютада Мәліметерге қоса берілетін тізілімнің (бұдан әрі – Алғаны туралы тізілім) "В" және "F" бағандарының қортынды сомасы көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 018.00.002 жолда ақшаны және (немесе) өзге де мүліктерді жұмсаған күнгі валюта айырбастаудың нарықтық бағамы бойынша ұлттық валютада Мәліметерге қоса берілетін, Көздерден алынған ақша және (немесе) өзге де мүліктерді жұмсағаны туралы тізілімнің (бұдан әрі – Жұмсағаны туралы тізілім) "F" және "К" бағандарының қортынды сомасы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Жеке тұлғалардың, заңды тұлғалардың (құрылымдық бөлімшелердің) жауаптылығы" деген бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Жеке тұлғаның немесе заңды тұлғаның (құрылымдық бөлімшенің) басшысының тегі, аты, әкесінің аты (болған кезде)" деген жолда субъектінің немесе басшысының тегі, аты, әкесінің аты (болған кезде) және мәліметтер берілген күн көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2690,144 +2736,144 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мәліметтердің кіріс нөмірі – мемлекеттік кірістер органдары берген, мәліметтерді тіркеу нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы аталған тармақтың 4), 5) және 6) тармақшаларын қағаз тасымалдағышта хабарламаны қабылдаған мемлекеттік кірістер органдарының қызметкерлері толтырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Алғаны туралы тізілім – 018.01 нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Жеке тұлғалар, заңды тұлғалар (құрылымдық бөлімше) туралы жалпы ақпарат" деген бөлімде мынадай деректер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ЖСН (БСН) деген жолда - көздерден ақша және (немесе) өзге де мүлікті алған субъектілердің ЖСН немесе БСН көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Мәліметтер табыс етілетін салық кезеңі - субъектінің көздерден ақша алған және (немесе) жұмсалған және (немесе) өзге де мүліктер өткізілген есепті кезеңі (жарты жылдық, жыл) көрсетіледі (араб цифрларымен көрсетіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Ақша және (немесе) өзге де мүліктерді алғаны туралы ақпарат" деген бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) А бағанында - субъектілердің көздерден алынған ақшаны және (немесе) өзге де мүліктерді алғаны туралы деректер көрсетілетін кесте жолдарының реттік нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3234,88 +3280,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) O бағанында - төлем түрі (қолма-қол ақша алған жағдайда - 1, қолма-қол ақшасыз - 2);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) P бағанында - банктің атауы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Жұмсағаны туралы тізілім – 018.02 нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Жеке тұлғалар, заңды тұлғалар (құрылымдық бөлімше) туралы жалпы ақпарат" деген бөлімде мынадай деректер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ЖСН (БСН) деген жолда - көздерден ақша және (немесе) өзге де мүлікті алған және жұмсаған субъектілердің ЖСН немесе БСН;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3591,55 +3637,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>