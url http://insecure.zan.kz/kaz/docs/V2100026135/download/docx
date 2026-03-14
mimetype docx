--- v1 (2026-01-15)
+++ v2 (2026-03-14)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f3d22b3" w14:textId="f3d22b3">
+    <w:p w14:paraId="29a91c0" w14:textId="29a91c0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,117 +86,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Шет мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан алынған ақшаны және (немесе) өзге де мүлікті алғаны және жұмсағаны туралы мәліметтерді мемлекеттік кірістер органдарына ұсыну қағидаларын, мерзімін және нысанын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 20 ақпандағы № 242 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2021 жылғы 28 желтоқсандағы № 1339 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 28 желтоқсанда № 26135 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 10 қарашадағы № 685 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 10.11.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 685</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3629,63 +3631,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4007,35 +4031,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId10"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>