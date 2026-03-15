--- v0 (2025-10-03)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4004593" w14:textId="4004593">
+    <w:p w14:paraId="2c8702b" w14:textId="2c8702b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігінің кейбір бұйрықтарына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі Төрағасының 2021 жылғы 10 желтоқсандағы № 230 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 15 желтоқсанда № 25790 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі Төрағасының 2021 жылғы 10 желтоқсандағы № 230 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 15 желтоқсанда № 25790 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -268,62 +268,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық оның алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -372,51 +373,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">агенттігінің төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -710,130 +711,244 @@
         <w:t xml:space="preserve">
       комиссия құрамын бекіту туралы құжаттарға қосымша осы тізбеге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақтың күшін жою көзделген - ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Мемлекеттік әкімшілік лауазымға орналасудың кейбір мәселелері туралы" Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2017 жылғы 21 ақпандағы № 40 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14939 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған бұйрықпен бекітілген "Б" корпусының мемлекеттік әкімшілік лауазымына орналасуға арналған конкурсты өткізу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -846,150 +961,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>36-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "36. Уәкілетті органның немесе оның аумақтық бөлімшелері жұмыскерлерінің конкурс комиссиясының отырысына, оның ішінде қашықтықтан бейнебайланыс құралдары арқылы қатысуына жол беріледі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2) Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі Төрағасының 2021 жылғы 10 қыркүйектегі № 158 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 24350 болып тіркелген) бекітілген, тиісті персоналды басқару қызметі құжаттарды тапсыру күніне дейін күнтізбелік 30 күн ішінде растаған мемлекеттік қызметшінің қызметтік тізімі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1002,70 +1117,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>97-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "97. Конкурс комиссиясының оң нәтижесін ең көп орташа балл алған кандидат алады. Орташа балдар тең болған жағдайда, конкурс комиссиясының оң нәтижесін алған кандидатты конкурс комиссиясының төрағасы анықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орташа балдарды есептеуді конкурс комиссиясының хатшысы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1132,70 +1247,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>101-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "101. Осы тармақтың төртінші бөлігінде көзделген тәртіппен лауазымға орналасу жағдайларын қоспағанда, сондай-ақ егер алдыңғы жұмыс беруші еңбек заңнамасына сәйкес бір айлық жұмыспен өтеу мерзімін белгілесе немесе тараптардың келісімі бойынша өзге мерзім белгіленсе, мемлекеттік лауазымға тағайындау құқығы бар адам конкурс комиссиясы шешім қабылдаған күннен бастап бес жұмыс күні өткен соң, бірақ он жұмыс күнінен кешіктірмей, оң қорытынды алған кандидатты жарияланған лауазымға қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әңгімелесуге бір кандидат қатысып, ол конкурс комиссиясының оң қорытындысын алған жағдайда, ол конкурс комиссиясының қорытынды отырысы өткен күннен бастап тағайындала алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1246,130 +1361,130 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасы Үкіметінің 2002 жылғы 16 шілдедегі № 784 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының өзге заңнамалық актілерімен көзделген жағдайларда мемлекеттік лауазымға тағайындауға құқығы бар адам кандидатты жоғары тұрған лауазымды адамның (органның) келісімі бойынша лауазымға қабылдайды.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16299 болып тіркелген) мынадай өзгеріс енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған бұйрықпен бекітілген "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әдістемесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1382,70 +1497,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "7. Қазақстан Республикасы Президенті Әкімшілігінің, Қазақстан Республикасы Премьер-Министрі Кеңсесінің "Б" корпусы қызметшілерінің қызметін бағалау осы мемлекеттік органдардың автоматтандырылған бағалау жүйесі арқылы жүзеге асырылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1458,70 +1573,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "8. Қазақстан Республикасы Тұңғыш Президентінің – Елбасы Кеңсесінің, Қазақстан Республикасының Мемлекеттік қызмет істері агенттігінің "Б" корпусы қызметшілерінің қызметін бағалау автоматтандырылған бағалау жүйесі арқылы оны енгізгеннен кейін жүзеге асырылады.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1769,129 +1884,130 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығына (өкіміне немесе</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне) қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құрамы  _______________________  (комиссия атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="819"/>
-        <w:gridCol w:w="11481"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="819" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11481" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1942,87 +2058,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комиссия төрағасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="819" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11481" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2073,87 +2189,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комиссия төрағасының орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="819" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11481" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2246,87 +2362,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комиссия мүшелері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="819" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11481" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2359,87 +2475,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 және (немесе)лауазымы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="819" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11481" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2537,55 +2653,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2911,31 +3027,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>