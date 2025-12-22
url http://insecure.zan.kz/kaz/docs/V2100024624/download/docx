--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f709e91" w14:textId="f709e91">
+    <w:p w14:paraId="feb212a" w14:textId="feb212a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1766,51 +1766,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) тауардың жеке сериялық нөмірі – тауарлардың номенклатуралық тобы шеңберінде тауар бірлігін бірегей сәйкестендіретін символдық бірізділік;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z39" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27) тауарларды таңбалау мен олардың қадағалануының бірыңғай операторы (бұдан әрі - Оператор) – Қазақстан Республикасының заңнамасына сәйкес құрылған, тауарлардың ұлттық каталогын әзірлеуді, жүргізуді және өзекті етуді қоса алғанда, тауарларды таңбалау мен олардың қадағалануының ақпараттық жүйесін әзірлеуді, әкімшілендіруді, қолдап отыруды және пайдаланушылық қолдауды және Қазақстан Республикасының Үкіметі айқындаған өзге де функцияларды жүзеге асыратын заңды тұлға;</w:t>
+      27) Тауарларды таңбалау және қадағалау жөніндегі бірыңғай оператор (бұдан әрі – Оператор) – мемлекеттік кәсіпорын, акционерлік қоғам, жауапкершілігі шектеулі серіктестік, оның дауыс беруші акцияларының (жарғылық капиталдағы үлестерінің) елу пайызынан астамы тікелей немесе жанама түрде мемлекетке тиесілі, тауарларды таңбалау және прослеживаемость ету ақпараттық жүйесін әзірлеу, басқару, сүйемелдеу және эксплуатациялық қолдау, оның ішінде Ұлттық тауарлар каталогын әзірлеу, жүргізу және жаңарту, сондай-ақ Қазақстан Республикасы заңнамасымен көзделген басқа да функцияларды жүзеге асыратын ұйым;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z40" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) тексеру коды – тауардың сәйкестендіру кодын криптографиялық түрлендіру нәтижесінде қалыптастыратын және сәйкестендіру кодын бұрмалауды анықтауға мүмкіндік беретін символдардың тізбегі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z41" w:id="40"/>
     <w:p>
@@ -2193,50 +2193,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 404</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z57" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3834,106 +3854,106 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       міндетті таңбалауды енгізу сәтінде аяқ киім тауарларының таңбаланбаған қалдықтарының болуы - осы аяқ киім тауарларының айналымын және (немесе) айналымнан шығаруды жүзеге асыратын аяқ киім тауарлары айналымына қатысушы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z103" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Аяқ киім тауарларын ТТҚ АЖ-да тіркеу үшін айналымға қатысушы ТТҚ АЖ-да мынадай мәліметтерді көрсетеді:</w:t>
+      15. Аяқ киім тауарларын ТТҚ АЖ тіркеу үшін айналымға қатысушы ТТҚ АЖ мынадай мәліметтерді көрсетеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтініш берушінің ЖСН немесе БСН;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) тауар коды (GTIN);</w:t>
-[...17 lines deleted...]
-      3) тауар өндіруші туралы мәліметтер;</w:t>
+      2) өнім коды (GTIN);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тауарды өндіруші туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ЕАЭО СЭҚ ТН коды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3943,107 +3963,125 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) аяқ киімнің түрі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) тауардың саудалық атауы;</w:t>
-[...17 lines deleted...]
-      7) тауар туралы мәліметтер (бренд, аяқ киімнің түсі, өлшемі, моделі, аяқ киімнің үстіңгі жағы материалының түрі, аяқ киімнің төменгі жағы материалының түрі, аяқ киімнің астары материалы).</w:t>
+      6) тауардың сауда атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) өнім туралы мәліметтер (бренд, аяқ киімнің түсі, өлшемі, моделі, аяқ киімнің үстіңгі материалы, аяқ киімнің төменгі материалы, аяқ киімнің астары материалы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тауардың міндетті талаптарға сәйкестігін растайтын құжаттың нөмірі мен күні (сәйкестік сертификаты немесе сәйкестік туралы декларация), Кеден одағының 017/2011 ТР ТС "Жеңіл өнеркәсіп өнімдерінің қауіпсіздігі туралы" техникалық регламентінің талаптарына сәйкес, сондай-ақ балалар мен жасөспірімдерге арналған өнімдерге қатысты Кеден одағының 007/2011 ТР ТС "Балалар мен жасөспірімдерге арналған өнімдердің қауіпсіздігі туралы" техникалық регламентінің талаптарына сәйкес.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 27.05.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 294</w:t>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4578,54 +4616,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) DataMatrix ECC200 деңгейінде немесе одан жоғары қателерді тану және түзету функциясын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:bookmarkStart w:name="z129" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. ТТҚ АЖ аяқ киім тауарларының қаптамасына басылған сәйкестендіру құралындағы таңбалау кодын қайта қалыптастыруға (генерациялауға) жол бермейді.</w:t>
+      23. ТТҚ АЖ аяқ киім тауарларының қаптамасына салынған сәйкестендіру құралындағы таңбалау кодын қайта қалыптастыруға (генерациялауға) жол бермейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z130" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Аяқ киім тауарларын сәйкестендіру құралдарымен таңбалауды қамтамасыз ету үшін аяқ киім тауарларының айналымына қатысушы Операторға ТТҚ АЖ арқылы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -6328,180 +6428,198 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жөнелтуші қабылдау/беру актісін кері қайтарып алуды осы тармақтың бірінші бөлігінде көзделген жағдайды қоспағанда, жаңа актіні ресімдемей, ТТҚ АЖ-да тіркелген күннен кейін 20 (жиырма) жұмыс күні ішінде, бірақ алушы растаған кезге дейін жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z168" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      45. Анықталған алшақтықтар туралы электрондық хабарламада мынадай мәліметтер қамтылады:</w:t>
+      45. Анықталған сәйкессіздіктер туралы электрондық хабарламада мынадай мәліметтер болады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) жеткізушінің ЖСН немесе БСН;</w:t>
+      1) жіберушінің ЖСН немесе БСН;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) алушының ЖСН немесе БСН;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) қабылданған/қабылданбаған аяқ киім тауарларының сәйкестендіру кодтарының тізімі;</w:t>
-[...35 lines deleted...]
-      5) Қабылдау/беру актісінің деректемелері.</w:t>
+      3) қабылданған / қабылданбаған аяқ киім тауарларын сәйкестендіру кодтарының тізімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мәліметтері жоқ немесе қабылдау/беру актісінде дұрыс көрсетілмеген аяқ киім тауарларын сәйкестендіру кодтарының тізімі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қабылдау актісінде бағасы мен құны бойынша мәліметтер дұрыс емес аяқ киім тауарларын сәйкестендіру кодтарының тізімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қабылдау/беру актісінің деректемелері.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 45-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 26.11.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 404</w:t>
+        <w:t xml:space="preserve">      Ескерту. 45-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6653,275 +6771,267 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аяқ киім тауарына және (немесе) аяқ киім тауарының тұтыну қаптамасына немесе аяқ киім тауарының тауарлық жапсырмасына енгізілген сәйкестендіру құралындағы сәйкестендіру коды туралы мәліметтер бақылау-касса машинасы қалыптастыратын "кассалық чек" фискалдық құжатына енгізіледі және Фискалдық деректер операторына беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z179" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Оператормен жасалған шарт негізінде мынадай мәліметтерді қамтитын әрбір өткізілген тауар бірлігі бойынша нақты уақыт режимінде мәліметтерді ТТҚ АЖ-ға беруді жүзеге асырады:</w:t>
+        <w:t>
+      50. Фискалдық деректер операторы нақты уақыт режимінде мынадай мәліметтерді қамтитын әрбір өткізілген тауар бірлігі бойынша ТТҚ АЖ-ға мәліметтерді беруді жүзеге асырады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z180" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сатушының ЖСН немесе БСН;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бақылау-касса машинасының тіркеу нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фискалдық құжаттың деректемелері (чектің нөмірі мен күні);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сату күні мен бағасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тауарға салынған сәйкестендіру құралында қамтылған тауарды сәйкестендіру коды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 50-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. ТТҚ АЖ-да таңбаланған аяқ киім тауарларын айналымнан шығару Фискалдық деректер операторынан алынған мәліметтер негізінде бөлшек сауда кезінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z181" w:id="155"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z186" w:id="160"/>
+    <w:bookmarkStart w:name="z186" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. Аяқ киім тауарларын бөлшек саудада сату болып табылмайтын негіздер бойынша айналымнан шығару кезінде аяқ киім тауарлары айналымына қатысушы аяқ киім тауарларын айналымнан шығарған күннен кейінгі 3 (үш) жұмыс күнінен кешіктірмей тиісті себебін көрсете отырып, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша (бұдан әрі – Нысан) ТТҚ АЖ-ға аяқ киім тауарларын айналымнан шығару туралы ақпарат береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6940,404 +7050,404 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="161"/>
+    <w:bookmarkStart w:name="z187" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Аяқ киім тауарларын қашықтықтан сату тәсілі арқылы айналымнан шығару кезінде аяқ киім тауарларының айналымына қатысушы тұтынушыға жеткізу үшін сақтау қоймасынан аяқ киім тауарларын тиеп жіберген күннен кейінгі 3 жұмыс күнінен кешіктірмей тиісті себебін көрсете отырып, Нысан бойынша ТТҚ АЖ-ға аяқ киім тауарларын айналымнан шығару туралы ақпарат береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z188" w:id="162"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z188" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Көрсетілген тауарларды кейіннен өткізуге (сатуға) байланысты емес мақсаттарда пайдалану үшін аяқ киім тауарларын сатып алатын заңды тұлғалар мен жеке тұлғалар меншік құқығының сатушыдан сатып алушыға ауысуын растайтын Қабылдау-беру актісі бойынша аяқ киім тауарларын қабылдауды жүзеге асырады және аяқ киім тауарларын айналымнан шығарған күннен кейінгі 3 жұмыс күнінен аспайтын мерзімде тиісті себебін көрсете отырып, Нысан бойынша ТТҚ АЖ-ға аяқ киім тауарларын айналымнан шығару туралы ақпарат ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z280" w:id="163"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z280" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10-1-тарау. Кодтарды өзара тану кезінде трансшекаралық саудада ТТҚ АЖ-да мәліметтер алмасу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида 10-1-тараумен толықтырылды - ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 27.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z281" w:id="164"/>
+    <w:bookmarkStart w:name="z281" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54-1. Таңбаланған тауарлар Қазақстан Республикасының аумағынан ЕАЭО-ға мүше мемлекеттің аумағына нақты трансшекаралық орын ауыстырғанға дейін осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасынан тауар жөнелтетін тауарлар айналымына қатысушы өзі, тауарды алатын ЕАЭО-ға мүше мемлекеттің резиденті туралы, сондай-ақ тауарлар мен таңбалау кодтары туралы мәліметтерді көрсете отырып, аяқ киім тауарларын әкету туралы хабарламаны ТТҚ АЖ-ға береді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 54-1-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 13.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z282" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54-2. Таңбаланған тауарлар туралы мәліметтерді оператор халықаралық шарттарда және Еуразиялық экономикалық комиссияның шешімдерінде, сондай-ақ ЕАЭО-ға мүше мемлекеттердің ұлттық операторлары (әкімшілері) арасындағы екі жақты келісімдерде белгіленген тәртіппен және мерзімдерде ЕАЭО-ға мүше мемлекеттің таңбалау жүйесіне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z283" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54-3. ЕАЭО-ға мүше елдердің контрагенті тауарларды қабылдауды растаған кезде тауарлар айналымына қатысушы ТТҚ АЖ-да "ЕАЭО тауарларын қабылдау" құжатын қалыптастырады және оны өзінің ЭЦҚ-мен куәландырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "ЕАЭО тауарларын қабылдау" құжатын қалыптастырғаннан кейін таңбалау кодтары ЕАЭО-ға экспорт себебі бойынша айналымнан шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-тарау. Таңбаланған аяқ киім тауарларын айналымға қайта енгізу кезінде ТТҚ АЖ-да мәліметтерді ұсыну тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z190" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Тұтынушылар таңбаланған аяқ киім тауарларын қайтарған кезде аяқ киім тауарлары айналымына қатысушы әрбір қалпына келтірілетін бірлік бойынша фискалдық деректер операторына оларды кейіннен ТТҚ АЖ-ге жіберу үшін тиісті мәліметтерді ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z191" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Аяқ киім тауарларын тұтынушы қайтарған кезде аяқ киім тауарлары айналымына қатысушы Фискалдық деректер операторына әрбір қалпына келтірілетін бірлік бойынша ақпаратты оларды кейіннен ТТҚ АЖ-ға жіберу үшін жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:p>
-[...177 lines deleted...]
-    <w:bookmarkStart w:name="z192" w:id="170"/>
+    <w:bookmarkStart w:name="z192" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. Бұрын қашықтықтан сату тәсілі арқылы айналымнан шығарылған аяқ киім тауарларын аяқ киім тауарлары айналымына қатысушының сақтау қоймасына қайтарған жағдайда, аяқ киім тауарлары айналымына қатысушы Операторға осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша тауарларды айналымға қайта енгізу туралы ақпарат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7356,51 +7466,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="171"/>
+    <w:bookmarkStart w:name="z193" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       58. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7415,51 +7525,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілгеннен өзге де себептер бойынша айналымнан бұрын шығарылған аяқ киім тауарларын айналымға қайта енгізу үшін айналымға қатысушы Операторға осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша тауарларды айналымға қайта енгізу туралы ақпарат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7478,1092 +7588,1592 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z194" w:id="172"/>
+    <w:bookmarkStart w:name="z194" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Аяқ киім тауарларын айналымға қайта енгізу туралы ақпарат Операторға аяқ киім тауарларын айналымға қайта енгізу үшін негіздер туындаған күннен бастап 3 (үш) жұмыс күнінен аспайтын мерзімде жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z195" w:id="173"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z195" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Бүлінбеген сәйкестендіру құралы бар аяқ киім тауарларын айналымға қайтарған кезде аяқ киім тауарлары қайта таңбаланбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z196" w:id="174"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z196" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61. Аяқ киім тауарлары бүлінген сәйкестендіру құралымен не аяқ киім тауарларын сәйкестендіру құралынсыз (аяқ киім тауарларын сәйкестендіру мүмкіндігі болмаған жағдайда) айналымға қайтарылған кезде аяқ киім тауарлары айналымына қатысушы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тарауына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес аяқ киім тауарларын қайта таңбалауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z197" w:id="175"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z197" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12-тарау. Аяқ киім тауарларының айналымына қатысушылардың Операторға ақпарат ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z198" w:id="176"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z198" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. Аяқ киім тауарлары айналымына қатысушылардың ақпаратты ТТҚ-дан операторға ұсынуы ақпараттық-коммуникациялық технологиялар және Оператор әзірлеген электрондық өзара іс-қимыл интерфейстері арқылы не ТТҚ АЖ-ның жеке кабинеті арқылы жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z199" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. ТТҚ АЖ-да айналымға қатысушылар жіберетін мәліметтерге, мынадай мәліметтерді беру жағдайларын қоспағанда, айналымға қатысушының ЭЦҚ қойылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z200" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аяқ киім тауарларының айналымына қатысушылар фискалдық мәліметтер құрамында электрондық нысанда беретін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z201" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аяқ киім тауарларының айналымына қатысушылар ТБС-ны пайдалана отырып, электрондық нысанда беретін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z202" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Таңбаланған аяқ киім тауарларын айналымға енгізуді, айналымды және айналымнан шығаруды жүзеге асыру кезінде ТТҚ АЖ-ға мәліметтерді ұсынуды аяқ киім тауарлары айналымына қатысушы рет-ретімен жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аяқ киім тауарлары айналымына қатысушының көлік орамасы туралы мәліметтерді беруі осы Көлік орамындағы аяқ киім тауарларының әрбір бірлігі (тұтыну орамасы) туралы мәліметтерді ТТҚ АЖ деректері бойынша берумен тең мәнді болып саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z203" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Оператордың интернет-ресурсында жарияланған және Оператор алған электрондық өзара іс-қимыл интерфейсіне қойылатын талаптарға сәйкес ТТҚ АЖ аяқ киім тауарлары айналымына қатысушылар жіберетін барлық құжаттар мен мәліметтер ТТҚ АЖ-да көрсетілуге тиіс.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z199" w:id="177"/>
-[...117 lines deleted...]
-    <w:bookmarkStart w:name="z204" w:id="182"/>
+    <w:bookmarkStart w:name="z204" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       66. Мынадай негіздердің бірі болған кезде оператор аяқ киім тауарлары айналымына қатысушылар ТТҚ АЖ ұсынатын мәліметтерді қабылдаудан бас тартады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z205" w:id="183"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z205" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ұсынылған ақпарат осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген қате мәліметтерді қамтиды</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z206" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мәліметтерге ЭЦҚ қойылмаған немесе аяқ киім тауарлары айналымына қатысушының атынан оларға қол қоюға өкілеттігі жоқ тұлға қол қойған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z207" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Аяқ киім тауарлары айналымына қатысушы ұсынылған мәліметтерді алғаны және оларды ТТҚ АЖ-ға енгізгені туралы не тиісті хабарлама жіберу арқылы мәліметтерді қабылдаудан бас тарту туралы хабардар етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z208" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. ТТҚ АЖ жеке кабинетінде тіркелген күн ТТҚ АЖ мәліметтерді ұсыну күні болып танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аяқ киім тауарлары айналымына қатысушының ТТҚ АЖ-ға мәліметтер ұсыну жөніндегі іс-әрекеттерді орындау фактісі ТТҚ АЖ-ға мәліметтердің қабылданғаны туралы хабарламамен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген хабарламалар ТТҚ АЖ автоматты түрде қалыптастырылады және ТТҚ АЖ-ға берілген мәліметтерді тіркеген кезде электрондық түрде аяқ киім тауарлары айналымына қатысушыға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z209" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Таңбаланған аяқ киім тауарларының айналымын бақылауды қамтамасыз ету мақсатында Оператор ТТҚ АЖ-да мынадай мәліметтердің болуын қамтамасыз етеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z210" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аяқ киім тауарлары айналымына қатысушылар туралы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z206" w:id="184"/>
-[...15 lines deleted...]
-      2) мәліметтерге ЭЦҚ қойылмаған немесе аяқ киім тауарлары айналымына қатысушының атынан оларға қол қоюға өкілеттігі жоқ тұлға қол қойған.</w:t>
+    <w:bookmarkStart w:name="z211" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сәйкестендіру құралдарымен міндетті таңбалауға жататын аяқ киім тауарлары туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z207" w:id="185"/>
-[...15 lines deleted...]
-      67. Аяқ киім тауарлары айналымына қатысушы ұсынылған мәліметтерді алғаны және оларды ТТҚ АЖ-ға енгізгені туралы не тиісті хабарлама жіберу арқылы мәліметтерді қабылдаудан бас тарту туралы хабардар етіледі.</w:t>
+    <w:bookmarkStart w:name="z212" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аяқ киім тауарлары айналымына қатысушыларға берілген сәйкестендіру кодтары туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z208" w:id="186"/>
-[...15 lines deleted...]
-      68. ТТҚ АЖ жеке кабинетінде тіркелген күн ТТҚ АЖ мәліметтерді ұсыну күні болып танылады.</w:t>
+    <w:bookmarkStart w:name="z213" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) таңбаланған аяқ киім тауарларының айналымы және оларды айналымнан шығару туралы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:p>
-[...51 lines deleted...]
-      69. Таңбаланған аяқ киім тауарларының айналымын бақылауды қамтамасыз ету мақсатында Оператор ТТҚ АЖ-да мынадай мәліметтердің болуын қамтамасыз етеді:</w:t>
+    <w:bookmarkStart w:name="z214" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Оператор ТТҚ АЖ шеңберінде ТТҚ АЖ-дан мынадай тізілімдерді жүргізуді ұйымдастырады және қамтамасыз етеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z210" w:id="188"/>
-[...15 lines deleted...]
-      1) аяқ киім тауарлары айналымына қатысушылар туралы;</w:t>
+    <w:bookmarkStart w:name="z215" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ТТҚ АЖ-дан құжаттар тізілімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z211" w:id="189"/>
-[...15 lines deleted...]
-      2) сәйкестендіру құралдарымен міндетті таңбалауға жататын аяқ киім тауарлары туралы;</w:t>
+    <w:bookmarkStart w:name="z216" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ТТҚ АЖ-дан тауарлар айналымына қатысушылардың тізілімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z212" w:id="190"/>
-[...15 lines deleted...]
-      3) аяқ киім тауарлары айналымына қатысушыларға берілген сәйкестендіру кодтары туралы;</w:t>
+    <w:bookmarkStart w:name="z217" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ТТҚ АЖ-дан тауарлар айналымына қатысушылардың уәкілетті тұлғаларының тізілімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z213" w:id="191"/>
-[...15 lines deleted...]
-      4) таңбаланған аяқ киім тауарларының айналымы және оларды айналымнан шығару туралы.</w:t>
+    <w:bookmarkStart w:name="z218" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ТТҚ АЖ-дан тауарлар тізілімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z214" w:id="192"/>
-[...15 lines deleted...]
-      70. Оператор ТТҚ АЖ шеңберінде ТТҚ АЖ-дан мынадай тізілімдерді жүргізуді ұйымдастырады және қамтамасыз етеді:</w:t>
+    <w:bookmarkStart w:name="z219" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ТТҚ АЖ-дан сәйкестендіру құралдарының тізілімі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z215" w:id="193"/>
-[...15 lines deleted...]
-      1) ТТҚ АЖ-дан құжаттар тізілімі;</w:t>
+    <w:bookmarkStart w:name="z220" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Бұрын ұсынылған мәліметтер өзгерген жағдайда, аяқ киім тауарларының айналымына қатысушы өзгеріс енгізілген күннен бастап 3 (үш) жұмыс күні ішінде ТТҚ АЖ арқылы Операторға осы мәліметтердің өзгергені туралы ақпарат жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z216" w:id="194"/>
-[...15 lines deleted...]
-      2) ТТҚ АЖ-дан тауарлар айналымына қатысушылардың тізілімі;</w:t>
+    <w:bookmarkStart w:name="z221" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13-тарау. ТТҚ АЖ-да орналастырылған ақпаратқа қол жеткізу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z217" w:id="195"/>
-[...15 lines deleted...]
-      3) ТТҚ АЖ-дан тауарлар айналымына қатысушылардың уәкілетті тұлғаларының тізілімі;</w:t>
+    <w:bookmarkStart w:name="z222" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Оператор мынадай мүмкіндіктерді қамтамасыз ететін тегін мобильді қосымшаны әзірлейді және еркін пайдалану үшін Интернет желісінде орналастырады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z218" w:id="196"/>
-[...15 lines deleted...]
-      4) ТТҚ АЖ-дан тауарлар тізілімі;</w:t>
+    <w:bookmarkStart w:name="z223" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сәйкестендіру құралын оқу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z219" w:id="197"/>
-[...15 lines deleted...]
-      5) ТТҚ АЖ-дан сәйкестендіру құралдарының тізілімі.</w:t>
+    <w:bookmarkStart w:name="z224" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сәйкестендіру құралындағы ақпаратты ТТҚ АЖ-дан беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z220" w:id="198"/>
-[...15 lines deleted...]
-      71. Бұрын ұсынылған мәліметтер өзгерген жағдайда, аяқ киім тауарларының айналымына қатысушы өзгеріс енгізілген күннен бастап 3 (үш) жұмыс күні ішінде ТТҚ АЖ арқылы Операторға осы мәліметтердің өзгергені туралы ақпарат жібереді.</w:t>
+    <w:bookmarkStart w:name="z225" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тексерілетін аяқ киім тауарлары туралы мәліметтерді ТТҚ АЖ-дан алу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z221" w:id="199"/>
+    <w:bookmarkStart w:name="z226" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. ТТҚ АЖ-да қамтылған тауарларды таңбалау және қадағалау процесінде қалыптастырылған ақпарат қолжетімділігі шектеулі ақпарат болып табылады және тек келесі тұлғаларға беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z301" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тауар айналымына қатысушыға тауар айналымына осы қатысушы жасаған тауармен жасалатын мәмілелер туралы ақпарат бөлігінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z302" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өзі иесі болып табылатын таңбаланған тауарлар туралы статистикалық және талдамалық ақпарат бөлігінде тауарлар айналымына қатысушыға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z303" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік органдарға Қазақстан Республикасының заңнамасына сәйкес осы мемлекеттік органдарға жүктелген міндеттерді орындау және функцияларды жүзеге асыру үшін қажетті тауарлар айналымына қатысушылар туралы, тауарлар және олардың айналымы туралы ақпарат бөлігінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z304" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тұтынушыларға ТТҚ АЖ-да қамтылған тауарлардың сипаттамалары, тауарларды өндіруші немесе сатушы туралы ақпарат бөлігінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 73-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z286" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 13-тарау. ТТҚ АЖ-да орналастырылған ақпаратқа қол жеткізу</w:t>
-[...95 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> 14-тарау. Таңбалауға жататын аяқ киім тауарларының айналымын жүзеге асыратын заңды тұлғалар мен дара кәсіпкерлерге оларды ішкі тұтыну немесе кері импорт үшін шығару рәсімімен орналастырғаннан кейін таңбалауға рұқсат етілетін қойма үй-жайларының тізбесін жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      73. ТТҚ АЖ-да қамтылған ақпаратқа қол жеткізу "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасы Заңының </w:t>
-[...66 lines deleted...]
-      </w:pPr>
+      Ескерту. 14-тараудың тақырыбы жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.12.2025 </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 14-тараумен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің м.а. 26.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z287" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Импорттаушылар (бұдан әрі – Өтініш беруші) еркін нысанда қағаз және (немесе) электрондық түрде ҚР ӨҚМ Өнеркәсіп комитеті (бұдан әрі – Уәкілетті орган) Тізбеге меншікті қойма үй-жайларын қосу үшін өтінішті мынадай құжаттарды қоса бере отырып жібереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z288" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қойма үй-жайының меншік, шаруашылық жүргізу, жедел басқару жалға алу құқығында немесе өзге де заңды негізде болуын растайтын құжаттар (жылжымайтын мүлікке тіркелген құқықтар туралы анықтама немесе өзге заңды негізде қойма үй-жайын жалға алу немесе иелену және (немесе) пайдалану азаматтық-құқықтық шартының электрондық көшірмесі). Егер қойма үй-жайлары жалға немесе өтеусіз пайдалануға алынған жағдайда кемінде бір жыл мерзімге жалдау немесе өтеусіз пайдалану шартының міндетті түрде болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z289" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қойма ғимараттарының техникалық сипаттамалары туралы мәліметтер, қойма ғимараттарының аумағындағы орналасу схемасы, көлік құралдарының аумаққа кіруі мен шығуы, қойма ғимаратына адамдардың кіруі мен шығуы бойынша бақылау жүйелерінің орналасуы (мысалы, қойма аумағына кіру және шығу бойынша адамдардың есебін жүргізу журналы және (немесе) қойма ғимараттарына кіруге бақылау жасау жүйесі), бейнебақылау құралдары және олардың орналасу схемасы, көлік құралдарының қойма аумағына кіруін және адамдардың кіруін бақылауға жауапты тұлғалардың байланыс мәліметтері, сондай-ақ бейнебақылау құралдарына қол жеткізу және оқиғалар туралы бейнемазмұнды қарау үшін жауапты тұлғалар туралы мәліметтер. Адамдардың қойма үй-жайына кіруі мен шығуын бақылау Электрондық бақылау жүйесімен қамтамасыз етіледі. Электрондық бақылау жүйесі болмаған кезде көлік құралдарының кіруін есепке алу журналдарын және адамдардың қойма ғимараттарының аумағына кіруі мен шығуын есепке алу журналдарын жүргізу жүзеге асырылады. Қойма ғимаратына кіру мен шығуды бақылау жүйелерінің, сондай-ақ бейнебақылау құралдарының және олардың орналасу схемаларының барлығы тиісті фотосуреттер мен бейнемазмұндармен расталуы тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z290" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көрсетілген жабдыққа арналған құжаттардың электрондық көшірмелерін және жабдықтың фотосуреттерін қоса бере отырып, тауарларды сәйкестендіру құралдарымен таңбалауға арналған жабдық туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 404</w:t>
+        <w:t xml:space="preserve">      Ескерту. 74-тармаққа өзгеріс енгізілді - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...76 lines deleted...]
-      3) көрсетілген жабдыққа арналған құжаттардың электрондық көшірмелерін және жабдықтың фотосуреттерін қоса бере отырып, тауарларды сәйкестендіру құралдарымен таңбалауға арналған жабдық туралы мәліметтер.</w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z291" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Уәкілетті орган осы Қағидалардың 74-тармағында көрсетілген ұсынылған құжаттардың толықтығын 2 (екі) жұмыс күні ішінде тексереді және ұсынылған құжаттардың толық еместігі анықталған жағдайда дәлелді бас тартуды жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z291" w:id="210"/>
-[...15 lines deleted...]
-      75. Уәкілетті орган осы Қағидалардың 74-тармағында көрсетілген ұсынылған құжаттардың толықтығын 2 (екі) жұмыс күні ішінде тексереді және ұсынылған құжаттардың толық еместігі анықталған жағдайда дәлелді бас тартуды жібереді.</w:t>
+    <w:bookmarkStart w:name="z292" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Өтініш беруші құжаттардың толық топтамасын ұсынған жағдайда, Уәкілетті орган 10 (он) жұмыс күні ішінде қойма үй-жайларына қойылатын талаптарға сәйкестігін қарайды және Тізбеге енгізу жөнінде қабылданған оң шешім туралы Өтініш берушіні хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z292" w:id="211"/>
-[...15 lines deleted...]
-      76. Өтініш беруші құжаттардың толық топтамасын ұсынған жағдайда, Уәкілетті орган 10 (он) жұмыс күні ішінде қойма үй-жайларына қойылатын талаптарға сәйкестігін қарайды және Тізбеге енгізу жөнінде қабылданған оң шешім туралы Өтініш берушіні хабардар етеді.</w:t>
+    <w:bookmarkStart w:name="z293" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Ұсынылған құжаттар қойма үй-жайларына қойылатын талаптарға сәйкес келмеген жағдайда уәкілетті орган 3 (үш) жұмыс күні ішінде Тізбеге енгізуден бас тарту туралы алдын ала шешім, сондай-ақ өтініш берушіге алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы Өтініш берушіні хабардар етеді</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z293" w:id="212"/>
-[...15 lines deleted...]
-      77. Ұсынылған құжаттар қойма үй-жайларына қойылатын талаптарға сәйкес келмеген жағдайда уәкілетті орган 3 (үш) жұмыс күні ішінде Тізбеге енгізуден бас тарту туралы алдын ала шешім, сондай-ақ өтініш берушіге алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы Өтініш берушіні хабардар етеді</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау туралы хабарлама Өтініш берушінің өтініште көрсетілген электрондық мекенжайына құжатты орындау мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі. Тыңдау хабарлама жасалған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау нәтижелері бойынша Уәкілетті орган Өтініш берушіні оң шешім туралы хабардар етеді не дәлелді бас тартуды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z305" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77-1. Қоймалар тізбесінен шығару мынадай жағдайларда жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тыңдау туралы хабарлама Өтініш берушінің өтініште көрсетілген электрондық мекенжайына құжатты орындау мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі. Тыңдау хабарлама жасалған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
-[...36 lines deleted...]
-      78. Тізбеге өзгерістер және (немесе) толықтырулар енгізуді Уәкілетті орган өтінімдердің келіп түсуіне қарай, бірақ тоқсанына бір реттен артық емес жүзеге асырады.</w:t>
+      1) импорттаушының ерікті өтініші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) негізінде қойма бөлмесі Тізбеге енгізілген құжаттардың біреуінің қолданылуын тоқтата тұру немесе тоқтату; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сот актісінің болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 77-1-тармақпен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z306" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      77-2. Осы Қағидалардың 77-1-тармағының 2) және (немесе) 3) тармақшаларында көзделген жағдайлар туындаған кезде, Импорттаушы 5 (бес) жұмыс күні ішінде Уәкілетті органды аталған жағдай туралы хабардар етеді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган 2 (екі) жұмыс күні ішінде қойма үй-жайын Тізбеден алып тастайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 77-2-тармақпен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z294" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Бекітілген Тізбеге өзгерістер және (немесе) толықтырулар енгізу Уәкілетті органға өтінімдер түскен кезде, бірақ тоқсанына бір реттен жиі емес, осы Қағидалардың 77-1-тармағында көзделген жағдайларды қоспағанда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 78-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8642,68 +9252,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z296" w:id="214"/>
+    <w:bookmarkStart w:name="z296" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таңбалауға жататын аяқ киім тауарлардың айналымын жүзеге асыратын заңды тұлғалар мен дара кәсіпкерлерге ішкі тұтыну үшін шығару немесе кері импорт рәсімімен орналастырылғаннан кейін оларды таңбалауға рұқсат етілетін қойма үй-жайларына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 1-қосымшамен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің м.а. 26.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8716,130 +9326,130 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таңбалауға жататын аяқ киім тауарлардың айналымын жүзеге асыратын заңды тұлғалар мен дара кәсіпкерлерге ішкі тұтыну үшін шығару немесе кері импорт рәсімімен орналастырылғаннан кейін оларды таңбалауға рұқсат етілетін қойма үй-жайларына қойылатын талаптар мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z297" w:id="215"/>
+    <w:bookmarkStart w:name="z297" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қойма үй жайларының меншік иелерін немесе иелерін импорттаушы ретінде тауарларды таңбалау мен қадағалаудың ақпараттық жүйесінде тіркеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z298" w:id="216"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z298" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ғимаратта, құрылыста не олардың жеке бөлігінде орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z299" w:id="217"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z299" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) көлік құралдарының аумаққа кіруін және аумақтан шығуын, адамдардың аумаққа және (немесе) үй-жайларға кіруін және аумақтан және (немесе) үй-жайлардан шығуын (кедендік бақылауға жататын құжаттар, тауарлар мен көлік құралдары орналасқан), тәулік бойы жұмыс істейтін, қарауды жүзеге асыруға мүмкіндік беретін бейнебақылау құралдарымен жабдықталған бақылау жүйелерінің болуы қойма үй-жайының аумағында күнтізбелік отыз күн ішінде болған оқиғалар туралы бейне ақпарат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z300" w:id="218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z300" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тауарларды сәйкестендіру құралдарымен, материалдық жеткізгіштермен таңбалау үшін тиісті жабдықтармен және бағдарламалық қамтамасыз етумен жарақтандыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9039,68 +9649,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z228" w:id="219"/>
+    <w:bookmarkStart w:name="z228" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таңбалау кодтарын алуға сұрау салу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 13.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10058,68 +10668,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z234" w:id="220"/>
+    <w:bookmarkStart w:name="z234" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таңбалау кодтарының эмиссиясы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 13.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10741,68 +11351,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z238" w:id="221"/>
+    <w:bookmarkStart w:name="z238" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қаптамаларды агрегаттау туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 13.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12064,68 +12674,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z241" w:id="222"/>
+    <w:bookmarkStart w:name="z241" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасына Еуразиялық экономикалық одаққа мүше мемлекеттердің аумағынан тауарлар әкелу туралы _____ жылғы ________ № _________ мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 13.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13047,68 +13657,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z252" w:id="223"/>
+    <w:bookmarkStart w:name="z252" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасына Еуразиялық экономикалық одаққа мүше болып табылмайтын мемлекеттердің аумағынан тауарлар әкелу туралы _____ жылғы ________ № _________ мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkEnd w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 13.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13690,131 +14300,2243 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аяқ киім тауарларын</w:t>
+              <w:t>Аяқ киім тауарларын таңбалау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>таңбалау және</w:t>
-[...12 lines deleted...]
-              <w:t>қадағалау қағидаларына</w:t>
+              <w:t>және қадағалау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z261" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________ №____ Қабылдау (беру) актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 6-қосымшада жоғарғы оң жақ бұрыш жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 26.11.2024 </w:t>
+      Ескерту. 7-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 404</w:t>
+        <w:t>№ 524</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жалпы ақпарат:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.1. Ұйым (жеке кәсіпкер) – жөнелтуші</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.2. Жіберушінің ЖСН немесе БСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.3. Ұйым (жеке кәсіпкер) – алушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.4. Алушының ЖСН немесе БСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Бастапқы құжаттың күні мен нөмірі-қабылдау (беру) актісі * ____ жылғы № ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тауарлар туралы ақпарат:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЕАЭО СЭҚ ТН коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өнім коды (GTIN)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тауардың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қаптама түрі**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тауарды/қаптаманы сәйкестендіру коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тұтыну қаптамаларының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тауар бірлігінің бағасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚҚС-сыз тауардың құны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚҚС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚҚС-пен бірге тауардың жалпы құны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ставка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжатқа электрондық цифрлық қолтаңба қойылды ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * – бұрын қағаз тасығышта жазып берілген қабылдау/беру актісі бойынша мәліметтер енгізілген жағдайда көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЕАЭО СЭҚ ТН - ЕАЭО сыртқы экономикалық қызметінің тауар номенклатурасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      GTIN – Global Trade Item Number;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚҚС-қосылған құн салығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      **– мәндерді қабылдай алады: тұтынушы, көлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЭЦҚ - электрондық цифрлық қолтаңба.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13850,182 +16572,342 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>Аяқ киім тауарларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таңбалау және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қадағалау қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z261" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 7-қосымшада жоғарғы оң жақ бұрыш жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 26.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z269" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> _____ жылғы ________ № _______ қабылдау/беру актісі</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="224"/>
+        <w:t xml:space="preserve"> Айналымнан шығару туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 6-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 13.02.2024 </w:t>
+      Ескерту. 7-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 13.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Жөнелтушінің ЖСН-і / БСН-і _________________</w:t>
-[...53 lines deleted...]
-      4. Тауарлар туралы ақпарат:</w:t>
+      1. Жеке кәсіпкердің ЖСН-і / Ұйымның БСН-і ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Шығару себебі: _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Құжат-негіздеме____________ жылғы ____________ №__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Шығарылған өнім туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -14242,51 +17124,441 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Жиыны туралы ақпарат:</w:t>
+      Құжатқа электрондық цифрлық қолтаңба қойылған ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аяқ киім тауарларын таңбалау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және қадағалау қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аяқ киім тауарларын әкету туралы хабарлама _______ № _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 9-қосымшамен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 13.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жалпы ақпарат:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.1. Ұйым (жеке кәсіпкер) - жөнелтуші</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.2. Жөнелтушінің ЖСН-і / БСН-і</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.3. Қабылдаушының ЖСН-і / БСН-і (немесе оның аналогы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.4. Қабылдаушының атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қабылдаушының елі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Бастапқы құжаттың күні мен нөмірі –_______ №___</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нақты жөнелту күні</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Тауарлар туралы ақпарат:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -14300,87 +17572,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауар коды</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауар коды бойынша тұтыну қаптамаларының саны</w:t>
+Тауарды сәйкестендіру коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14503,87 +17775,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжатқа электрондық цифрлық қолтаңба қойылған ____________________</w:t>
-[...35 lines deleted...]
-      * - бұрын қағаз тасымалдаушыда жазып берілген қабылдау/беру актісі бойынша мәліметтерді енгізу кезінде көрсетіледі;</w:t>
+      Құжатқа электрондық цифрлық қолтаңба қойылған ______________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14658,72 +17894,72 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қадағалау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>8-қосымша</w:t>
+              <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 7-қосымшада жоғарғы оң жақ бұрыш жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 26.11.2024 </w:t>
+      Ескерту. 8-қосымшада жоғарғы оң жақ бұрыш жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 26.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 404</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -14785,84 +18021,84 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z269" w:id="225"/>
+    <w:bookmarkStart w:name="z275" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Айналымнан шығару туралы ақпарат</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="225"/>
+        <w:t xml:space="preserve"> Айналымға енгізу туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 7-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 13.02.2024 </w:t>
+      Ескерту. 8-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 13.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -14874,87 +18110,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жеке кәсіпкердің ЖСН-і / Ұйымның БСН-і ______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Шығару себебі: _______________________________________________</w:t>
-[...35 lines deleted...]
-      4. Шығарылған өнім туралы мәліметтер:</w:t>
+      2. Негізгі құжат________________ жылғы _________ №________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тауарды айналымға қайта енгізу себебі___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Айналымда қалпына келтірілетін тауарлар туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -15171,1333 +18407,50 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжатқа электрондық цифрлық қолтаңба қойылған ___________________</w:t>
-[...1281 lines deleted...]
-        <w:t>
       Құжатқа электрондық цифрлық қолтаңба қойылған ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
@@ -16506,55 +18459,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>