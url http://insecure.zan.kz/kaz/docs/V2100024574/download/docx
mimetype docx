--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="309ca61" w14:textId="309ca61">
+    <w:p w14:paraId="792f23c" w14:textId="792f23c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1248,729 +1248,697 @@
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасымен бекітілген Қазақстан Республикасы Төтенше жағдайлар министрлігі туралы ереженің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>98) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді (бұдан әрі – емлекеттік көрсетілетін қызметтер туралы Заң) Қауіпті өндірістік объектілер мен қауіпті техникалық құрылғыларды есепке қою және есептен шығару тәртібін және "Қауіпті техникалық құрылғыларды есепке қою және есептен шығару" мемлекеттік қызмет көрсету тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қауіпті өндірістік объектілерді есепке қою және есептен шығару өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесі (бұдан әрі – аумақтық департамент) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қауіпті өндірістік объектілерді есепке қоюды және есептен шығаруды Қазақстан Республикасы Төтенше жағдайлар министрлігі Өнеркәсіптік қауіпсіздік комитетінің аумақтық департаменттері (бұдан әрі – аумақтық департаменттер) жүзеге асырады.</w:t>
+      3. Өнеркәсіптік объектілердегі қауіпті техникалық құрылғыларды есепке қоюды және есептен шығаруды аумақтық департаменттер жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Өнеркәсіптік объектілердегі қауіпті техникалық құрылғыларды есепке қоюды және есептен шығаруды аумақтық департаменттер жүзеге асырады.</w:t>
+      Әлеуметтік инфрақұрылым объектілерінде қауіпті техникалық құрылғыларды есепке қоюды және есептен шығаруды аудандардың, республикалық және облыстық маңызы бар қалалардың, астананың жергілікті атқарушы органдары жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Әлеуметтік инфрақұрылым объектілерінде қауіпті техникалық құрылғыларды есепке қоюды және есептен шығаруды аудандардың, республикалық және облыстық маңызы бар қалалардың, астананың жергілікті атқарушы органдары жүзеге асырады.</w:t>
+        <w:t xml:space="preserve">
+      4. Қауіпті өндірістік объектілерді есепке қоюға "Қауіпті өндірістік объектілерді сәйкестендіру қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2014 жылғы 30 желтоқсандағы № 353 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10310 болып тіркелген) айқындалған тәртіппен пайдалануға берілген және сәйкестендіруден өткен қауіпті өндірістік объектілер жатады (бұдан әрі – Сәйкестендіру ережелері).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Қауіпті өндірістік объектілерді есепке қоюға "Қауіпті өндірістік объектілерді сәйкестендіру қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2014 жылғы 30 желтоқсандағы № 353 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10310 болып тіркелген) айқындалған тәртіппен пайдалануға берілген және сәйкестендіруден өткен қауіпті өндірістік объектілер жатады (бұдан әрі – Сәйкестендіру ережелері).</w:t>
+      5. Қауіпті техникалық құрылғыларды есепке қоюға "Азаматтық қорғау туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 1-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32-1) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған қауіпті техникалық құрылғылар жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Қауіпті техникалық құрылғыларды есепке қоюға "Азаматтық қорғау туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 1-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> айқындалған қауіпті техникалық құрылғылар жатады.</w:t>
+      "Қысыммен жұмыс істейтін жабдықтарды пайдалану кезінде өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2014 жылғы 30 желтоқсандағы № 358 бұйрығының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>244</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>883-тармақтарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған қауіпті техникалық құрылғыларды есепке қоюға жатпайды, (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10303 болып тіркелген) және "Жүк көтергіш механизмдерді пайдалану кезінде өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2014 жылғы 30 желтоқсандағы № 359 бұйрығының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>53-тармақтарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде 10332 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> (нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде 10332 болып тіркелген).</w:t>
+        <w:t>
+      6. Аудандардың, облыстық және республикалық маңызы бар қалалардың, астананың аумақтық департаменттері мен жергілікті атқарушы органдары қауіпті өндірістік объектілерді және (немесе) қауіпті техникалық құрылғыларды пайдаланатын тұлғалардың бұрын есепте тұрған жойылған немесе пайдаланудан шығарылған қауіпті өндірістік объектілерді және (немесе) қауіпті техникалық құрылғыларды есептен шығару туралы өтініш беру мүмкіндігі болмаған жағдайда дербес алып тастайды ескере отырып.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 тарау. Қауіпті өндірістік объектілерді есепке қою және есептен шығару тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6. Аудандардың, облыстық және республикалық маңызы бар қалалардың, астананың аумақтық департаменттері мен жергілікті атқарушы органдары қауіпті өндірістік объектілерді және (немесе) қауіпті техникалық құрылғыларды пайдаланатын тұлғалардың бұрын есепте тұрған жойылған немесе пайдаланудан шығарылған қауіпті өндірістік объектілерді және (немесе) қауіпті техникалық құрылғыларды есептен шығару туралы өтініш беру мүмкіндігі болмаған жағдайда дербес алып тастайды ескере отырып.</w:t>
+        <w:t xml:space="preserve">
+      7. Қауіпті өндірістік объектілерді есепке қою үшін қауіпті өндірістік объектілерді салуға, кеңейтуге реконструкциялауға, жаңғыртуға, консервациялауға келісілген жобалық құжаттаманың күні мен нөмірі туралы сәйкестендіру жөніндегі ақпаратты қоса бере отырып, қауіпті өндірістік объект орналасқан жер учаскесінің кадастрлық нөмірі бойынша сәйкестендіру қағидаларына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қауіпті өндірістік объектілерді пайдаланатын ұйымның басшысы аумақтық департаментке өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша қауіпті өндірістік объектілерді пайдаланатын ұйымның басшысы аумақтық департаментке өтініш береді.</w:t>
+        <w:t>
+      Қауіпті өндірістік объектілерді пайдаланатын ұйымның басшысы қауіпті өндірістік объектілерді есепке қою үшін ұсынылған ақпараттың дұрыстығына жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қауіпті өндірістік объектілерді пайдаланатын ұйымның басшысы қауіпті өндірістік объектілерді есепке қою үшін ұсынылған ақпараттың дұрыстығына жауапты болады.</w:t>
+        <w:t xml:space="preserve">
+      8. Аумақтық департамент өтініш келіп түскен күннен бастап 15 (он бес) жұмыс күнінен аспайтын мерзімде ұсынылған ақпаратты қарайды, оның толықтығын, сәйкестендірудің дұрыстығын, Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>70-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген қауіпті өндірістік объект белгілерінің бар-жоғын тексереді және өтініш берушіге қауіпті өндірістік объектілерді есепке қою туралы хабарламаны немесе бар ескертулер мен кемшіліктерді жою қажеттігі туралы хабарламаны жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Аумақтық департамент өтініш келіп түскен күннен бастап 15 (он бес) жұмыс күнінен аспайтын мерзімде ұсынылған ақпаратты қарайды, оның толықтығын, сәйкестендірудің дұрыстығын, Заңның </w:t>
+      9. Ұсынылған ақпаратты қарау нәтижелері бойынша Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>70-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> белгіленген қауіпті өндірістік объект белгілерінің бар-жоғын тексереді және өтініш берушіге қауіпті өндірістік объектілерді есепке қою туралы хабарламаны немесе бар ескертулер мен кемшіліктерді жою қажеттігі туралы хабарламаны жібереді.</w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> белгіленген қауіпті өндірістік объектінің толықтығы, сәйкестендірудің дұрыстығы және белгілері болған жағдайда аумақтық департамент қауіпті өндірістік объект туралы мәліметтерді осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қауіпті өндірістік объектілерді есепке алу журналына енгізеді және өтініш берушіге қауіпті өндірістік объектілерді есепке қою туралы хабарлама жібереді.</w:t>
-      </w:r>
-[...74 lines deleted...]
-      10. Қауіпті өндірістік объектілерді есептен шығару үшін қауіпті өндірістік объектілерді пайдаланатын ұйымның басшысы есептен шығару себебін көрсете отырып, аумақтық департаментке өтініш береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қауіпті өндірістік объектілерді пайдаланатын ұйымның басшысы қауіпті өндірістік объектілерді есептен шығару үшін ұсынылған ақпараттың дұрыстығына жауапты болады.</w:t>
+        <w:t xml:space="preserve">
+      Ұсынылған ақпарат толық болмаған, дұрыс сәйкестендірілмеген, Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>70-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген қауіпті өндірістік объект белгілерінің болмаған жағдайда өтініш берушіге бар ескертулер мен кемшіліктерді жою қажеттігі туралы хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Аумақтық департамент өтініш келіп түскен күннен бастап 6 (алты) жұмыс күнінен аспайтын мерзімде ұсынылған ақпаратты қарайды, қауіпті өндірістік объектіні алып тастау туралы мәліметтерді қауіпті өндірістік объектілерді есепке алу журналына енгізеді және өтініш берушіге қауіпті өндірістік объектілерді есептен шығару туралы хабарлама жібереді.</w:t>
+      Бар ескертулер мен кемшіліктер жойылғаннан кейін қауіпті өндірістік объектілерді пайдаланатын ұйымның басшысы осы Қағидаларда белгіленген тәртіппен аумақтық департаментке өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Қауіпті өндірістік объектілерді есептен шығару үшін қауіпті өндірістік объектілерді пайдаланатын ұйымның басшысы есептен шығару себебін көрсете отырып, аумақтық департаментке өтініш береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қауіпті өндірістік объектілерді пайдаланатын ұйымның басшысы қауіпті өндірістік объектілерді есептен шығару үшін ұсынылған ақпараттың дұрыстығына жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аумақтық департамент өтініш келіп түскен күннен бастап 6 (алты) жұмыс күнінен аспайтын мерзімде ұсынылған ақпаратты қарайды, қауіпті өндірістік объектіні алып тастау туралы мәліметтерді қауіпті өндірістік объектілерді есепке алу журналына енгізеді және өтініш берушіге қауіпті өндірістік объектілерді есептен шығару туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Қауіпті техникалық құрылғыларды есепке қою және есептен шығару тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қауіпті техникалық құрылғыларды есепке қою және есептен шығару "Қауіпті техникалық құрылғыларды есепке қою және есептен шығару" мемлекеттік қызмет көрсету тәртібімен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "Қауіпті техникалық құрылғыларды есепке қою және есептен шығару" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) осы Қағидаларға сәйкес аудандардың, республикалық және облыстық маңызы бар қалалардың, астананың аумақтық департаменттері мен жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Мемлекеттік қызметті алу үшін қауіпті техникалық құрылғыларды пайдаланатын заңды және жеке тұлғалар (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге "электрондық үкіметтің" веб-порталы арқылы жібереді www.egov.kz (бұдан әрі – портал) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1983,125 +1951,125 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> немесе </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысандар бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанындағы өтініш.</w:t>
-      </w:r>
-[...56 lines deleted...]
-      15. Портал өтінішті автоматты режимде қабылдауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Процестің сипаттамаларын, көрсетілетін қызметтің нысанын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсетудің ерекшеліктерін ескере отырып, өзге де мәліметтер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі нысанында баяндалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Портал өтінішті автоматты режимде қабылдауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы барлық қажетті құжаттарды портал арқылы берген кезде көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік көрсетілетін қызмет нәтижесін алу күнін көрсете отырып, мемлекеттік көрсетілетін қызмет үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының Еңбек </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2118,70 +2086,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес демалыс және мереке күндері жүгінген жағдайда, өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттар мен олардағы мәліметтердің дұрыстығына көрсетілетін қызметті алушы жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Көрсетілетін қызметті берушінің кеңсе қызметкері өтінішті тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің басшысына, не болмаса оны алмастыратын тұлғаға жібереді, ол жауапты орындаушыны тағайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2200,51 +2168,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Жауапты орындаушы ұсынылған құжаттар мен оларда көрсетілген мәліметтердің өнеркәсіптік қауіпсіздік саласындағы нормативтік құқықтық актілердің талаптарына сәйкестігін тексереді және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2279,151 +2247,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> немесе </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысандар бойынша Мемлекеттік қызмет көрсету нәтижесін рәсімдейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Есепке қойылған немесе есептен шығарылған қауіпті техникалық құрылғылар туралы мәліметтерді көрсетілетін қызметті беруші осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қауіпті техникалық құрылғыларды есепке алу журналына енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> баяндалған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Мемлекеттік қызметті көрсету нәтижесіне көрсетілетін қызметті беруші басшысының не оның орнындағы адамның электрондық цифрлық қолтаңбасы қойылады және портал арқылы көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты порталдың "жеке кабинеті" арқылы қашықтан қол жеткізу режимінде алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2477,511 +2445,497 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Осы Қағидаларда енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылым операторына және мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығына өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган жібереді.</w:t>
+      21. Өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган үш жұмыс күні ішінде "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторына, сондай-ақ Бірыңғай байланыс орталығына осы Қағидаларға енгізілген өзгерістер мен толықтырулар туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Мемлекеттік қызмет алдын ала жазылусыз және жеделдетілген қызмет көрсетусіз кезек тәртібімен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z40" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Әкімшілік органның (қызметті көрсетушінің) және (немесе) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне), оның ішінде мемлекеттік қызмет көрсету мәселелері бойынша шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z41" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Әкімшілік рәсімге қатысушы Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тарауында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен қауіпті өндірістік объектілерді есепке қою және есептен шығару мәселелері бойынша әкімшілік актіге, әкімшілік әрекетке (әрекетсіздікке), әкімшілік органға және (немесе) оның лауазымды адамдарына шағымдануға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Мемлекеттік қызметтер көрсету мәселесі бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
-      </w:r>
-[...150 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес қажет болған жағдайларда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
+      Шағым қызмет көрсетушіге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) қосымша ақпарат алу.</w:t>
+      Қызмет көрсетуші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам шағым түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Шағымды қарау мерзімі ұзартылған жағдайда шағымды қарау мерзімі ұзартылған сәттен бастап 3 (үш) жұмыс күні ішінде шағымды қарау өкілеттігі берілген лауазымды тұлға шағымды берген көрсетілетін қызметті тұтынушыға шағымды қарау мерзімі ұзартылғаны туралы жазбаша нысанда (шағымды қағаз жеткізгіште берген кезде) немесе электрондық нысанда (шағымды электрондық түрде берген кезде) ұзарту себептерін көрсете отырып шағымды қарау мерзімін ұзарту туралы хабарлайды. </w:t>
+        <w:t>
+      Бұл ретте қызмет көрсетуші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам, егер ол 3 (үш) жұмыс күні ішінде қолайлы шешім қабылдаса, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік іс-әрекет жасаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      27. Егер мемлекеттік көрсетілетін қызметтер туралы </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағымданғаннан кейін жол беріледі.</w:t>
+      25. Мемлекеттік көрсетілетін қызметтер туралы Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қызмет көрсетушінің атына келіп түскен көрсетілетін қызметті тұтынушының шағымы тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. Қызмет көрсетушінің, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі Мемлекеттік көрсетілетін қызметтер туралы Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қажет болған жағдайларда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қосымша ақпарат алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шағымды қарау мерзімі ұзартылған жағдайда шағымды қарау мерзімі ұзартылған сәттен бастап 3 (үш) жұмыс күні ішінде шағымды қарау өкілеттігі берілген лауазымды тұлға шағымды берген көрсетілетін қызметті тұтынушыға шағымды қарау мерзімі ұзартылғаны туралы жазбаша нысанда (шағымды қағаз жеткізгіште берген кезде) немесе электрондық нысанда (шағымды электрондық түрде берген кезде) ұзарту себептерін көрсете отырып шағымды қарау мерзімін ұзарту туралы хабарлайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. Егер мемлекеттік көрсетілетін қызметтер туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзгеше көзделмесе, сотқа шағымдануға ҚР ӘРПК 91-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағымданғаннан кейін жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3151,68 +3105,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қауіпті өндірістік объектілерді есепке алу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -6653,50 +6607,88 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қауіпті техникалық құрылғыларды есепке қою және есептен шығару" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымшаға өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6757,150 +6749,50 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Қауіпті техникалық құрылғыларды есептен шығару.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6959,69 +6851,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Төтенше жағдайлар министрлігі өнеркәсіптік қауіпсіздік комитетінің аумақтық департаменттері – өнеркәсіптік объектілердегі қауіпті техникалық құрылғыларды есепке қою және есептен шығару кезінде.</w:t>
-[...17 lines deleted...]
-Аудандардың, облыстық және республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары – әлеуметтік инфрақұрылым объектілеріндегі қауіпті техникалық құрылғыларды есепке қою және есептен шығару кезінде.</w:t>
+Аумақтық департамент – өнеркәсіптік объектілердегі қауіпті техникалық құрылғыларды есепке қою және есептен шығару кезінде. Аудандардың, облыстық және республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары – әлеуметтік инфрақұрылым объектілеріндегі қауіпті техникалық құрылғыларды есепке қою және есептен шығару кезінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13221,68 +13095,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қауіпті техникалық құрылғыларды есепке алу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>