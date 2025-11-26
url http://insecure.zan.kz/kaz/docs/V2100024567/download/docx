--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b647104" w14:textId="b647104">
+    <w:p w14:paraId="3ecb67d" w14:textId="3ecb67d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,260 +76,292 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Мүмкіндігі шектеулі адамдарға (мүгедектігі бар адамдарға) арналған көтергіштерді қауіпсіз пайдалану қағидаларын бекіту туралы</w:t>
+        <w:t>Мүгедектігі бар адамдарға арналған көтергіштерді қауіпсіз пайдалану қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Төтенше жағдайлар министрінің 2021 жылғы 29 қыркүйектегі № 477 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 30 қыркүйекте № 24567 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. Тақырып жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Осы бұйрықтың қолданысқа енгізілу тәртібін </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> қараңыз.</w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 23.08.2022 </w:t>
+        <w:t xml:space="preserve">      Осы бұйрықтың қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
+        <w:t>4-т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:t xml:space="preserve"> қараңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 23.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Үкіметінің 2020 жылғы 23 қазандағы № 701 қаулысымен бекітілген Қазақстан Республикасы Төтенше жағдайлар министрлігі туралы ереженің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>102) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -348,272 +380,272 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған мүмкіндігі шектеулі адамдарға (мүгедектігі бар адамдарға) арналған көтергіштерді қауіпсіз пайдалану </w:t>
+      1. Қоса беріліп отырған мүгедектігі бар адамдарға арналған көтергіштерді қауіпсіз пайдалану </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 23.08.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Төтенше жағдайлар министрлігінің Өнеркәсіптік қауіпсіздік комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Төтенше жағдайлар министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркегеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Төтенше жағдайлар министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы төтенше жағдайлар вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1053,1411 +1085,1514 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 477 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мүмкіндігі шектеулі адамдарға (мүгедектігі бар адамдарға) арналған көтергіштерді қауіпсіз пайдалану қағидалары</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+        <w:t xml:space="preserve"> Мүгедектігі бар адамдарға арналған көтергіштерді қауіпсіз пайдалану қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағиданың тақырыбы жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 23.08.2022 </w:t>
+      Ескерту. Қағиданың тақырыбы жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Мүмкіндігі шектеулі адамдарға (мүгедектігі бар адамдарға) арналған көтергіштерді қауіпсіз пайдалану қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Үкіметінің 2020 жылғы 23 қазандағы № 701 қаулысымен бекітілген Қазақстан Республикасы Төтенше жағдайлар министрлігі туралы ереженің 16-тармағының </w:t>
+      1. Осы Мүгедектігі бар адамдарға арналған көтергіштерді қауіпсіз пайдалану қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Үкіметінің 2020 жылғы 23 қазандағы № 701 қаулысымен бекітілген Қазақстан Республикасы Төтенше жағдайлар министрлігі туралы ереженің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>102) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және мүмкіндігі шектеулі адамдарға (мүгедектігі бар адамдарға) арналған көтергіштерді (бұдан әрі – көтергіш платформалар) қауіпсіз пайдалану тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 14.07.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 382</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда пайдаланатын негізгі ұғымдар Қазақстан Республикасының өнеркәсіптік қауіпсіздік саласындағы заңнамасына сәйкес қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Көтергіш платформаларды монтаждау, техникалық қызмет көрсету, техникалық диагностикалау, техникалық куәландыру және жөндеуді "Азаматтық қорғау туралы" Қазақстан Республикасының Заңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>72-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мүгедектігі бар адамдарға арналған көтергіштерді монтаждау, техникалық қызмет көрсету, техникалық диагностикалау, техникалық куәландыру және жөндеу жүргізу құқығына аттестатталған ұйымдар орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Көтергіш платформаларды орнату жобалау (конструкторлық) құжаттамасы бойынша осы Қағидалардың, металл конструкцияларды және көтергіш-көлік жабдықтарын монтаждау үшін ұлттық және (немесе) мемлекетаралық стандарттар және сәулет, қала құрылысы және құрылыс қызметі саласындағы мемлекеттік нормативтер талаптарын ескере отырып орындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Көтергіш платформалардың конструкциясына өзгерістер енгізу осы өзгерістер әзірлеуші ұйыммен немесе жобалау ұйымымен және көтергіш платформаның иесімен келісілгеннен кейін ғана жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Көтергіш платформасын монтаждау, жөндеу, жаңғырту, реконструкциялау және пайдалану процесінде туындайтын жобалау (конструкторлық) құжаттамасының талаптарынан ауытқу көтергіш платформа иесімен, сондай-ақ көтергіш платформаны дайындаушы ұйыммен немесе осы құжаттаманы әзірлеуші ұйыммен келісуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Көтергіш платформалар олардың барлық тораптары мен бөлшектеріне техникалық қызмет көрсету және жөндеу мүмкіндігін қамтамасыз етуді ескере отырып ұлттық және (немесе) мемлекетаралық стандарттарға сәйкес жобаланады және орнатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Әрбір көтергіш платформа пайдалану құжаттамасымен жабдықталады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша паспортпен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      конструкцияның техникалық сипаттамасымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      монтаждау, техникалық қызмет көрсету және пайдалану жөніндегі нұсқаулықпен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иесі мен қолданушыға арналған пайдалану бойынша нұсқаулықпен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Көтергіш платформаларды пайдалану</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Көтергіш платформаны монтаждауды немесе қайта жаңартуды орындаған ұйым көтергіш платформа мен оның орнатылуының осы Қағидалардың және жобалау (конструкторлық) құжаттаманың талаптарына сәйкестігіне мыналарды қамтитын қарап-тексеруді, тексеруді және сынауды жүргізеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) көтергіш платформаның осы Қағидалардың 8-тармағы бойынша құжаттама жиынтығына сәйкестігін тексере отырып, жалпы көзбен қарап тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көтергіш платформаның өлшемдерін және оны орнатуға байланысты өлшемдерді қоса алғанда, оның дұрыс орнатылуын тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тарту органдарын, бағыттағыштарды, платформаларды, жүріс пен жылдамдықты шектегіштерді, ұстағыштарды, қоршаулар мен есіктердің, электр жабдықтарының жай-күйін тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) шахтаның, платформаның, қону алаңының, есіктер мен қоршаулардың конструкцияларындағы регламенттелген арақашықтықтарды (саңылауларды) өлшеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) басқару жүйесінің, электр қауіпсіздік құрылғыларының және платформаның номиналды жылдамдығының жұмысын тексеруге арналған функционалдық сынақтар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Қарап-тексеру, тексеру және сынау барысында анықталған ақаулықтарды жою аяқталғаннан кейін техникалық әзірлік актісі жасалады, оның үлгісі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Көтергіш платформаны қолдану басталғанға дейін иесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Қағидалардың 34-тармағында белгіленген талаптардың орындалуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мыналардың бар болуын және жиынтықтылығын тексереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы Қағидалардың 8-тармағында көзделген құжаттама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жабдықтың жерге тұйықтау (нөлдеу) элементтерін қарау және тексеру хаттамалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      күштік электр жабдығының оқшаулау кедергісін, басқару және сигнал беру тізбектерін, күштік және жарық беретін электр сымдарын тексеру хаттамалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жасырын жұмыстарды куәландыру актісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техникалық әзірлік актісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көтергіш платформаны пайдалануға беру мүмкіндігі туралы мәселені шешу жөніндегі мына құрамдағы комиссияның жұмысын ұйымдастырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      комиссия төрағасы – меншік иесінің (иеленушінің) өкілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      комиссия мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пайдаланушы ұйымның өкілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесінің немесе көтергіш платформа әлеуметтік инфрақұрылым объектісінде орналасқан жағдайда өнеркәсіптік қауіпсіздік саласында мемлекеттік бақылау мен қадағалауды жүзеге асыратын жергілікті атқарушы органның өкілі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келісім бойынша комиссия құрамына мынадай өкілдер енгізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көтергіш платформаны жобалауды, салуды, монтаждауды жүргізген ұйымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жабдықты дайындаушы-ұйымдар және (немесе) жеткізуші-ұйымдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Көтергіш платформаларды орнату жобалау (конструкторлық) құжаттамасы бойынша осы Қағидалардың, металл конструкцияларды және көтергіш-көлік жабдықтарын монтаждау үшін ұлттық және (немесе) мемлекетаралық стандарттар және сәулет, қала құрылысы және құрылыс қызметі саласындағы мемлекеттік нормативтер талаптарын ескере отырып орындалады.</w:t>
-[...649 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="27"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Осы Қағидалардың 11-тармағының 3) тармақшасына сәйкес қалыптастырылған комиссия осы Қағидалардың 11-тармағының 2) тармақшасында көрсетілген құжаттаманың болуын қарап-тексеруді және осы Қағидалардың 21-тармағында көзделген көлемде тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Комиссия жұмысының нәтижелері бойынша көтергіш платформаны пайдалануға беру мүмкіндігі туралы акт жасалады, оның үлгісі осы Қағидаларға 3-қосымшада келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Көтергіш платформа паспортына көтергіш платформаның жарамды жай-күйі мен қауіпсіз пайдаланылуы үшін жауапты адам көтергіш платформаның пайдалануға берілген күнін көрсете отырып, оны пайдалануға беру туралы жазба енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15. Көтергіш платформа пайдалануға берілгеннен кейін пайдаланушы ұйым Заңның </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="31"/>
+      15. Көтергіш платформа пайдалануға берілгеннен кейін пайдаланушы ұйым Қазақстан Республикасы Үкіметінің 2020 жылғы 23 қазандағы № 701 қаулысымен бекітілген Қазақстан Республикасы Төтенше жағдайлар министрлігі туралы ереженің 16-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>98) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілген Қауіпті өндірістік объектілерді және қауіпті техникалық құрылғыларды есепке қою және есептен шығару қағидаларына сәйкес көтергіш платформаны есепке қоюды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Көтергіш платформаны пайдалану осы Қағидаларға және пайдалану құжаттамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z37" w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Көтергіш платформаның қауіпсіз пайдаланылуын өндірістік бақылау Қазақстан Республикасы Төтенше жағдайлар министрінің 2021 жылғы 24 маусымдағы № 315 бұйрығымен бекітілген Қауіпті өндірістік объектіде өндірістік бақылауды ұйымдастыру және жүзеге асыру жөніндегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нұсқаулыққа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23276 болып тіркелген) сәйкес ұйымдастырылады және жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z38" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Көтергіш платформаны пайдаланатын ұйым қызмет көрсетуді, техникалық куәландыруды және жөндеуді ұйымдастыру жолымен оның жұмысқа қабілетті жағдайда болуын және қауіпсіз жұмыс жағдайын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Техникалық куәландыруды Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>72-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көзделген мүмкіндігі шектеулі адамдарға (мүгедектігі бар адамдарға) арналған көтергіштерді техникалық куәландырудан өткізу құқығына өнеркәсіптік қауіпсіздік саласындағы аттестат болған кезде көтергіш платформаның иесі жүргізеді.</w:t>
+        <w:t xml:space="preserve"> көзделген мүгедектігі бар адамдарға арналған көтергіштерді техникалық куәландырудан өткізу құқығына өнеркәсіптік қауіпсіздік саласындағы аттестат болған кезде көтергіш платформаның иесі жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>72-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес мүмкіндігі шектеулі адамдарға (мүгедектігі бар адамдарға) арналған көтергіштерді техникалық куәландыруды жүргізу құқығына аттестатталған ұйымдардың шарт негізінде көтергіш платформаны техникалық куәландыруды жүргізуіне жол беріледі.</w:t>
+        <w:t xml:space="preserve"> сәйкес мүгедектігі бар адамдарға арналған көтергіштерді техникалық куәландыруды жүргізу құқығына аттестатталған ұйымдардың шарт негізінде көтергіш платформаны техникалық куәландыруды жүргізуіне жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көтергіш платформаны пайдалану немесе оны техникалық куәландыру процесінде қолданылатын бақылау және диагностикалау әдістері көтергіш платформаны пайдалану жөніндегі нұсқаулықта көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 23.08.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Көтергіш платформалар пайдалану процесінде кемінде 12 айда бір рет, сондай-ақ дайындаудан (монтаждаудан), реконструкциялаудан (жаңғыртудан) және күрделі жөндеуден кейін техникалық куәландырудан өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z40" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Техникалық куәландыру кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пайдалану құжаттамасын тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2468,90 +2603,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарап тексеру және өлшеу арқылы жабдықтың техникалық жай-күйін тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       статикалық және динамикалық сынақтар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="36"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Көтергіш платформаны қарап тексеру кезінде жабдықтың және оның бекітпелерінің, арқандардың, шынжырлардың, электр сымдарының, шахта мен жетек қоршауларының жай-күйі, сондай-ақ көтергіш платформа қондырғысының орнату сызбасына сәйкестігі тексеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Жүк түсірмейтін құрылғысы бар көтергіш платформаны тексеру кезінде мыналардың жұмысы бақыланады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шығырлар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2598,90 +2733,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дабыл және жарықтандыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гидравликалық жетегі бар көтергіш платформадағы гидравликалық жетек (жұмыс сұйықтығының ағуы және қысымы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="38"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Гидравликалық жетегі бар көтергіш платформасында гидрожүйенің герметикалығы және сақтандыру клапанының іске қосылуы статикалық сынаумен тексеріледі. Статикалық сынау кезінде жүк көтергіш құрылғыда салмағы көтергіш платформаның номиналды жүк көтергіштігінен 25 % асатын біркелкі бөлінген жүк орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z44" w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Көтергіш платформаны динамикалық сынау кезінде оның механизмдері тексеріледі, буферлер (тіректер), ұстағыштар, тежегіш және жылдамдықты шектегіш сыналады, сондай-ақ платформаны тоқтату дәлдігі тексеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Платформаны тоқтату дәлдігін тексеруді қоспағанда, сынақ платформада салмағы көтергіш платформасының жүк көтергіштігінен 10% асатын еденге біркелкі бөлінген жүк болған кезде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2692,268 +2827,268 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Платформаның тоқтау дәлдігін тексеру бос платформаның және салмағы көтергіш платформасының жүк көтергіштігіне тең жүк бар платформаның әр бағытында қозғалу кезінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шеткі отырғызу (тиеу) алаңдарында аялдаманың дәлдігін тексеру көтеру платформасының осы алаңшалар бағытында қозғалысы кезінде жүргізіледі. Тоқтату дәлдігі платформаны автоматты түрде тоқтатқаннан кейін тексеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="40"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Буферлерді (тіректерді) сынау көтергіш платформаның жұмыс жылдамдығы кезінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Буферді (тіректі) сынау нәтижелері оларда қалдық деформациялар немесе сынулар анықталған жағдайда қанағаттанарлықсыз болып саналады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="41"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Тежеуіш жүйесін сынау көтергіш платформаның номиналды жүк көтергіштігінен 25%-ға асатын массасы бар жүк орналастырылған көтергіш платформаның номиналды жылдамдығымен төмен жылжыған кезде электр қозғалтқышының және тежеуіштің қоректенуін ажыратумен орындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z47" w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Сыналатын ұстағыштар салмағы көтергіш платформасының жүк көтергіштігіне сәйкес келетін жүгі бар төмен қарай қозғалатын жүк көтергіш құрылғыны (қарсы салмақ) тоқтатады және бағыттауыштарда ұстайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z48" w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Жылдамдықты шектегіштен іске қосылатын ұстағыштар үзілмей және тарту элементтерінің үзілуін имитациялай отырып сыналады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z49" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Барлық тарту элементтерінің үзілуінен немесе әлсізденуінен іске қосылатын құрылғымен іске қосылатын ұстағыштар осы құрылғының әрекетінен сыналады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z50" w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Жылдамдықты шектегіштен және барлық тарту элементтерінің үзілуінен немесе әлсізденуінен іске қосылатын құрылғыдан іске қосылатын ұстағыштар жетек құрылғыларының әрқайсысына тәуелсіз сыналады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Жылдамдықты шектегіш пайдалану құжаттамасында көрсетілген платформаның қозғалыс жылдамдығына сәйкес айналу жиілігі кезінде іске қосылуына, сондай-ақ жұмыс шкивінде жылдамдықты шектегіш арқаны болған кезде ұстағыштарды іске қосу қабілетіне сыналады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z52" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Техникалық куәландыру нәтижелерінің негізінде пайдаланушы ұйым көтергіш платформаны одан әрі пайдалану мүмкіндігі туралы немесе жөндеу немесе қалпына келтіру жұмыстарын жүргізу туралы шешім қабылдайды және оны өз өкімімен (бұйрығымен) бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z53" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Техникалық куәландыру нәтижелері туралы жазбаны көтергіш платформасының жарамды жай-күйі мен қауіпсіз пайдаланылуы үшін жауапты тұлға келесі куәландыру күнін көрсете отырып, көтергіш платформасының паспортында жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Көтергіш платформаны пайдаланатын ұйыммен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көтергіш платформаны пайдалану кезінде өнеркәсіптік қауіпсіздік талаптарының сақталуына өндірістік бақылауды жүзеге асыруға жауапты тұлғалар тағайындалады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3080,250 +3215,250 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік алпыс күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Өнеркәсіптік қауіпсіздік талаптарының сақталуына өндірістік бақылауды жүзеге асыруға, көтергіш платформалардың ақаусыз жай-күйі мен қауіпсіз пайдаланылуы үшін жауапты адамдарды, персоналды өнеркәсіптік қауіпсіздік саласында даярлау және қайта даярлау Қазақстан Республикасы Төтенше жағдайлар министрінің 2021 жылғы 9 шілдедегі № 332 бұйрығымен бекітілген Өнеркәсіптік қауіпсіздік саласындағы мамандарды, жұмыскерлерді даярлау, қайта даярлау және білімін тексеру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23461 болып тіркелген) (бұдан әрі – Даярлау қағидалары) сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Көтергіш платформаларға техникалық қызмет көрсетуді және жөндеуді электр механик және оператор пайдалану жөніндегі нұсқаулыққа немесе көтергіш платформаларға техникалық қызмет көрсету жөніндегі нұсқаулыққа сәйкес жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>72-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес мүмкіндігі шектеулі адамдарға (мүгедектігі бар адамдарға) арналған көтергіштерге техникалық қызмет көрсетуді және жөндеуді жүргізу құқығына аттестатталған ұйымдардың шарт негізінде көтергіш платформаларға техникалық қызмет көрсетуді және жөндеуді жүргізуіне жол беріледі.</w:t>
+        <w:t xml:space="preserve"> сәйкес мүгедектігі бар адамдарға арналған көтергіштерге техникалық қызмет көрсетуді және жөндеуді жүргізу құқығына аттестатталған ұйымдардың шарт негізінде көтергіш платформаларға техникалық қызмет көрсетуді және жөндеуді жүргізуіне жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 36-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 23.08.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 36-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="52"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Көтергіш платформалардың ақауларының, сондай-ақ көтергіш платформаларды пайдалануға тыйым салынатын басқа да себептердің тізбесі пайдалану жөніндегі нұсқаулықта немесе техникалық қызмет көрсету жөніндегі нұсқаулықта, сондай-ақ электр механигі мен операторға арналған технологиялық регламентте көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z58" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Көтергіш платформаларын пайдалануға мына кезде жол берілмейді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көтергіш платформалар конструкциясының, оның элементтерінің, құрамдас бөліктері мен үй-жайлардың осы Қағидалардың талаптарына сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3424,130 +3559,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       металл конструкцияларында және жабдық элементтерінде жарықтардың болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көтергіш платформаларды тексеру және оларға техникалық қызмет көрсету үшін Даярлау қағидаларына сәйкес білімін тексеруден өткен персоналдың болмауы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="54"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Көтергіш платформасын күрделі жөндеуден кейін, сондай-ақ алдыңғы техникалық куәландыруда белгіленген жұмыс мерзімі аяқталғаннан кейін пайдалануға енгізу техникалық куәландыру көлемінде қарап тексеруден және тексеруден кейін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z60" w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Техникалық қызмет көрсету қарап тексеру, майлау, тозуды өлшеу, тексеру және өлшеу нәтижелері бойынша тораптар мен бөлшектерді тазалау, реттеу және ауыстыруды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z61" w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Техникалық қызмет көрсету пайдалану жөніндегі нұсқаулықта немесе көтергіш платформаға техникалық қызмет көрсету жөніндегі нұсқаулықта белгіленген мерзімдерде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z62" w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Нормативтік қызмет мерзімін өтеген көтергіш платформалар Заңның 72-бабына сәйкес өнеркәсіптік қауіпсіздік саласында сараптама жүргізу құқығына аттестатталған ұйымдардың оларды одан әрі пайдалану мүмкіндігін айқындау мақсатында техникалық жай-күйіне тексерілуі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3581,64 +3716,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мүмкіндігі шектеулі адамдарға</w:t>
-[...12 lines deleted...]
-              <w:t>(мүгедектігі бар адамдарға)</w:t>
+              <w:t>Мүгедектігі бар адамдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған көтергіштерді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3667,71 +3789,71 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымшаның оң жақ жоғары бұрышы жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 23.08.2022 </w:t>
+      Ескерту. 1-қосымшаның оң жақ жоғары бұрышы жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20946,64 +21068,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мүмкіндігі шектеулі адамдарға</w:t>
-[...12 lines deleted...]
-              <w:t>(мүгедектігі бар адамдарға)</w:t>
+              <w:t>Мүгедектігі бар адамдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған көтергіштерді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -21032,71 +21141,71 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымшаның оң жақ жоғары бұрышы жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 23.08.2022 </w:t>
+      Ескерту. 2-қосымшаның оң жақ жоғары бұрышы жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21717,1002 +21826,900 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мүмкіндігі шектеулі адамдарға</w:t>
-[...12 lines deleted...]
-              <w:t>(мүгедектігі бар адамдарға)</w:t>
+              <w:t>Мүгедектігі бар адамдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған көтергіштерді қауіпсіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пайдалану қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...63 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көтергішті пайдалануға беру мүмкіндігі туралы акт</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 23.08.2022 </w:t>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қала ________________                                            "__" _____________ 20__ ж.</w:t>
+      Қала ________________                         "__" _____________ 20__ ж.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Біз, төменде қол қоюшылар, комиссия мүшелері: көтергіш иесінің</w:t>
+        <w:t xml:space="preserve">
+      Біз, төменде қол қоюшылар, комиссия мүшелері: көтергіш иесінің уәкілетті </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      уәкілетті өкілі-комиссия төрағасы</w:t>
+        <w:t>өкілі-комиссия төрағасы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (ұйымның атауы, лауазымы, тегі, аты, әкесінің аты (бар болса)</w:t>
+        <w:t xml:space="preserve">             (ұйымның атауы, лауазымы, тегі, аты, әкесінің аты (бар болса) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      пайдаланушы ұйымның уәкілетті өкілі</w:t>
+        <w:t xml:space="preserve">                         пайдаланушы ұйымның уәкілетті өкілі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (ұйымның атауы, лауазымы, тегі, аты, әкесінің аты (бар болса)</w:t>
+        <w:t xml:space="preserve">             (ұйымның атауы, лауазымы, тегі, аты, әкесінің аты (бар болса) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      іске қосу-жөндеу ұйымының уәкілетті өкілі</w:t>
+        <w:t xml:space="preserve">                   іске қосу-жөндеу ұйымының уәкілетті өкілі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (ұйымның атауы, лауазымы, тегі, аты, әкесінің аты (бар болса)</w:t>
+        <w:t xml:space="preserve">             (ұйымның атауы, лауазымы, тегі, аты, әкесінің аты (бар болса)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      көтергішті монтаждауды (қайта жаңартуды) орындаған ұйымның уәкілетті өкілі</w:t>
+        <w:t xml:space="preserve">         көтергішті монтаждауды (қайта жаңартуды) орындаған ұйымның уәкілетті өкілі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (ұйымның атауы, лауазымы, тегі, аты, әкесінің аты (бар болса)</w:t>
+        <w:t xml:space="preserve">             (ұйымның атауы, лауазымы, тегі, аты, әкесінің аты (бар болса)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      құрылыс-монтаждау ұйымының уәкілетті өкілі</w:t>
+        <w:t xml:space="preserve">                    құрылыс-монтаждау ұйымының уәкілетті өкілі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (ұйымның атауы, лауазымы, тегі, аты, әкесінің аты (бар болса)</w:t>
+        <w:t xml:space="preserve">             (ұйымның атауы, лауазымы, тегі, аты, әкесінің аты (бар болса)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ___________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> ___________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      көтергішті дайындаушы ұйымның уәкілетті өкілі</w:t>
+        <w:t xml:space="preserve">                   көтергішті дайындаушы ұйымның уәкілетті өкілі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (ұйымның атауы, лауазымы, тегі, аты, әкесінің аты (бар болса)</w:t>
+        <w:t xml:space="preserve">             (ұйымның атауы, лауазымы, тегі, аты, әкесінің аты (бар болса) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      өнеркәсіптік қауіпсіздік саласында қадағалауды жүзеге асыратын мемлекеттік органның өкілі</w:t>
+        <w:t xml:space="preserve">       Өнеркәсіптік қауіпсіздік саласындағы бақылау мен қадағалау жөніндегі </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> мемлекеттік инспекторы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (ұйымның атауы, лауазымы, тегі, аты, әкесінің аты (бар болса)</w:t>
+        <w:t xml:space="preserve"> ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ұсынылған құжаттаманың қаралғандығы, көтергішті және оның құрамдас бөліктерін</w:t>
+        <w:t xml:space="preserve">             (ұйымның атауы, лауазымы, тегі, аты, әкесінің аты (бар болса) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      дайындаушы ұйымның техникалық құжаттамасында және "Азаматтық қорғау туралы"</w:t>
+        <w:t xml:space="preserve">       ұсынылған құжаттаманың қаралғандығы, көтергішті және оның құрамдас </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қазақстан Республикасы Заңы 12-2-бабының 14-7) тармақшасына сәйкес бекітілген</w:t>
+        <w:t xml:space="preserve"> бөліктерін дайындаушы ұйымның техникалық құжаттамасында және Қазақстан  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Мүмкіндігі шектеулі адамдарға (мүгедектігі бар адамдарға) арналған көтергіштерді</w:t>
+        <w:t xml:space="preserve">Республикасы Үкіметінің 2020 жылғы 23 қазандағы № 701 қаулысымен бекітілген </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      қауіпсіз пайдалану қағидаларында (бұдан әрі – Қағидалар) көзделген көлемде қарап</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Төтенше жағдайлар министрлігі туралы ереженің </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      тексеру және тексеру жүргізілгені туралы осы актіні жасадық. Көтергіш мына</w:t>
+        <w:t xml:space="preserve">16-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>102) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілген Мүгедектігі бар адамдарға </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      мекен-жай бойынша орнатылды:</w:t>
+        <w:t xml:space="preserve"> арналған көтергіштерді қауіпсіз пайдалану қағидаларында (бұдан әрі – Қағидалар) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ___________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> көзделген көлемде қарап-тексеру және тексеру жүргізілгені туралы осы актіні  жасадық. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ___________________________________________________________________</w:t>
+        <w:t xml:space="preserve">       Көтергіш мына мекен-жай бойынша орнатылды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қарап тексеру мен тексеруде мыналар анықталды: құрылыс, монтаждау және жөндеу</w:t>
+        <w:t xml:space="preserve"> _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      жұмыстары</w:t>
+        <w:t xml:space="preserve"> _____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t xml:space="preserve">        Қарап-тексеру мен тексеруде мыналар анықталды: құрылыс, монтаждау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (техникалық шартты белгілеу) техникалық жұмыс құжаттамасына, орнату</w:t>
+        <w:t xml:space="preserve"> және жөндеу жұмыстары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      сызбаларына және Қағидаларына сәйкес орындалған; көтергіш паспорт</w:t>
+        <w:t xml:space="preserve"> _____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      деректеріне және Қағидаларында көрсетілген талаптарға сәйкес келеді;</w:t>
+        <w:t xml:space="preserve">(техникалық шартты белгілеу) техникалық жұмыс құжаттамасына, орнату сызбаларына және </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      көтергіш оның мақсаты бойынша қауіпсіз пайдалануға мүмкіндік беретін</w:t>
+        <w:t xml:space="preserve">Қағидаларына сәйкес орындалған; көтергіш паспорт деректеріне және Қағидаларында </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...32 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">көрсетілген талаптарға сәйкес келеді; көтергіш оның мақсаты бойынша қауіпсіз пайдалануға </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мүмкіндік беретін жарамды күйде; пайдалануды ұйымдастыру Қағидалар талаптарына </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес келеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көтергішті иесі қабылдады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -22756,55 +22763,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>