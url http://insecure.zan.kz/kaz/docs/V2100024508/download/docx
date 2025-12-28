--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ea507a6" w14:textId="ea507a6">
+    <w:p w14:paraId="b8ce905" w14:textId="b8ce905">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1329,1084 +1329,996 @@
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасымен (бұдан әрі – Мемлекеттік көрсетілетін қызметтер туралы заң) және қауіпті өндірістік объектіні пайдаланатын ұйымдардың қауіпті өндірістік объектіні салуға, кеңейтуге, реконструкциялауға, жаңғыртуға, консервациялауға және жоюға арналған жобалау құжаттамасын келісу тәртібін және "Қауіпті өндірістік объектілерді салуға, кеңейтуге, реконструкциялауға, жаңғыртуға, консервациялауға және жоюға арналған жобалау құжаттамасын келісу" мемлекеттік қызмет көрсету тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қауіпті өндірістік объектілерді салуға, кеңейтуге, реконструкциялауға, жаңғыртуға, консервациялауға және жоюға арналған жобалау құжаттамасын (бұдан әрі – жобалау құжаттамасы) келісу қабылданған жобалау шешімдерінің өнеркәсіптік қауіпсіздік саласындағы нормативтік құқықтық актілердің талаптарына сәйкестігін белгілеу мақсатында жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Екі және одан да көп облыстар шегінде орналастырылатын қауіпті өндірістік объектінің жобалау құжаттамасы Қазақстан Республикасы Төтенше жағдайлар министрлігінің Өнеркәсіптік қауіпсіздік комитетімен (бұдан әрі – Комитет) келісіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стратегиялық объектілер мен өзге де қауіпті өндірістік объектілердің жобалау құжаттамасы өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган ведомствосының аумақтық бөлімшелерімен (бұдан әрі – аумақтық департаменттер) келісіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік инфрақұрылым объектілеріндегі қауіпті өндірістік объектілердің жобалау құжаттамасы аудандардың, республикалық және облыстық маңызы бар қалалардың, астананың жергілікті атқарушы органдарымен (бұдан әрі – жергілікті атқарушы органдар) келісіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қауіпті өндірістік объектілердің жобалау құжаттамасын келісу "Қауіпті өндірістік объектілерді салуға, кеңейтуге, реконструкциялауға, жаңғыртуға, консервациялауға және жоюға арналған жобалау құжаттамасын келісу" мемлекеттік қызмет көрсету тәртібімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Өнеркәсіптік қауіпсіздікті қамтамасыз етуге әсер ететін жоспарланған жұмыстардың түрлері, технологиялары, әдістері және (немесе) тәсілдері өзгерген жағдайда жобалау құжаттамасы осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тәртіппен кейіннен келісіле отырып, өзгертілуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z43" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Жобалық құжаттаманы келісудің нәтижесі-келісу хаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қауіпті өндірістік объектілерді салуға, кеңейтуге, реконструкциялауға, жаңғыртуға, консервациялауға және жоюға арналған жобалау құжаттамасын келісу" мемлекеттік көрсетілетін қызмет (бұдан әрі – мемлекеттік көрсетілетін қызмет) осы Қағидаларға сәйкес Өнеркәсіптік қауіпсіздік комитеті, аумақтық департаменттер және жергілікті атқарушы органдар (бұдан әрі – көрсетілетін қызметті беруші) арқылы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...155 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Мемлекеттік қызметті алу үшін осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті тұтынушының электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанындағы өтінішін жеке және заңды тұлғалар (бұдан әрі – көрсетілетін қызметті тұтынушы) қызмет көрсетушіге www.egov.kz "электрондық үкіметтің" веб-порталы (бұдан әрі – портал) арқылы жібереді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Процестің сипаттамаларын, көрсетілетін мемлекеттік қызметтің нысанын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсетудің ерекшеліктерін ескере отырып, өзге де мәліметтер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі нысанында баяндалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Портал өтінішті автоматты режимде қабылдауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті тұтынушы барлық қажетті құжаттарды портал арқылы берген кезде көрсетілетін қызметті тұтынушының "жеке кабинетінде" мемлекеттік көрсетілетін қызмет нәтижесін алған күнін көрсете отырып, мемлекеттік қызметті көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті тұтынушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының Еңбек </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес демалыс және мереке күндері жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылған құжаттар мен олардағы мәліметтердің дұрыстығына көрсетілетін қызметті алушы жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Көрсетілетін қызметті берушінің кеңсе қызметкері өтінішті тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің басшысына, не болмаса оны алмастыратын тұлғаға жібереді, ол жауапты орындаушыны тағайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      7-тармақ жаңа редакцияда көзделген - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің м.а. 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 429</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...235 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Жауапты орындаушы ұсынылған құжаттар мен оларда көрсетілген мәліметтердің өнеркәсіптік қауіпсіздік саласындағы нормативтік құқықтық актілердің талаптарына сәйкестігін тексереді және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысандар бойынша Мемлекеттік қызмет көрсету нәтижесін ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баяндалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызметті көрсетуден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті беруші тыңдау рәсімін Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР АППК) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мемлекеттік қызметті көрсету нәтижесіне көрсетілетін қызметті беруші басшысының не оны алмастыратын тұлғаның электрондық цифрлық қолтаңбасы қойылады және портал арқылы көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты порталдың "жеке кабинеті" арқылы қашықтан қол жеткізу режимінде алады..</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпарат мемлекеттік қызмет көрсету мониторингінің ақпараттық жүйесіне автоматты режимде келіп түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...199 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармаққа өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің м.а. 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган үш жұмыс күні ішінде "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторына, сондай-ақ Бірыңғай байланыс орталығына осы Қағидаларға енгізілген өзгерістер мен толықтырулар туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Мемлекеттік қызмет алдын ала жазылусыз және жеделдетілген қызмет көрсетусіз кезек тәртібімен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Мемлекеттік қызметтер көрсету мәселесі бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым қызметті көрсетушіге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2417,207 +2329,207 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметті көрсетуші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам шағым түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте қызметті көрсетуші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам, егер ол 3 (үш) жұмыс күні ішінде қолайлы шешім қабылдаса, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік іс-әрекет жасаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. "Мемлекеттік көрсетілетін қызметтер туралы" Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2- тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қызметті көрсетушінің атына келіп түскен көрсетілетін қызметті тұтынушының шағымы тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Қызметті көрсетушінің, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі "Мемлекеттік көрсетілетін қызметтер туралы" Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қажет болған жағдайларда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қосымша ақпарат алу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шағымды қарау мерзімі ұзартылған жағдайда шағымды қарау мерзімі ұзартылған сәттен бастап 3 (үш) жұмыс күні ішінде шағымды қарау өкілеттігі берілген лауазымды тұлға шағымды берген көрсетілетін қызметті тұтынушыға шағымды қарау мерзімі ұзартылғаны туралы жазбаша нысанда (шағымды қағаз жеткізгіште берген кезде) немесе электрондық нысанда (шағымды электрондық түрде берген кезде) ұзарту себептерін көрсете отырып шағымды қарау мерзімін ұзарту туралы хабарлайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Егер мемлекеттік көрсетілетін қызметтер туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2632,51 +2544,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> өзгеше көзделмесе, сотқа шағымдануға ҚР ӘРПК 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағымданғаннан кейін жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3728,51 +3640,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің м.а. 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3799,150 +3731,50 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қауіпті өндірістік объектілерді салуға, кеңейтуге, реконструкциялауға, жаңғыртуға, консервациялауға және жоюға арналған жобалау құжаттамасын келісу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4001,69 +3833,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Төтенше жағдайлар министрлігінің Өнеркәсіптік қауіпсіздік комитеті (бұдан әрі – Комитет) – екі және одан да көп облыстар, сондай-ақ стратегиялық объектілер шегінде орналастырылатын қауіпті өндірістік объектіні салуға, кеңейтуге, реконструкциялауға, жаңғыртуға, консервациялауға және жоюға арналған жобалау құжаттамасы (бұдан әрі – жобалау құжаттамасы).</w:t>
-[...17 lines deleted...]
-Комитеттің аумақтық департаменттері – өзге де қауіпті өндірістік объектілердің жобалық құжаттамасын келісу кезінде. Аудандардың, облыстық және республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары – әлеуметтік инфрақұрылым объектілеріндегі қауіпті өндірістік объектілердің жобалық құжаттамасын келісу кезінде.</w:t>
+Қазақстан Республикасы Төтенше жағдайлар министрлігінің Өнеркәсіптік қауіпсіздік комитеті (бұдан әрі – Комитет) – екі және одан да көп облыстар шегінде орналастырылатын қауіпті өндірістік объектіні салуға, кеңейтуге, реконструкциялауға, жаңғыртуға, консервациялауға және жоюға арналған жобалау құжаттамасы (бұдан әрі – жобалау құжаттамасы). Аумақтық департаменттер – өзге де қауіпті өндірістік объектілердің жобалық құжаттамасын келісу кезінде. Аудандардың, облыстық және республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары – әлеуметтік инфрақұрылым объектілеріндегі қауіпті өндірістік объектілердің жобалық құжаттамасын келісу кезінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>