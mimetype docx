--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bf72654" w14:textId="bf72654">
+    <w:p w14:paraId="f936be9" w14:textId="f936be9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Екiншi деңгейдегi банктердің, "Қазақстанның Даму Банкі" акционерлік қоғамының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың қарыздар мен шартты міндеттемелер жөніндегі есептілігінің тізбесін, нысандарын және табыс ету мерзімдерін және оларды ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 28 желтоқсандағы № 313 қаулысына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2021 жылғы 20 қыркүйектегі № 77 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 24 қыркүйекте № 24507 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ұлттық Банкі Басқармасының 2025 жылғы 24 желтоқсандағы № 103 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1732,127 +1810,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ұлттық Банкінің Төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -2784,4605 +2874,4362 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кесте. Заңды тұлғалар және қызметін бірлескен кәсіпкерлік түрінде жүзеге асыратын дара кәсіпкерлер бойынша кредиттік тарих субъектісі туралы есеп</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3554"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1943"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заңды тұлғаның немесе қызметін бірлескен кәсіпкерлік түрінде жүзеге асыратын дара кәсіпкердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметін бірлескен кәсіпкерлік түрінде жүзеге асыратын дара кәсіпкер белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйымдық-құқықтық нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншік нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тарих субъектісін сәйкестендіргіш:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіргіш түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тарих субъектісінің мекенжайы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мекенжайының түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 елі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 облысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиденттік белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оффшорлық аймақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәсіпкерлік субъектісінің санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экономикалық қызмет түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экономика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредитормен ерекше қатынастармен байланысты болу белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Компаниялар тобына тиесілілік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3554" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6803" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z37" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-кесте. Қызметін жеке кәсіпкерлік түрінде жүзеге асыратын дара кәсіпкерлерді қоса алғанда, жеке тұлғалар бойынша кредиттік тарих субъектісі туралы есеп</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3608"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1973"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегі, аты, әкесінің аты (ол бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жынысы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тарих субъектісін сәйкестендіргіш:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіргіш түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тарих субъектісінің мекенжайы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мекенжайының түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 елі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 облысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиденттік белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оффшорлық аймақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәсіпкерлік субъектісінің санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экономикалық қызмет түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредитормен ерекше қатынастармен байланысты болу белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы ______________________ Мекенжайы ________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -8906,9013 +8753,8504 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кесте. Қарыз (шартты міндеттеме) шарты туралы есеп</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4042"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1258"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тарих субъектісі - қарыз (шартты міндеттеме) шартының тарапы туралы мәліметтер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тарих субъектісінің түрі (рөлі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тарих субъектісін сәйкестендіргіш:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіргіш түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметін жеке кәсіпкерлік түрінде жүзеге асыратын дара кәсіпкер белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз (шартты міндеттеме) шарты туралы мәліметтер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз (шартты міндеттеме) түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз (шартты міндеттеме) шартының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз (шартты міндеттеме) шартының күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік желіге тиесілілігі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кредиттік желі шартының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кредиттік желі шартының күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банк кепілдігін (кепілдемені) шығару нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банк кепілдігін (кепілдемені) шығару күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарызға (шартты міндеттемеге) қызмет көрсететін филиал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарттың талаптары бойынша қарыз (шартты міндеттеме) мерзімінің аяқталу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарт бойынша валюта түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарттың валютасымен қарыз (шартты міндеттеме) сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарт бойынша жылдық сыйақы мөлшерлемесі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мөлшерлеме түрі (белгіленген, өзгермелі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өзгермелі индекс атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 белгіленген мөлшерлеменің жылдық пайыздармен мөлшері (өзгермелі мөлшерлеменің белгіленген спрэды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 жылдық пайыздармен өзгермелі индекс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарт бойынша жылдық тиімді сыйақы мөлшерлемесі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.12.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 халықаралық қаржылық есептілік стандарттарының талаптары бойынша бастапқы мөлшерлеме мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.12.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шынайы жылдық тиімді салыстырмалы түрде есептелген сыйақы мөлшерлемесінің мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қарыз бойынша қамтамасыз етудің болмау белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздың (шартты міндеттеменің) нысаналы мақсаты:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.14.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кредиттеу мақсаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.14.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кредиттеу объектісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.14.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қарыз (шартты міндеттеме) сомасының үлесі (пайыздармен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарызды қаржыландыру көзі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.15.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қаржыландыру көзінің түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.15.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қарыз сомасының үлесі (пайыздармен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз алушыда валюталық түсімнің және (немесе) хеджирлеу құралдарының болу белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз бойынша талап ету құқығын беру (сату), қабылдау (сатып алу) туралы мәліметтер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 беру (сату), қабылдау (сатып алу) белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 талап ету құқықтары берілген (сатылған) (қабылданған (сатып алынған)) ұйымның түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 талап ету құқықтары берілген (сатылған) (қабылданған (сатып алынған)) ұйымның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 талап ету құқықтары берілген (сатылған) (қабылданған (сатып алынған)) ұйымды сәйкестендіргіш:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіргіш түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 беру (сату), қабылдау (сатып алу) күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сату (сатып алу) сомасы (теңгемен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қайта қаржыландырылған қарыз бойынша сәйкестендіру мәліметтері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 алдыңғы кредитор туралы мәліметтер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіргіш түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 алдыңғы қарыз алушы туралы мәліметтер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіргіш түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қайта қаржыландырылған қарыз шартының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қайта қаржыландырылған қарыз шартының күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Міндеттемені тоқтату:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 міндеттемені тоқтату негіздері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шешім қабылдаған кредитордың уәкілетті органы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 міндеттеменің нақты тоқтатылған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4042" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1258" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z64" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-кесте. Қарызды өтеу кестесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5025"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1890"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз бойынша сәйкестендіру мәліметтері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кестені жасау күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтеу валютасының түрі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 негізгі борыш бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сыйақы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлемдер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 төлем күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 төлем сомасы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 негізгі борыш бойынша (шарт валютасында)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сыйақы бойынша (шарт валютасында)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 негізгі борыш бойынша берешек қалдығы (шарт валютасында)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5025" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы _____________________ Мекенжайы____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -20142,4257 +19480,4035 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-кесте. Қамтамасыз ету туралы есеп </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4241"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1595"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіш атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл шарты бойынша сәйкестендіру мәліметтері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кепіл шартының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кепіл шартының күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл шартын тоқтату:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кепіл шартын нақты тоқтату күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кепіл шартын тоқтату негізі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл беруші (кепілгер, кепілдік беруші, сақтандырушы) туралы мәліметтер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 субъект түрі (заңды немесе жеке тұлға)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 атауы (тегі, аты, әкесінің аты (ол бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 кепіл берушінің (кепілгердің, кепілдік берушінің, сақтандырушының) сәйкестендіру деректері: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіргіш түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қамтамасыз ету туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қамтамасыз ету түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарт бойынша валюта түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл құны (теңгемен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нарықтық құны (шарт валютасымен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қабылданған қамтамасыз етуді есепке алу шотының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Келіп мүліктің орналасқан (тіркелген) жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл мүлкі объектісінің сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қамтамасыз етуді соңғы бағалау (қайта бағалау) күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6464" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z102" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-кесте. Қамтамасыз етілген қарыздар мен шартты міндеттемелерді сәйкестендіру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3756"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2053"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3756" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6491" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіш атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2053" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3756" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6491" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2053" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3756" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6491" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз (шартты міндеттеме) шарты бойынша сәйкестендіру мәліметтері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2053" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3756" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6491" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2053" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3756" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6491" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2053" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3756" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6491" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл туралы шарт бойынша сәйкестендіру мәліметтері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2053" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3756" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6491" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2053" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3756" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6491" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2053" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3756" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6491" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бөлінген үлес (пайызбен):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2053" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3756" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6491" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қарызды (шартты міндеттемені) кепілмен жабу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2053" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3756" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6491" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қарызды (шартты міндеттемені) жабуға келетін кепіл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2053" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3756" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6491" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2053" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы _____________________ Мекенжайы____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -25914,6311 +25030,5948 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4712"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1466"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз (шартты міндеттеме) шарты бойынша сәйкестендіру мәліметтері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ағымдағы талаптар және есепті кезеңдегі қаражат қозғалысы туралы ақпарат:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңде есептелген (теңгемен, шарт валютасымен):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сыйақы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 айыппұлдар және өсімпұлдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңде берілген (теңгемен, шарт валютасымен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңде нақты беру күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңде нақты түскен төлемдер сомасы (теңгемен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі борыш қалдығы (теңгемен, шарт валютасымен):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімі өтпеген берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімі өткен берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 баланстан есептен шығарылған берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кешірілген берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі борыш бойынша шот нөмірі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімі өтпеген берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімі өткен берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептелген сыйақы қалдығы (теңгемен, шарт валютасымен):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өтелмеген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімі өткен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 баланстан есептен шығарылған</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кешірілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыйақы бойынша шот нөмірі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.8.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімі өтпеген берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.8.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімі өткен берешек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шартты міндеттеме қалдығы (теңгемен, шарт валютасымен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шартты міндеттеме шотының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептелген тұрақсыздық айыбының (айыппұлдың, өсімпұлдың) қалдығы (теңгемен):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өтелмеген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 баланстан есептен шығарылған</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кешірілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оң (теріс) түзету (теңгемен, шарт валютасымен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оң (теріс) түзету бойынша шот нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дисконт (сыйлықақы) (теңгемен, шарт валютасымен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дисконт (сыйлықақы) бойынша шот нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мерзімі өткен берешекті шотқа шығару күні:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.16.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 негізгі борыш бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.16.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сыйақы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мерзімі өткен берешекті өтеу күні:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.17.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 негізгі борыш бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.17.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сыйақы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баланстан есептен шығарылған күн:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.18.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 негізгі борыш бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.18.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сыйақы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Берешекті кешіру күні:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.19.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 негізгі борыш бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.19.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сыйақы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңде қайта құрылымдау:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қайта құрылымдау белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қайта құрылымдау жүргізілген күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4712" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы _____________________ Мекенжайы____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -33997,5765 +32750,5452 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кесте. Қарыздар мен шартты міндеттемелер бойынша провизиялар және тәуекелдерді бағалау туралы есеп</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4091"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1539"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз (шартты міндеттеме) шарты бойынша сәйкестендіру мәліметтері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шарттың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Провизиялар және тәуекелдерді бағалау туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резервтердің (провизиялардың) нақты қалыптастырылған сомасы (теңгемен):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 халықаралық қаржылық есептілік стандарттарының талаптары бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 уәкілетті органның талаптары бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықаралық қаржылық есептілік стандарттарының талаптары бойынша қалыптастырылған резервтер (провизиялар) бойынша шоттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резервтеу мөлшерлемесі (пайызбен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Портфельдік активтерге жатқызу туралы мәліметтер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Біртекті активтер портфелінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құнсыздану белгілері жоқ жеке активтер портфелінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активі бойынша бастапқы тиімді пайыздық мөлшерлемені пайдалана отырып дисконтталған болашақ ақша ағынының келтірілген құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құнсыздану белгілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тәуекелдің ұлғаю белгілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тәуекел кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дефолттың басталу ықтималдығы (пайызбен):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.9.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 қарыздың (шартты міндеттеменің) бастапқы танылу күніне он екі ай ішінде </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.9.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 қарыздың (шартты міндеттеменің) бастапқы танылу күніне күтілетін қолданылу мерзімі ішінде </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дефолт жағдайында шығын деңгейі (пайызбен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дефолт тәуекеліне ұшыраған қарыз бойынша талаптар (теңгемен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті күнге қарыз алушының ішкі рейтингі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиттік тәуекел дәрежесі бойынша сараланған қарыздың (шартты міндеттеменің) санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шартты міндеттеме бойынша конверсия коэффициенті (пайызбен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6670" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z157" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-кесте. Қамтамасыз ету бойынша тәуекелдерді бағалу туралы есеп</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4819"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1380"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл туралы шарт бойынша сәйкестендіру мәліметтері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кепіл туралы шарттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кепіл туралы шарттың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қамтамасыз ету түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кепіл мүлкі объектінің сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәуекелдерді бағалау туралы мәліметтер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Провизияларды есептеу мақсаттары үшін өтімділік коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепіл мүлкін сату мерзімі (айлармен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резервтерді (провизияларды) есептеу кезінде қосылатын қамтамасыз ету құны (теңгемен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәуелсіз бағалау компаниясының бағалау туралы мәліметтері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәуелсіз бағалау компаниясының бағалауы бойынша нарықтық құны (теңгемен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәуелсіз бағалау компаниясы жүргізген бағалау (қайта бағалау) күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәуелсіз бағалау компаниясы туралы сәйкестендіру мәліметтері:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіргіш түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 атауы (тегі, аты, әкесінің аты (ол бар болса))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі бағалау туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредитордың ішкі бағалауы бойынша нарықтық құны (теңгемен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредитор жүргізген бағалау (қайта бағалау) күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атауы _____________________ Мекенжайы____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -41637,63 +40077,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -42015,35 +40477,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>