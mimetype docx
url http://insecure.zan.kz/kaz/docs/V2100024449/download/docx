--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6773983" w14:textId="6773983">
+    <w:p w14:paraId="d19f778" w14:textId="d19f778">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -122,51 +122,251 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық- құтқару қызметтерін аттестаттау қағидаларын бекіту туралы</w:t>
+        <w:t>Өнеркәсіптік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қауіпсіздік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>авариялық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құтқару</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтерін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -294,91 +494,461 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ескерту. Кіріспе жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 14.07.2023</w:t>
+        <w:t>Ескерту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кіріспе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ҚР </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Төтенше</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайлар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14.07.2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 382</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жарияланған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кейiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>соң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгiзiледi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерін аттестаттау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -522,194 +1092,324 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Төтенше жағдайлар министрі </w:t>
+        <w:t>Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Төтенше</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайлар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>министрі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Ю. Ильин</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"</w:t>
-      </w:r>
+        <w:t>"КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>КЕЛІСІЛДІ"</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
-      </w:r>
+        <w:t>Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республикасының</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>Цифрлық</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Цифрлық даму, инновациялар</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> даму, </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>және аэроғарыш</w:t>
+        <w:t>инновациялар</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>өнеркәсібі министрлігі</w:t>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аэроғарыш</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өнеркәсібі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>министрлігі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z8" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -799,80 +1499,250 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерін аттестаттау қағидалары</w:t>
+        <w:t>Өнеркәсіптік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қауіпсіздік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>авариялық-құтқару</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтерін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve">1-тарау. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерін аттестаттау қағидалары (бұдан әрі – қағидалар) Қазақстан Республикасы Үкіметінің 2020 жылғы 23 қазандағы № 701 қаулысымен бекітілген Қазақстан Республикасы Төтенше жағдайлар министрлігі туралы ереженің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -914,91 +1784,441 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ескерту. 1-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 14.07.2023</w:t>
+        <w:t>Ескерту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 1-тармақ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ҚР </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Төтенше</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайлар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14.07.2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 382</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жарияланған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кейiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>соң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгiзiледi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерін аттестаттау өнеркәсіптік қауіпсіздік саласындағы уәкілетті органның заңды тұлғаның қауіпті өндірістік объектілерде тау-кен құтқару, газдан құтқару, бұрқаққа қарсы жұмыстарды орындауға құқығын ресми тануы және олардың "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1057,3388 +2277,2412 @@
         </w:rPr>
         <w:t xml:space="preserve"> және "Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерінің жеке құрамына қойылатын талаптарды және олардың штат санын есептеу нормативтерін, оларды жарақтандыру нормаларын бекіту туралы" (Нормативтiк құқықтық актiлерді мемлекеттік тіркеу тізілімінде № 23812 болып тіркелген) Төтенше жағдайлар министрінің 2021 жылғы 27 шілдедегі № 360 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкестігін айқындау мақсатында.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері аттестаттауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері бастапқы, кезеңдік және кезектен тыс аттестаттауға жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бастапқы аттестаттауға жаңадан құрылатын өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кезеңдік аттестаттау бес жылда бір рет жүргізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кезектен тыс аттестаттау орындайтын жұмыстардың түрі немесе түрлері өзгерген жағдайда жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...41 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметін алғашқы аттестаттау кезінде әрбір жұмыс түрі үшін кәсіби авариялық-құтқару бөлімшелерінің саны кемінде екі бірлікті құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Қауіпті өндірістік объектілерге қызмет көрсетуге арналған шарттары бар өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметін кезеңдік және кезектен тыс аттестаттау кезінде жедел бөлімшелердің саны Қазақстан Республикасы Төтенше жағдайлар министрінің 2021 жылғы 27 шілдедегі № 360 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген "Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерінің жеке құрамына қойылатын талаптарды және олардың штат санын есептеу нормативтерін, оларды жарақтандыру нормаларын бекіту туралы" талаптарында белгіленген нормативтерге сәйкес есептеледі (Нормативтiк құқықтық актiлерді мемлекеттік тіркеу тізілімінде № 23812 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қауіпті өндірістік объектілерге қызмет көрсетуге арналған шарттар болмаған жағдайда, әрбір жұмыс түрі үшін кәсіби авариялық-құтқару бөлімшелерінің саны кемінде екі бірлікті құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      4-тармақ жаңа редакцияда көзделген – ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 433</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері бастапқы, қайта, кезеңдік және кезектен тыс аттестаттауға жатады:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+      7. Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерін аттестаттау "Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерін аттестаттау" мемлекеттік қызмет көрсету тәртібімен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бастапқы аттестаттауға жаңадан құрылатын өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтері жатады;</w:t>
-[...82 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+      8. Аттестаттаудан өткен өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтеріне Өнеркәсіптік қауіпсіздік саласында авариялық-құтқару жұмыстарын жүргізу құқығына аттестат (бұдан әрі – Аттестат) беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Аттестаттың қолданылуы мынадай жағдайларда тоқтатылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Аттестаттың берілген мерзімі аяқталған соң;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Аттестатан айыру (кері қайтарып алу);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заңды тұлғаның атауын немесе меншік нысанын өзгерте отырып, оны тарату немесе қайта ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Аттестатта көзделген жұмыстардың белгілі бір түрін немесе түрлерін жүргізу құқығынан заңды тұлғаның бас тартуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) заңды тұлғаның Аттестатың қолданылуын тоқтату туралы ерікті өтініші.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестатың қолданылуы тоқтатылған жағдайда өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі хабарлайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өнеркәсіптік қауіпсіздік саласындағы уәкілетті органға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қызмет көрсетілетін объектіге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...61 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тарау. Ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>млекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z32" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. "Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерін аттестаттау" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Төтенше жағдайлар министрлігінің өнеркәсіптік қауіпсіздік комитеті (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Мемлекеттік қызметті алу үшін заңды тұлғалар (бұдан әрі-көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге "электрондық үкімет" веб-порталы арқылы жібереді www.egov.kz (бұдан әрі-Портал) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанындағы өтініш.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Процестің сипаттамаларын, көрсетілетін мемлекеттік қызметтің нысанын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсетудің ерекшеліктерін ескере отырып, өзге де мәліметтер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі нысанында (бұдан әрі – Негізгі талаптар тізбесі) баяндалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке басты куәландыратын құжат туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы мәліметтерді көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мемлекеттік қызмет көрсетудің жалпы мерзімі 13 (он үш) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      8-тармақ жаңа редакцияда көзделген – ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің м.а. 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 433</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Аттестаттаудан өткен өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтеріне өнеркәсіптік қауіпсіздік саласында авариялық-құтқару жұмыстарын жүргізу құқығына Куәліктер (бұдан әрі – Куәлік) беріледі.</w:t>
+      13. Көрсетілетін қызметті берушінің кеңсе қызметкері құжаттар мен мәліметтерді олар келіп түскен күні қабылдауды және тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің басшысына, не болмаса оны алмастыратын тұлғаға жібереді, ол жауапты орындаушыны тағайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті берушінің кеңсе қызметкері құжаттар мен мәліметтерді олар келіп түскен күні қабылдауды және тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің басшысына, не болмаса оны алмастыратын тұлғаға жібереді, ол жауапты орындаушыны тағайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы негізгі талаптар тізбесіне сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2 (екі) жұмыс күні ішінде ұсынылған құжаттар мәліметтерінің дұрыстығын тексереді және ұсынылған құжаттар мәліметтерінің дұрыс емес фактісі анықталған жағдайда осы Қағидаларға 3-қосымшаға (бұдан әрі - Дәлелді бас тарту) сәйкес нысан бойынша өтінішті одан әрі қараудан дәлелді бас тартуды дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылған құжаттардағы мәліметтер дұрыс болған жағдайда, көрсетілетін қызметті беруші көрсетілетін өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесіне (бұдан әрі – аумақтық департамент) негізгі талаптар тізбесіне сәйкес көрсетілетін қызметті алушының талаптарға сәйкестігі немесе сәйкессіздігі туралы қорытынды алу үшін сұрау салу жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аумақтық департамент көрсетілетін қызметті алушының "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>51-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес негізгі талаптар тізбесіне сәйкес қойылатын талаптарға сәйкестігіне рұқсат беру бақылауын жүзеге асырады, оның нәтижелері бойынша көрсетілетін қызметті алушының негізгі талаптар тізбесіне сәйкес қойылатын талаптарға сәйкестігі немесе сәйкес еместігі туралы қорытынды жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушының қойылатын талаптарға сәйкестігі немесе сәйкес еместігі туралы қорытынды алған кезде жауапты орындаушы 1 (бір) жұмыс күні ішінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысандар бойынша мемлекеттік қызмет көрсету нәтижесін ресімдейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызметті көрсетуден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға алдын ала шешім бойынша позициясын білдіру мүмкіндігі үшін мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі. Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші оң нәтиже немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ескерту. 14-тармаққа өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он алпыс өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Мемлекеттік қызмет алдын ала жазылусыз және жеделдетілген қызмет көрсетусіз кезек күту тәртібімен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті беруші басшысының не оны алмастыратын адамның электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанында көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Көрсетілетін қызметті беруші Заңның 5-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызмет көрсету кезінде оны көрсету сатысы туралы деректер мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне автоматты режимде түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидаларға енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылым операторына және мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығына өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Куәліктің қолданылуы мерзімі аяқталған кезде:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) куәлік берілген мерзім аяқталған соң;</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      17. Аттестаттың қолданылу мерзімі бес жылды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) куәліктен айыру (қайтарып алу);</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) заңды тұлғаның атауын немесе меншік нысанын өзгерте отырып, оны тарату немесе қайта ұйымдастыру;</w:t>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+        <w:t>3-тарау. Көрсетілетін қызметті берушінің мемлекеттік қызметтерді көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. "Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерін аттестаттау" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Төтенше жағдайлар министрлігінің өнеркәсіптік қауіпсіздік комитеті (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
-[...80 lines deleted...]
-    </w:p>
+      18. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жеке басты куәландыратын құжат туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы мәліметтерді көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="26"/>
+      Шағым көрсетілетін қызметті берушіге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Мемлекеттік қызмет көрсетудің жалпы мерзімі 13 (он үш) жұмыс күнін құрайды.</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="left"/>
+      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...447 lines deleted...]
-      Тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі. Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші оң нәтиже немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты береді.</w:t>
+      Бұл ретте көрсетілетін қызметті беруші, лауазымды адам, шешімге, әрекетке (әрекетсіздікке) шағым жасайды, егер ол 3 (үш) күн ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ескерту. 14-тармаққа өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
+        <w:t>Ескерту. 18-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он алпыс өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:bookmarkStart w:name="z42" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы ол тіркелген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Мемлекеттік қызмет алдын ала жазылусыз және жеделдетілген қызмет көрсетусіз кезек күту тәртібімен көрсетіледі.</w:t>
-[...307 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="29"/>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>3-тарау. Көрсетілетін қызметті берушінің мемлекеттік қызметтерді көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ескерту. 19-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он алпыс өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Көрсетілетін қызметті берушінің, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қажет болған жағдайда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+      1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шағым көрсетілетін қызметті берушіге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
+      2) қосымша ақпарат алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
-[...17 lines deleted...]
-      Бұл ретте көрсетілетін қызметті беруші, лауазымды адам, шешімге, әрекетке (әрекетсіздікке) шағым жасайды, егер ол 3 (үш) күн ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
+      Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау жөніндегі өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап 3 (үш) жұмыс күні ішінде шағым берген өтініш берушіге ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ескерту. 18-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
+        <w:t>Ескерту. 20-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он алпыс өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:bookmarkStart w:name="z46" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      19. Заңның 25-бабының </w:t>
-[...40 lines deleted...]
-    </w:p>
+      21. Егер Заңда өзгеше көзделмесе, сотқа шағым жасауға Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 91-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ескерту. 19-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
+        <w:t>Ескерту. 21-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 24.05.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(алғашқы ресми жарияланған күнінен кейін күнтізбелік он алпыс өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...1032 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4474,157 +4718,1119 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Өнеркәсіптік қауіпсіздік</w:t>
+              <w:t>Өнеркәсіптік қауіпсіздік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағы кәсіби авариялық-</w:t>
+              <w:t>саласындағы кәсіби авариялық-құтқару қызметтерін аттестаттау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құтқару қызметтерін аттестаттау</w:t>
+              <w:t>қағидалары мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидалары" мемлекеттік</w:t>
+              <w:t>қызметін көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметін көрсету қағидаларына</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Заңды тұлғаның деректемелері (мекенжайы, бизнес-сәйкестендіру нөмірі, телефоны)]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің м.а. 15.04.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 137</w:t>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Мемлекеттік органның атауы]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басшысына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш нөмірі: [Нөмірі]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш күні: [Күні]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өнеркәсіптік қауіпсіздік саласында авариялық-құтқару жұмыстарын жүргізу құқығына куәлік алуға ӨТІНІШ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (заңды тұлғаның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Азаматтық қорғау туралы" 2014 жылғы 11 сәуірдегі Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27-1-бабын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшылыққа ала отырып, Сізден мыналарды жүргізуді сұраймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аттестаттау түрін көрсету (бастапқы, кезеңдік және кезектен тыс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аттестаттауды өткізу және өнеркәсіптік қауіпсіздік саласында авариялық-құтқару</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жұмыстарын жүргізу құқығына Аттестат мынадай жұмыс түрлеріне беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жұмыс түрін (лерін) көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі мүлкінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орналасқан жері (мүлік бірнеше өңірде орналасқан жағдайда, барлық өңірлер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілсін)________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (облыс, қала, аудан, елді мекен, көше атауы, үй/ғимарат нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пайдалануға келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылған ақпараттың анықтығын растаймын және анық емес мәліметтер ұсынғаным</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үшін Қазақстан Республикасының заңнамасына сәйкес жауапкершілік туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      хабардармын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      [Тегі, аты, әкесінің аты (болған</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жағдайда), электрондық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      цифрлық қолтаңбасы]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="2717800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="2717800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өнеркәсіптік қауіпсіздік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы кәсіби авариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құтқару қызметтерін аттестаттау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидалары мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4681,51 +5887,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4794,51 +6000,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4866,92 +6072,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Электрондық үкіметтің" Веб-порталы www.egov.kz. (бұдан әрі – ортал)</w:t>
+"Электрондық үкіметтің" Веб-порталы www.egov.kz. (бұдан әрі – портал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5020,51 +6226,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5133,51 +6339,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5205,92 +6411,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өнеркәсіптік қауіпсіздік саласында авариялық-құтқару жұмыстарын жүргізу құқығына куәлік (бұдан әрі - Куәлік) немесе дәлелді бас тарту</w:t>
+Өнеркәсіптік қауіпсіздік саласында авариялық-құтқару жұмыстарын жүргізу құқығына аттестат (бұдан әрі - Аттестат) немесе дәлелді бас тарту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5359,51 +6565,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5431,132 +6637,112 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Қазақстан Республикасының Еңбек </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден жұмаға дейін сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін. Жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (көрсетілетін қызметті тұтынушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде Кодекске сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5601,50 +6787,390 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Аттестаттау кезінде тау-кен құтқару жұмыстарына:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Құтқарушыларды аттестаттау және қайта аттестаттау қағидаларын бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2018 жылғы 11 шілдедегі № 507 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17233 болып тіркелген) сәйкес өнеркәсіптік қауіпсіздік саласындағы кәсіптік авариялық-құтқару қызметіне жұмысқа ресімделген, оның ішінде "құтқарушы" мәртебесін берген жұмыскерлер мен мамандар туралы мәліметтер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерінің жеке құрамына қойылатын талаптарды және олардың штат санын есептеу нормативтерін, оларды жарақтандыру нормаларын бекіту туралы" Қазақстан Республикасы Төтенше жағдайлар министрінің 2021 жылғы 27 шілдедегі № 360 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23812 болып тіркелген) сәйкес өнеркәсіптік қауіпсіздік саласындағы кәсіптік авариялық-құтқару қызметтерін жарақтандыру нормалары көрсетілген мәліметтерді қамтитын электрондық құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Авариялық-құтқару қызметтері мен құралымдарына қойылатын біліктілік талаптарын бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 15 қаңтардағы № 21 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10261 болып тіркелген) сәйкес тәулік бойы кезекшілік өткеруді, бос ауысымның демалысын, байланыс (телефон, факсимильдік, радиобайланыс), жеке құрамды құлақтандыру жүйесін қамтамасыз ететін үй-жайлар мен жабдықтардың, сондай-ақ авариялық-құтқару қызметінің орналасу схемасына сәйкес мүлікке және материалдық құралдардың белгіленген қорларына арналған үй-жайлардың (авариялық-құтқару құралдары, жабдықтар мен керек-жарақтар, тыныс-тіршілікті қамтамасыз ету құралдары, нысанды киім-кешек) бар екендігі туралы мәліметтерді қамтитын электрондық құжат.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Аттестаттау кезінде газдан құтқару жұмыстарына:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Құтқарушыларды аттестаттау және қайта аттестаттау қағидаларын бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2018 жылғы 11 шілдедегі № 507 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17233 болып тіркелген) сәйкес өнеркәсіптік қауіпсіздік саласындағы кәсіптік авариялық-құтқару қызметіне жұмысқа ресімделген, оның ішінде "құтқарушы" мәртебесін берген жұмыскерлер мен мамандар туралы мәліметтер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерінің жеке құрамына қойылатын талаптарды және олардың штат санын есептеу нормативтерін, оларды жарақтандыру нормаларын бекіту туралы" Қазақстан Республикасы Төтенше жағдайлар министрінің 2021 жылғы 27 шілдедегі № 360 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23812 болып тіркелген) сәйкес өнеркәсіптік қауіпсіздік саласындағы кәсіптік авариялық-құтқару қызметтерін жарақтандыру нормалары көрсетілген мәліметтерді қамтитын электрондық құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Авариялық-құтқару қызметтері мен құралымдарына қойылатын біліктілік талаптарын бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 15 қаңтардағы № 21 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10261 болып тіркелген) сәйкес тәулік бойы кезекшілік өткеруді, бос ауысымның демалысын, байланыс (телефон, факсимильдік, радиобайланыс), жеке құрамды құлақтандыру жүйесін қамтамасыз ететін үй-жайлар мен жабдықтардың, сондай-ақ авариялық-құтқару қызметінің орналасу схемасына сәйкес мүлікке және материалдық құралдардың белгіленген қорларына арналған үй-жайлардың (авариялық-құтқару құралдары, жабдықтар мен керек-жарақтар, тыныс-тіршілікті қамтамасыз ету құралдары, нысанды киім-кешек) бар екендігі туралы мәліметтерді қамтитын электрондық құжат.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Аттестаттау кезінде бұрқаққа қарсы жұмыстарына:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
 осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 "Құтқарушыларды аттестаттау және қайта аттестаттау қағидаларын бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2018 жылғы 11 шілдедегі № 507 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5717,350 +7243,50 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 "Авариялық-құтқару қызметтері мен құралымдарына қойылатын біліктілік талаптарын бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 15 қаңтардағы № 21 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10261 болып тіркелген) сәйкес тәулік бойы кезекшілік өткеруді, бос ауысымның демалысын, байланыс (телефон, факсимильдік, радиобайланыс), жеке құрамды құлақтандыру жүйесін қамтамасыз ететін үй-жайлар мен жабдықтардың, сондай-ақ авариялық-құтқару қызметінің орналасу схемасына сәйкес мүлікке және материалдық құралдардың белгіленген қорларына арналған үй-жайлардың (авариялық-құтқару құралдары, жабдықтар мен керек-жарақтар, тыныс-тіршілікті қамтамасыз ету құралдары, нысанды киім-кешек) бар екендігі туралы мәліметтерді қамтитын электрондық құжат.</w:t>
-            </w:r>
-[...298 lines deleted...]
-              <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10261 болып тіркелген) сәйкес тәулік бойы кезекшілік өткеруді, бос ауысымның демалысын, байланыс (телефон, факсимильдік, радиобайланыс), жеке құрамды құлақтандыру жүйесін қамтамасыз ететін үй-жайлар мен жабдықтардың, сондай-ақ авариялық-құтқару қызметінің орналасу схемасына сәйкес мүлікке және материалдық құралдардың белгіленген қорларына арналған үй-жайлардың (авариялық-құтқару құралдары, жабдықтар мен керек-жарақтар, тыныс-тіршілікті қамтамасыз ету құралдары, нысанды киім-кешек) бар екендігі туралы мәліметтерді қамтитын электрондық құжат. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке басты куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6075,51 +7301,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6165,51 +7391,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) көрсетілетін қызметті алушы мемлекеттік қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) жеткіліксіздікті анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) көрсетілетін қызметті берушінің аумақтық бөлімшесінің көрсетілетін қызметті алушының қойылатын "Авариялық-құтқару қызметтері мен құралымдарына қойылатын біліктілік талаптарын бекіту туралы" (Нормативтiк құқықтық актiлерді мемлекеттік тіркеу тізілімінде № 10261 болып тіркелген) Қазақстан Республикасы Заңының, Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 15 қаңтардағы № 21 </w:t>
+2) аумақтық департаменттің көрсетілетін қызметті алушының қойылатын "Авариялық-құтқару қызметтері мен құралымдарына қойылатын біліктілік талаптарын бекіту туралы" (Нормативтiк құқықтық актiлерді мемлекеттік тіркеу тізілімінде № 10261 болып тіркелген) Қазақстан Республикасы Заңының, Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 15 қаңтардағы № 21 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, "Құтқарушыларды аттестаттау және қайта аттестаттау қағидаларын бекіту туралы" (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17233 болып тіркелген) Қазақстан Республикасы Ішкі істер министрінің 2018 жылғы 11 шілдедегі № 507 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6225,51 +7451,51 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> және "Өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерінің жеке құрамына қойылатын талаптарды және олардың штат санын есептеу нормативтерін, оларды жарақтандыру нормаларын бекіту туралы" (Нормативтiк құқықтық актiлерді мемлекеттік тіркеу тізілімінде № 23812 болып тіркелген) Төтенше жағдайлар министрінің 2021 жылғы 27 шілдедегі № 360 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығының</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> талаптарына сәйкес еместігі туралы қорытындысы;</w:t>
+              <w:t xml:space="preserve"> талаптарына сәйкес еместігі туралы қорытындысы; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) көрсетілетін қызметті тұтынушыға қатысты мемлекеттік қызметті алуды талап ететін қызметке немесе қызметтің жекелеген түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) бар;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6340,51 +7566,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6472,172 +7698,211 @@
               <w:t>
 2) www.egov.kz. порталында.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефоны: "1414", +7 (800) 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...120 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Өнеркәсіптік қауіпсіздік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы кәсіби авариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құтқару қызметтерін аттестаттау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидалары" мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7674,1660 +8939,1778 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...224 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өнеркәсіптік қауіпсіздік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы кәсіби авариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құтқару қызметтерін аттестаттау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидалары мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымша жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-[Мемлекеттік органның атауы]</w:t>
+[Мемлекеттік органның</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1320800" cy="1206500"/>
+                  <wp:extent cx="1485900" cy="1473200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1320800" cy="1206500"/>
+                            <a:ext cx="1485900" cy="1473200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p>
-[...5 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-[Наименование государственного органа]</w:t>
+[Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государственного органа]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Мемлекеттік органның деректемелері]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Реквизиты государственного органа]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нөмірі: [Құжат нөмірі]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Заңды тұлғаның атауы]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтініш нөмірі: [Нөмірі]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-[Заңды тұлғаның деректемелері (мекенжайы, бизнес-сәйкестендіру нөмірі, телефоны)]</w:t>
+[Заңды тұлғаның деректемелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мекенжайы, бизнес-сәйкестендіру</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нөмірі, телефоны)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Берілген күні: [Күні]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p>
-[...170 lines deleted...]
-          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өнеркәсіптік қауіпсіздік саласында авариялық-құтқару жұмыстарын жүргізу құқығына АТТЕСТАТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      [Мемлекеттік органның атауы], "Азаматтық қорғау туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27-1-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, көрсетілетін қызметті берушінің аумақтық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      департаментінің қорытындысын ескере отырып</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аттестаттау түрін көрсету (бастапқы, мерзімді, кезектен тыс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аттестаттау және өнеркәсіптік қауіпсіздік саласында авариялық-құтқару жұмыстарын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүргізу құқығына мынадай жұмыс түрлеріне Аттестат берілді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (жұмыс түрін (лерін) көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ерекше шарттар: осы Аттестат қолданылу мерзімі – берілген күнінен бастап 5 жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+[Қол қоюшының лауазымы]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+[Тегі, аты, әкесінің аты (болған жағдайда),</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электрондық цифрлық қолтаңбасы]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="3073400"/>
+            <wp:extent cx="7810500" cy="2794000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="3073400"/>
+                      <a:ext cx="7810500" cy="2794000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>