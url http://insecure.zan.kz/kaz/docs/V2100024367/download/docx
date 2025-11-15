--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7b6c44f" w14:textId="7b6c44f">
+    <w:p w14:paraId="2fb5f7c" w14:textId="2fb5f7c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5124,88 +5124,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) пошта штемпелінің күні – пошта немесе өзге де байланыс ұйымы қойған пошта штемпелінің күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың 4), 5), 6), 7) тармақшаларын Декларацияны қағаз жеткізгіште қабылдаған мемлекеттік кірістер органының қызметкері толтырады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...36 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -30401,1028 +30363,1038 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және жеке тұлғалардың кірістері мен мүлкі туралы декларацияны (бұдан әрі – Декларация) жасау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
     <w:bookmarkStart w:name="z146" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Декларация жыл сайын, Салық </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Декларация жыл сайын, Салық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 633-бабына сәйкес активтер мен міндеттемелер туралы декларацияны ұсыну бойынша міндеттеме туындаған жылдан кейінгі келесі жылдан бастап, есепті салық кезеңінің 31 желтоқсанындағы жағдай бойынша ұсынылады.</w:t>
+        <w:t> 633-бабына сәйкес активтер мен міндеттемелер туралы декларацияны ұсыну бойынша міндеттеме туындаған жылдан кейінгі келесі жылдан бастап, есепті салық кезеңінің 31 желтоқсанындағы жағдай бойынша ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:p>
-[...88 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z188" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Декларацияны Қазақстан Республикасының азаматтары, резидент-жеке тұлғалар есепті салықтық кезең ішінде мынадай шарттардың біріне сәйкес келген кезде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z189" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасындағы сайлау туралы" Қазақстан Республикасының Конституциялық </w:t>
-[...535 lines deleted...]
-    </w:p>
+      1) "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес кірістер мен мүлік туралы декларацияны ұсыну жөніндегі міндет жүктелген адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z190" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) жеке табыс салығы бойынша асып кету сомасын, оның ішінде Салық кодексінің </w:t>
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Қазақстан Республикасындағы банктер және банк қызметі туралы"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Сақтандыру қызметі туралы"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Бағалы қағаздар рыногы туралы"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының заңдарына сәйкес инвестициялық портфельді басқаратын банктің, сақтандыру (қайта сақтандыру) ұйымының ірі қатысушылары, сондай-ақ олардың резидент-жұбайлары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z191" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) коммерциялық емес ұйымдардың құрылтайшыларын (қатысушыларын) қоспағанда, жарғылық капиталындағы үлестің (акционерлік қоғам акцияларының) 10 пайыздан астамын иеленетін заңды тұлғалардың басшылары, құрылтайшылары (қатысушылары), сондай-ақ олардың резидент-жұбайлары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z192" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жеке практикамен айналысатын адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z193" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) кәсіпкерлік қызметтен түскен кірістерді қоспағанда, есепті салықтық кезеңде жеке тұлғаның дербес салық салуына жататын кірісті алған жеке тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z194" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) есепті салықтық кезеңнің 31 желтоқсанындағы жағдай бойынша Қазақстан Республикасының шегінен тысқары жерде орналасқан шетелдік банктердің банк шоттарында жиынтығында айлық есептік көрсеткіштің (бұдан әрі – АЕК) 1 000 еселенген мөлшерінен асатын сомада ақшасы бар адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z195" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) есепті салықтық кезеңнің 31 желтоқсанындағы жағдай бойынша құқықтары және (немесе) мәмілелері шет мемлекеттің заңнамасына сәйкес шет мемлекеттің құзыретті органында мемлекеттік немесе өзге де тіркеуге жататын мүлкі бар адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z196" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) есепті салықтық кезеңнің 31 желтоқсанындағы жағдай бойынша меншігінде цифрлық активтері бар адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z197" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасында және (немесе) оның шегінен тыс жерлерде есепті салықтық кезең ішінде құны республикалық бюджет туралы заңда белгіленген және есепті салықтық кезеңнің 31 желтоқсанына қолданыста болатын АЕК-тің 20 000 еселенген мөлшерінен асатын мүлікті:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z198" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік немесе өзге де тіркеуге жататын жылжымайтын мүлікті, сондай-ақ құқықтары және (немесе) мәмілелері мемлекеттік немесе өзге де тіркеуге жататын мүлікті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z199" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік тіркеуге жататын механикалық көлік құралдары мен тіркемелерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z200" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды тұлғаның жарғылық капиталына қатысу үлесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z201" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағалы қағаздарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z202" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туынды қаржы құралдарын (орындалуы базалық активті сатып алу немесе өткізу жолымен жүргізілетін туынды қаржы құралдарын қоспағанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z203" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұрғын үй құрылысына қатысу үлесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z204" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инвестициялық алтынды сатып алған адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z205" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) салық агентіне өзге шегерімдердің алдын ала сомасы түрінде салықтық шегерімдерді қолдану туралы өтініш ұсынған адамдар ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z206" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың екінші бөлігінің 6), 7) және 8) тармақшаларының ережелері ағымдағы есепті кезеңде бір мезгілде осы Кодекстің 630-бабына сәйкес активтер мен міндеттемелер туралы декларацияны ұсыну жөніндегі міндет туындаған адамдарға қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z207" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бейрезиденттер болып табылатын шетелдіктер немесе азаматтығы жоқ адамдар мынадай шарттардың бірі болған:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z208" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) есепті салықтық кезеңде Қазақстан Республикасындағы көздерден жеке тұлға дербес салық салуға жататын кірістерді алған кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z209" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңдарына сәйкес кірістер мен мүлік туралы декларацияны тапсыру міндеті жүктелген адамдар болып табылса, кірістер мен мүлік туралы декларацияны тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Қаржы министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 624</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Декларация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z211" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дара кәсіпкердің кәсіпкерлік қызметтен түсетін, декларациялауға жататын кірістерін қоспағанда, жеке тұлға дербес салық салуға жататын кірістер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z212" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) салықтық шегерімдер; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z213" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мүлікті Қазақстан Республикасының шегінен тыс жерде алу және (немесе) иеліктен шығару, оның ішінде өтеусіз негізде алу және (немесе) иеліктен шығару;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z214" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) жеке табыс салығы (бұдан әрі – ЖТС) бойынша, оның ішінде осы Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>351-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> айқындалған салық шегерімі қолданылған кезде, жеке тұлғаның банк мекемелерінің Қазақстан Республикасында тұрғын үй сатып алуға алынған ипотекалық тұрғын үй қарыздары бойынша сыйақыны өтеуге арналған шығыстары туралы мәліметтерді ұсынуға келісімін көрсете отырып, есепке жатқызу және қайтару жөніндегі талаптар (бұдан әрі – ЖТС бойынша асып кетуді есепке жатқызу және қайтару жөніндегі талап).</w:t>
-[...91 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> айқындалған салықтық шегерім қолданылған жағдайда, Қазақстан Республикасында тұрғын үй сатып алуға алған ипотекалық тұрғын үй қарыздары бойынша сыйақыны өтеуге жеке тұлғаның шығыстары туралы мәліметтерді банк мекемелерінің беруіне жеке тұлғаның келісімін көрсете отырып, асып кету сомасын есепке жатқызу және қайтару жөніндегі талап (бұдан әрі – ЖТС бойынша асып кету сомасын есепке жатқызу және қайтару жөніндегі талап).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z215" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖТС бойынша асып кету сомасын есепке жатқызу және қайтару жөніндегі талап 2025 жылғы 1 қаңтардан бастап толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z216" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының шегінен тыс жерлердегі шетелдік банктердегі банктік шоттарда жиынтығында республикалық бюджет туралы заңда белгіленген және есепті салықтық кезеңнің 31 желтоқсанына қолданыста болатын АЕК-тің 1000 еселенген мөлшерінен асатын сомадағы ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z217" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) есепті салықтық кезеңнің 31 желтоқсанындағы жағдай бойынша жеке тұлғаның меншік құқығындағы қолда бар мүлік:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z218" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      шет мемлекеттің заңнамасына сәйкес шет мемлекеттің құзыретті органында мемлекеттік немесе өзге тіркеуге (есепке алуға) жататын не ол бойынша құқықтар және (немесе) мәмілелер мемлекеттік немесе өзге тіркеуге (есепке алуға) жататын мүлік; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z219" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эмитенттері Қазақстан Республикасының шегінен тыс жерде тіркелген бағалы қағаздар, цифрлық активтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z220" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       инвестициялық алтын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z221" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының шегінен тыс жерлерде тіркелген заңды тұлғаның жарғылық капиталына қатысу үлесі;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...127 lines deleted...]
-    <w:bookmarkStart w:name="z148" w:id="139"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z222" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының шегінен тыс жерлерде осы Кодекстің 634-бабының 6-тармағында көрсетілген, басқа тұлғалардың жеке тұлға алдындағы берешегі (дебиторлық берешегі) және (немесе) жеке тұлғаның басқа тұлғалар алдындағы берешегі (кредиторлық берешегі) туралы ақпаратты жеке тұлғалардың көрсетуіне арналған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қаржы министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 624</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қағаз тасымалдағышта жасалған Декларацияға жеке тұлға не Қазақстан Республикасының азаматтық заңнамасына сәйкес берілген, өкілдің тиісті өкілеттіктері көрсетілетін, нотариат растаған немесе оған теңестірілген сенімхат негізінде әрекет ететін оның өкілі қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық тасымалдағышта жасалған Декларация:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31433,128 +31405,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке тұлғаның электрондық цифрлық қолтаңбасы арқылы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бір реттік парольді пайдалана отырып куәландырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="140"/>
+    <w:bookmarkStart w:name="z149" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Декларация Салық кодексінің 208-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ескере отырып, қағаз тасымалдағышта келу тәртібінде ұсынған кезде екі данада жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z150" w:id="141"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z150" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Жеке тұлғаның кірістері мен мүлкі туралы декларацияны жасау тәртібі 1-параграф. Жеке тұлғаның кірістері мен мүлкі туралы декларацияны жасау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z151" w:id="142"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z151" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Салық төлеуші туралы жалпы ақпарат" деген А бөлімінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-жолда – жеке тұлғаның жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31949,90 +31921,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құрылған банктер мен банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың берешегін қоспағанда);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8G жолында – бақыланатын шетелдік компанияның (бұдан әрі - БШК) қаржылық пайдасының болуы туралы мәліметтер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="143"/>
+    <w:bookmarkStart w:name="z152" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Салық төлеушінің мәліметтерді ашуға келісімі" деген В бөлімде салық төлеуші банк мекемелерінің жеке тұлғаның Қазақстан Республикасында тұрғын үй сатып алуға алынған ипотекалық тұрғын үй қарыздары бойынша сыйақыны өтеуге жұмсаған шығыстары туралы мәліметтерді беруге келісімін береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z153" w:id="144"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z153" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Салық төлеушінің жауапкершілігі" деген C бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Салық төлеушінің/заңды өкілінің тегі, аты, әкесінің аты (болған кезде)" деген ашық жолда – жеке басын куәландыратын құжаттарға сәйкес салық төлеушінің/заңды немесе уәкілеттік берілген өкілдің тегі, аты, әкесінің аты (болған кезде);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32189,108 +32161,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) пошта штемпелінің күні – пошта немесе өзге де байланыс ұйымы қойған пошта штемпелінің күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың 4), 5), 6) және 7) тармақшаларын Декларацияны қағаз тасымалдағышта қабылдаған мемлекеттік кірістер органының қызметкері толтырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="145"/>
+    <w:bookmarkStart w:name="z154" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Жеке тұлғаның кірістері мен мүлкі туралы декларацияға 270.01-нысанын (1-қосымша) жасау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z155" w:id="146"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z155" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Жеке тұлғаның дербес салық салуға жататын кірісі туралы мәліметтер" деген 1-қосымша егер Декларацияда 8А жолы белгіленсе толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z156" w:id="147"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z156" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Жалпы ақпарат" деген А бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-жолда – жеке тұлғаның сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32301,70 +32273,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 2-жолда – араб сандарымен Декларация табыс етілетін салық кезеңі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Декларацияны табыс ету үшін салық кезеңі күнтізбелік жыл болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="148"/>
+    <w:bookmarkStart w:name="z157" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Жеке тұлғаның дербес салық салуға жататын күнтізбелік жылдағы кірісі" деген В бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) А жолында Қазақстан Республикасында және одан тыс жерлерден алған мүліктік кірістің, оның ішінде Қазақстан Республикасының шегінен тыс жерлерде орналасқан мүлікті өткізуден түскен кірістің сомалары көрсетіледі. Бұл жол А1, А2, А3, А4, А5 жолдарының қосындысы ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33479,148 +33451,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) K жолында H, I және J (H жолы – I жолы – J жолы) жолының айырмасы ретінде айқындалатын, мүліктік және басқа да кіріс бойынша салық кезеңі үшін төленуге жататын ЖТС сомасы көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) "Жеке тұлғалардың тұрғылықты жері бойынша аудандық маңызы бар қаланың, ауылдың, кент және ауылдық округ әкімі аппараттың БСН" деген жолда тұлғаның тұрғылықты жері бойынша аудандық маңызы бар қаланың, ауылдың, кент, ауылдық округ әкімі аппаратының бизнес-сәйкестендіру нөмірі (бұдан әрі – БСН) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="149"/>
+    <w:bookmarkStart w:name="z158" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Жеке тұлғаның кірістері мен мүлкі туралы декларацияға 270.02-нысанын (2-қосымша) жасау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z159" w:id="150"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z159" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. 2-қосымша "ЖТС бойынша асып кетуді есепке жатқызу және қайтару жөніндегі талап" 2025 жылдың 1 қаңтарынан бастап толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z160" w:id="151"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z160" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. 2-қосымша Декларацияда 8В жолы белгіленсе ЖТС бойынша асып кетуді есепке жатқызу және қайтару жөніндегі талап толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z161" w:id="152"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z161" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "ЖТС бойынша асып кетуді есепке жатқызу туралы талап" деген В бөлімінде салық төлеуші ЖТС бойынша асып кетуді есепке жатқызуды қабылдауды талап еткен асып кету сомасы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z162" w:id="153"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z162" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. "ЖТС бойынша асып кетуді есепке жатқызу туралы талап сомасы" деген жолда есепке жатқызу үшін ЖТС асып кетуінің жалпы сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Салық берешегі бойынша" деген 1-жолда:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33739,70 +33711,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Салық сомасы" деген ұяшықта есепке жатқызатын салықтың сомасы көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "МКО коды" деген ұяшықта аудандық маңызы бар қала, ауыл, кент, ауылдық округ, облыстық маңызы бар қаланың, республикалық маңызы бар қала аудандарының МКО-ның коды көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="154"/>
+    <w:bookmarkStart w:name="z163" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. "ЖТС бойынша асып кетуді қайтару туралы талап" деген С бөлімде ЖТС-тің асып кетуін қайтаруға ниет білдірген салық төлеуші:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Салық берешегін өтегеннен және алдағы төлемдер есебіне енгізгеннен кейінгі ЖТС сомасын банк шотыма қайтаруды сұраймын" деген ұяшықта банк шотына қайтару үшін ЖТС сомасын көрсетеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33813,108 +33785,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Бенефициар банктің ЖСК (шот нөмірі)" деген ұяшықта ЖТС бойынша асып кету сомасын аудару үшін қажет бенефициар банктің ЖСК-сын және банк шотының нөмірін көрсетеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Банк коды (банктің сәйкестендіру коды)" деген ұяшықта ЖТС бойынша асып кету сомасын банк шотына аудару үшін қажет банктің сәйкестендіру кодын көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="155"/>
+    <w:bookmarkStart w:name="z164" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. Жеке тұлғаның кірістері мен мүлкі туралы декларацияға 270.03-нысанын (3-қосымша) жасау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z165" w:id="156"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z165" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Егер Декларацияда 8C жолы белгіленсе, "Жеке практикамен айналысатын адамның кірісі туралы мәліметтер" 3-қосымша толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z166" w:id="157"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z166" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. "Жалпы ақпарат" деген А бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-жолда – жеке тұлғаның жеке сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33925,70 +33897,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 2-жолда – Декларация табыс етілетін салық кезеңі араб цифрымен көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күнтізбелік жыл Декларацияны табыс ету үшін салық кезеңі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="158"/>
+    <w:bookmarkStart w:name="z167" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. "Жекеше нотариустың, сот орындаушысының, адвокаттың, кәсіби медиатордың толтырады" деген В бөлімде салық төлеуші есепті кезеңде олар болған кезде мынадай деректерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) А бағанында – кіріс алынған кезеңді (ай);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34035,146 +34007,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "Жеке практикамен айналысатын адамның орналасқан жері бойынша аудандық маңызы бар қаланың, ауылдың, кент және ауылдық округ әкімі аппаратының БСН" деген бағанда тұлғаның орналасқан жері бойынша аудандық маңызы бар қаланың, ауылдың, кент, ауылдық округ әкімі аппаратының бизнес-сәйкестендіру нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) "Жеке практикамен айналысатын адамның орналасқан тұратын жері бойынша облыстық маңызы бар қаланың, республикалық маңызы бар қала аудандарының МКО коды" деген бағанда жеке практикамен айналысатын адамның тұрғылықты тұратын жері бойынша облыстық маңызы бар қаланың, республикалық маңызы бар қала аудандарының мемлекеттік кірістер органдарының коды көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="159"/>
+    <w:bookmarkStart w:name="z168" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-параграф. Жеке тұлғаның кірістері мен мүлкі туралы декларацияға 270.04-нысанын (4-қосымша) жасау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z169" w:id="160"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z169" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Егер Декларацияда 8D жолы белгіленсе, "Қазақстан Республикасынан тыс жерлердегі мүлік туралы мәліметтер" 4-қосымша толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасынан тыс жерлердегі мүлік туралы мәлімет" деген 4-қосымшаны Сыбайлас жемқорлыққа қарсы күрес туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес осы декларацияны тапсыру бойынша міндет жүктелген тұлғалар толтырмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="161"/>
+    <w:bookmarkStart w:name="z170" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. "Жалпы ақпарат" деген А бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-жолда – жеке тұлғаның жеке сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34185,70 +34157,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 2-жолда –Декларация табыс етілетін салық кезеңі араб цифрымен көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күнтізбелік жыл Декларацияны табыс ету үшін салық кезеңі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="162"/>
+    <w:bookmarkStart w:name="z171" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. "Қазақстан Республикасынан тыс жерлерде сатып алынған және (немесе) иеліктен шығарылған және (немесе) өтеусіз алынған мүлік туралы мәлімет" деген В бөлімде салық төлеуші есепті кезеңде олар болған кезде мынадай деректерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       А бағанында – толтырылатын жолдың реттік нөмірін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34457,70 +34429,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       I бағанында – № 378 КОК шешімімен бекітілген "Валюталар жіктеуіші" 23-қосымшасында белгіленген үш таңбалы әріптік кодтауға сәйкес көрсетілетін валюта коды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       J бағанында – мүліктің құнын (бағасын) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z172" w:id="163"/>
+    <w:bookmarkStart w:name="z172" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. "Есепті салық кезеңінің 31 желтоқсандағы жағдай бойынша Қазақстан Республикасының шегінен тыс жерлердегі шетел банктеріндегі банктік шоттарда, жиынтығында 1000 АЕК-ден асатын сомадағы ақша туралы мәліметтер" деген С бөлімде cалық төлеуші мынадай деректерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       А бағанында – толтырылатын жолдың реттік нөмірін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34585,70 +34557,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Е бағанында – № 378 КОК шешімімен бекітілген "Валюталар жіктеуіші" 23-қосымшасында белгіленген үш таңбалы әріптік кодтауға сәйкес көрсетілетін валюта кодын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       F бағанында – жиынтығында АЕК-тің мың еселенген мөлшерінен асатын сомада Қазақстан Республикасының шегінен тыс жерлердегі шетелдік банктердегі банктік шоттардағы ақшаны көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z173" w:id="164"/>
+    <w:bookmarkStart w:name="z173" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. "Есепті салықтық кезеңнің 31 желтоқсанына Қазақстан Республикасының шегінен тыс жерлерде дебиторлық/кредиторлық берешектің болуы туралы мәліметтер" деген D бөлімде егер шарт немесе міндеттеменің немесе талаптың туындауына негіз болып табылатын, нотариат куәландырған (растаған) өзге құжат болған кезде Декларацияны табыс ететін жеке тұлғаның алдындағы басқа тұлғалардың берешегі (дебиторлық берешек) және (немесе) Декларацияны табыс ететін жеке тұлғаның басқа тұлғалар алдындағы берешегі (кредиторлық берешек) болған кезде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті күнге осы тармақтың бірінші бөлігінде көрсетілген құжаттар болған жағдайда салық төлеуші мынадай деректерді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34749,70 +34721,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       F бағанында – шартқа сәйкес қайтару мерзімі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       G бағанында – нотариаттық іс-әрекеттерді жүргізген нотариус лицензиясының немесе сот шешімінің нөмірі мен күні.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="165"/>
+    <w:bookmarkStart w:name="z174" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. "Есепті салықтық кезеңнің 31 желтоқсанына Қазақстан Республикасының шегінен тыс жерлерде мүлiк пен активтердің болуы туралы мәліметтер" деген Е бөлімде салық төлеуші есепті күнге олар болған кезде мынадай деректерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       А бағанында – толтырылатын жолдың реттік нөмірін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34931,204 +34903,246 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       D бағанында – мүлікті тіркеу елінің кодын көрсетеді. Елдің коды № 378 КОК шешімімен бекітілген "Әлем елдерінің жіктеуіші" 22-қосымшасында белгіленген екі таңбалы әріптік кодтауға сәйкес көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       E бағанында – мүлікті тіркеу мекенжайын көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="166"/>
+    <w:bookmarkStart w:name="z175" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-параграф. Жеке тұлғаның кірістері мен мүлкі туралы декларацияға 270.05-нысанын (5-қосымша) жасау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z177" w:id="168"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z176" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Егер Декларацияда 8E жолы белгіленсе "Мүлікті сатып алу (алу) және (немесе) иеліктен шығару туралы және мүлік сатып алуға арналған шығыстарды жабу көздері туралы мәліметтер" 5-қосымшаны осы Қағидалардың 2-тармағының 1), 2), 3) және 9) тармақшаларында көзделген адамдар толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Қаржы министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 624</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z177" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. "Жалпы ақпарат" деген А бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-жолда – жеке тұлғаның жеке сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 2-жолда – Декларация табыс етілетін салық кезеңі араб цифрымен көрсетіледі. Күнтізбелік жыл Декларацияны табыс ету үшін салық кезеңі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="169"/>
+    <w:bookmarkStart w:name="z178" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. "Мүлікті сатып алу (алу) (оның ішінде ақша) туралы және мүлік сатып алуға арналған шығыстарды жабу көздері туралы мәліметтер" деген В бөлімде Сыбайлас жемқорлыққа қарсы күрес туралы заңына </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жеке тұлғалардың декларациясын тапсыру міндеті жүктелген тұлғалар есепті кезеңде олар болған кезде, мынадай деректерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       01 жолында – сатып алынған (алынған) мүлік (оның ішінде ақша) туралы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -35427,90 +35441,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Валюта коды № 378 КОК шешімімен бекітілген "Валюталар жіктеуіші" 23-қосымшасында белгіленген үш таңбалы әріптік кодтауға сәйкес көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) М бағанында – мүлікті сатып алуға арналған шығыстарды жабуға арналған кіріс көзінің сомасын көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z179" w:id="170"/>
+    <w:bookmarkStart w:name="z179" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. "Есепті салық кезеңі ішінде мүлікті, оның ішінде Қазақстан Республикасынан тыс жердегі мүлікті иеліктен шығару туралы мәліметтер" (Сыбайлас жемқорлыққа қарсы күрес туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес осы декларацияны тапсыру міндеті жүктелген тұлғалар ғана толтырады) деген С бөлімінде салық төлеуші салық кезеңінде болған кезде мынадай деректерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) А бағанында – толтырылатын жолдың реттік нөмірін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -35629,108 +35643,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Н бағанында – сатып алушының/алушының атауы ЖСН/БСН;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) І бағанында – өткізілген мүліктің теңгедегі құнын (бағасын) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z180" w:id="171"/>
+    <w:bookmarkStart w:name="z180" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-параграф. Жеке тұлғаның кірістері мен мүлкі туралы декларацияға 270.06-нысанын (6-қосымша) жасау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z181" w:id="172"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z181" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Егер Декларацияда 8 F жолы белгіленсе "Дебиторлық/кредиторлық берешек туралы мәліметтер" 6-қосымша толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z182" w:id="173"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z182" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. "Жалпы ақпарат" деген А бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-жолда – жеке тұлғаның жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -35741,51 +35755,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 2-жолда –Декларация табыс етілетін салық кезеңі араб цифрымен көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күнтізбелік жыл Декларацияны табыс ету үшін салық кезеңі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="174"/>
+    <w:bookmarkStart w:name="z183" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Есепті салық кезеңінің 31 желтоқсанындағы жағдай бойынша Қазақстан Республикасының аумағындағы дебиторлық/кредиторлық берешектің болуы туралы мәліметтер (Банк қызметі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35800,51 +35814,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құрылған банктер мен банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың берешегін қоспағанда) деген В бөлімінде шарт немесе міндеттеменің немесе талаптың туындауына негіз болып табылатын, нотариат куәландырған (растаған) өзге құжат болған кезде Декларацияны табыс ететін жеке тұлғаның алдындағы басқа тұлғалардың берешегін (дебиторлық берешек) және (немесе) Банк қызметі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құрылған банктер мен банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға берешекті қоспағанда, Декларацияны табыс ететін жеке тұлғаның басқа тұлғалар алдындағы берешегі (кредиторлық берешек) болған кезде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салық төлеуші есепті күні олар болған кезде мынадай деректерді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -35963,88 +35977,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       F бағанында – шартқа сәйкес қайтару мерзімін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       G бағанында – нотариаттық іс-әрекеттерді жүргізген нотариус лицензиясының немесе сот шешімінің нөмірі мен күні көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="175"/>
+    <w:bookmarkStart w:name="z184" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-параграф. Жеке тұлғаның кірістері мен мүлкі туралы декларацияға 270.07-нысанын (7-қосымша) жасау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z185" w:id="176"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z185" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Егер Декларацияда 8 G жолы белгіленсе "Бақыланатын шетелдік компанияның (БШК) қаржылық пайдасы" 7-қосымша толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл нысан БШК қаржылық пайдасының немесе БШК ТМ қаржылық пайдасының, есепке жатқызылуы тиіс БШК қаржылық пайдасынан немесе БШК ТМ қаржылық пайдасынан пайдаға салынатын салықтың, БШК кірісінен төлем көзінен ұсталған КТС-тың немесе Қазақстан Республикасындағы көздерден алынған, БШК-ның салық салынатын кірісінен төленген КТС-тың сомалары туралы ақпаратты көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36077,70 +36091,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған растайтын құжаттары болған кезде, осы қосымшада Салық кодексінің 340-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасында салық салудан босатылуы тиіс БШК қаржылық пайдасы немесе БШК ТМ қаржылық пайдасы көрсетілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="177"/>
+    <w:bookmarkStart w:name="z186" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. А бөлімінде "Жалпы ақпарат":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-жолда – жеке тұлғаның жеке сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36932,55 +36946,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>