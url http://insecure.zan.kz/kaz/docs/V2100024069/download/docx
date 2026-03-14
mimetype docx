--- v0 (2025-11-26)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b57eb77" w14:textId="b57eb77">
+    <w:p w14:paraId="41211d5" w14:textId="41211d5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1050,51 +1050,69 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) әлеуметтік медициналық сақтандыру қоры (бұдан әрі – ӘлМСҚ) – аударымдар мен жарналарды шоғырландыруды жүргізетін, сондай-ақ медициналық көмек көрсететін денсаулық сақтау субъектілерінің көрсетілетін қызметтерін медициналық көрсетілетін қызметтерді сатып алу шартында көзделген көлемдерде және талаптарда сатып алуды және оларға ақы төлеуді және Қазақстан Республикасының заңдарында айқындалған өзге де функцияларды жүзеге асыратын коммерциялық емес ұйым;</w:t>
+      1) амбулаториялық дәрілік қамтамасыз етуді есепке алу ақпараттық жүйесі (бұдан әрі – ДҚАЖ) –– тегін медициналық көмектің кепілдік берілген көлемі және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде рецепттер жазып беруді, фармацевтикалық көрсетілетін қызметтің өнім берушісінің тауарды босатуын немесе дәрілік заттар мен медициналық бұйымдарды есепке алу және өткізу жөніндегі көрсетілетін қызметті есепке алуды автоматтандыруға арналған денсаулық сақтау саласындағы уәкілетті орган айқындайтын ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) әлеуметтік медициналық сақтандыру қоры (бұдан әрі - Қор) – аударымдар мен жарналарды шоғырландыруды жүргізетін, сондай-ақ медициналық көмек көрсететін денсаулық сақтау субъектілерінің көрсетілетін қызметтерін медициналық көрсетілетін қызметтерді сатып алу шартында көзделген көлемдерде және талаптарда сатып алуды және оларға ақы төлеуді және Қазақстан Республикасының заңдарында айқындалған өзге де функцияларды жүзеге асыратын коммерциялық емес ұйым;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) белгілі бір аурулары (жай–күйлері) бар Қазақстан Республикасы азаматтарының жекелеген санаттарын тегін және (немесе) жеңілдікпен амбулаториялық қамтамасыз етуге арналған дәрілік заттар мен медициналық бұйымдардың тізбесі – белгілі бір аурулары (жай–күйлері) бар Қазақстан Республикасының азаматтарының жекелеген санаттары бөлінісінде дәрілік заттардың, медициналық бұйымдар мен арнайы емдік өнімдердің атаулары мен сипаттамаларын қамтитын амбулаториялық жағдайларда медициналық-санитариялық алғашқы көмек және мамандандырылған медициналық көмек көрсету кезінде тегін медициналық көмектің кепілдік берілген көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде бюджет қаражаты және (немесе) әлеуметтік медициналық сақтандыру қорының активтері есебінен сатып алынатын дәрілік заттардың, медициналық бұйымдар мен арнайы емдік өнімдердің тізбесі, (бұдан әрі – Тізбе); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1406,51 +1424,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің м.а. 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z34" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2483,54 +2521,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Онкологиялық аурулары бар пациенттерді таргеттік препараттармен қамтамасыз етуді онкологиялық көмек көрсететін медициналық ұйымдар жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z61" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Инъекциялық (инфузиялық) дәрілік нысандағы иммунологиялық (иммундық–биологиялық) дәрілік заттармен қамтамасыз ету медициналық-санитариялық алғашқы көмек немесе медицина қызметкерінің бақылауымен амбулаториялық немесе стационарды алмастыратын жағдайларда мамандандырылған медициналық көмек көрсететін медициналық ұйымдардың емшара кабинеттері немесе амбулаториялық химиотерапия кабинеттері арқылы жүзеге асырылады. Препаратты ашу пациенттің көзінше жүзеге асырылады, уәкілетті органның тиісті ақпараттық жүйесінде ол туралы, оның ішінде препараттың сериясы мен жарамдылық мерзімі туралы жазба жүргізіледі және пациентке дәрілік препаратты алғаны туралы растау үшін СМС-хабарлама жіберіледі.</w:t>
+      16. Иммунологиялық (иммундық-биологиялық) дәрілік препараттарды инфузиялық дәрілік нысандағы дәрілік заттармен қоса алғанда қамтамасыз ету медицина қызметкерінің бақылауымен амбулаториялық немесе стационарды алмастыратын жағдайларда мамандандырылған медициналық көмек көрсететін медициналық ұйымдардың емшара кабинеттері немесе амбулаториялық химиотерапия кабинеттері арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z62" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Буллезді эпидермолизді емдеу үшін көрсетілімі бар антисептикалық және дезинфекциялық препараттармен қамтамасыз ету медициналық–санитариялық алғашқы көмек қызметтерінің кешенін және амбулаториялық жағдайларда мамандандырылған медициналық көмек көрсету шеңберінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z63" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2625,74 +2725,198 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z65" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. ТМККК шеңберінде және (немесе) МӘМС жүйесінде амбулаториялық жағдайларда дәрілік заттармен және медициналық мақсаттағы бұйымдармен қамтамасыз ету Қазақстан Республикасының аумағында тұрақты тұратын азаматтарды, қандастарды, босқындарды, шетелдіктерді және азаматтығы жоқ адамдарды бекітілген медициналық ұйымдар арқылы және сот үкімі бойынша жазасын бас бостандығынан айыру орындарында өтеп жүрген, ұсталғандар, күзетпен ұсталғандар және диспансерлік есепте тұрған арнайы мекемелерге орналастырылғандарды жазасын өтеу орны бойынша жүзеге асырылады.</w:t>
+      20. Динамикалық байқауға жататын Қазақстан Республикасының азаматтары, қандастар, босқындар, Қазақстан Республикасының аумағында тұрақты тұратын шетелдіктер мен азаматтығы жоқ адамдар және қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдар медициналық ұйымдарға бекітілу арқылы ТМККК шеңберінде және (немесе) МӘМС жүйесінде амбулаториялық жағдайларда дәрілік заттармен және медициналық бұйымдармен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z66" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Амбулаториялық жағдайларда медициналық–санитариялық алғашқы көмек және мамандандырылған медициналық көмек көрсететін медициналық ұйымдар пациенттер үшін көрнекі ақпарат орындарында және медициналық ұйымның интернет-ресурсында белгілі бір аурулары (жай–күйлері) бар Қазақстан Республикасы азаматтарының жекелеген санаттарын тегін және (немесе) жеңілдікпен амбулаториялық қамтамасыз етуге арналған дәрілік заттар мен медициналық бұйымдардың тізбесін, сондай-ақ амбулаториялық дәрі-дәрмекпен қамтамасыз етуді жүзеге асыратын медициналық ұйымдардың мекенжайларын және дәрілік заттарды қолдану жөнінде ақпарат алу үшін 8-800-080-88-87 тегін телефон желісінің нөмірін орналастырылады.</w:t>
+      21. Амбулаториялық жағдайларда медициналық–санитариялық алғашқы көмек және мамандандырылған медициналық көмек көрсететін медициналық ұйымдар пациенттер үшін мемлекеттік және орыс тілдерінде Тізбені, сондай-ақ олар арқылы амбулаториялық дәрі-дәрмекпен қамтамасыз ету жүзеге асырылатын медициналық ұйымдардың және дәрілік заттар мен медициналық бұйымдардың айналысы саласындағы субъектілердің мекенжайларын көрнекі ақпарат орындарында және медициналық ұйымның интернет-ресурсында орналастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z67" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Белгілі бір аурулары (жай–күйлері) бар Қазақстан Республикасы азаматтарының жекелеген санаттарын тегін және (немесе) жеңілдікпен амбулаториялық қамтамасыз ету үшін облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды мемлекеттік басқарудың жергілікті органдарының ұсынуы бойынша жергілікті өкілді органдары дәрілік заттар мен медициналық бұйымдар тізбесіне енгізілмеген дәрілік заттармен, медициналық мақсаттағы бұйымдармен және мамандандырылған емдік өнімдермен қамтамасыз ету туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2847,268 +3071,356 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z68" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Амбулаториялық дәрі-дәрмекпен қамтамасыз ету үшін:</w:t>
+      23. Амбулаториялық дәрі-дәрмекпен қамтамасыз ету кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z137" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бірыңғай дистрибьютор дәрілік заттар мен медициналық бұйымдардың алдыңғы жылғы нақты тұтыну және қалдығын ескере отырып, дәрілік заттар мен медициналық бұйымдардың жөнелтуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z138" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) бірыңғай дистрибьютор осы Қағидалардың </w:t>
-[...57 lines deleted...]
-    </w:p>
+      2) медициналық-санитариялық алғашқы көмекті және мамандандырылған медициналық көмекті көрсететін медициналық ұйымдар "электрондық үкімет" мобильді қосымшасында "Әлеуметтік амиян" сервисі арқылы ұсынылған электрондық рецептті (QR-код арқылы) сканерлеумен рецепт жазып беруді және дәрілік заттар мен медициналық бұйымдарды беруді қамтамасыз етеді; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z139" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ДҚАЖ-ды пайдалана отырып, облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды мемлекеттік басқарудың жергілікті органдары, бірыңғай дистрибьютор, Қор дәрілік заттармен қамтамасыз ету мониторингін жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 12.03.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 19</w:t>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="34"/>
+    <w:bookmarkStart w:name="z140" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23-1. Бірлесіп төлеуді пайдалана отырып, пациенттерді дәрілік заттармен және медициналық бұйымдармен қамтамасыз ету тәртібі "Бірлесіп төлеуді жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасының Денсаулық сақтау министрінің 2021 жылғы 16 шілдедегі № ҚР ДСМ-61 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүзеге асырылады (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23589 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 23-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің м.а. 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Жедел медициналық жәрдем, сондай-ақ мамандандырылған көмек, оның ішінде стационарлық және стационарды алмастыратын жағдайларда, жоғары технологиялық медициналық қызметтер көрсету кезінде дәрілік заттармен және медициналық бұйымдармен қамтамасыз ету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z70" w:id="35"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z70" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Жедел медициналық жәрдем, стационарлық, стационарды алмастыратын жағдайларда медициналық көмек көрсету кезінде ТМККК шеңберінде және (немесе) МӘМС жүйесінде дәрілік заттармен қамтамасыз ету Қазақстан ұлттық дәрілік формулярының негізінде әзірленген Денсаулық сақтау ұйымдарының дәрілік формулярларына сәйкес, "Қазақстандық ұлттық дәрілік формулярды қалыптастыру қағидаларын, сондай-ақ денсаулық сақтау ұйымдарының дәрілік формулярларын әзірлеу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің м.а. 2020 жылғы 24 желтоқсандағы № ҚР ДСМ-326/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21913 болып тіркелген) Қазақстан ұлттық дәрілік формулярын қалыптастыру қағидаларына, сондай-ақ Денсаулық сақтау ұйымдарының дәрілік формулярларын әзірлеу қағидаларына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z134" w:id="36"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z134" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24-1. Қылмыстық-атқару (пенитенциарлық) жүйесінің мекемелерінде орналасқан медициналық ұйымдарда медициналық көмек көрсету кезінде дәрілік заттармен және медициналық бұйымдармен қамтамасыз ету осы Қағидаларға сәйкес қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3127,130 +3439,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="37"/>
+    <w:bookmarkStart w:name="z71" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Жедел медициналық жәрдем, оның ішінде медициналық авиацияны тарта отырып, көрсету кезінде дәрілік заттармен және медициналық мақсаттағы бұйымдармен қамтамасыз ету "Жедел медициналық жәрдем, оның ішінде медициналық авиацияны тарта отырып көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 30 қарашадағы № ҚР ДСМ-225/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21713 болып тіркелген) Жедел медициналық жәрдем, оның ішінде медициналық авиацияны тарта отырып, көрсету қағидаларына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z72" w:id="38"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z72" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Стационарлық және стационарды алмастыратын жағдайларда медициналық көмек көрсететін медициналық ұйымдарда дәрілік заттармен және медициналық мақсаттағы бұйымдармен қамтамасыз ету "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) (бұдан әрі – № ҚР ДСМ–175/2020 бұйрық) денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарына сәйкес нысан бойынша дәрігерлік тағайындаулар парағына енгізген дәрігердің тағайындауларына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәрілік заттың атауы тағайындау кезінде халықаралық патенттелмеген атаумен, аралас дәрілік препарат тағайындалған жағдайда оның құрамы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3325,70 +3637,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="39"/>
+    <w:bookmarkStart w:name="z73" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Жедел медициналық көмек, стационарлық, стационарды алмастыратын жағдайларда медициналық көмек көрсету үшін ТМККК, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) МӘМС жүйесінде дәрілік заттар мен медициналық бұйымдар келіп түскен кезде, медициналық ұйымның атауы, оның мекенжайы көрсетіле отырып, медициналық ұйымның мөртабанымен және "тегін" белгімен белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3407,70 +3719,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="40"/>
+    <w:bookmarkStart w:name="z74" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Жедел медициналық көмек, стационарлық, стационарды алмастыратын жағдайларда медициналық көмек көрсету үшін ТМККК, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) МӘМС жүйесінде дәрілік заттар мен медициналық бұйымдар медициналық құжаттамада және (немесе) дәрілік заттар мен медициналық бұйымдарды пайдалануды есепке алудың автоматтандырылған бағдарламаларында (медициналық ақпараттық жүйелерде) жиынтық және сандық түрде есепке алынуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәрілік заттар мен медициналық бұйымдарды ұтымды пайдалану (тағайындау), азаматтарды қамтамасыз ету деректерін талдау мақсатында облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды мемлекеттік басқарудың жергілікті органдары медициналық ақпараттық жүйелердің, оның ішінде дәрілік қамтамасыз ету жөніндегі жұмыстардың мониторингін және деректердің уақтылы енгізілуін және оның дәйектілігін қамтамасыз етуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3507,70 +3819,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="41"/>
+    <w:bookmarkStart w:name="z75" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. ТМККК, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) МӘМС жүйесінде және ақылы қызметтер көрсету үшін сатып алынатын дәрілік заттар мен медициналық бұйымдар бөлек сақталуға және есепке алынуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3589,110 +3901,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="42"/>
+    <w:bookmarkStart w:name="z76" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Жаңа туған нәрестелерге ана мен баланың дәрі қобдишасын беру босандыру ұйымдарынан шығару кезінде жүзеге асырылады. Ана мен баланың дәрі қобдишаларын беру туралы белгі № ҚР ДСМ–175/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарына сәйкес нысан бойынша жаңа туған нәрестенің даму тарихына енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z77" w:id="43"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z77" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Медициналық ұйымдарда сақталатын дәрілік заттар мен медициналық бұйымдарды түгендеу жылына кемінде бір рет жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3822,164 +4134,164 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Оң жақ жоғары бұрыштағы мәтін жаңа редакцияда - ҚР Денсаулық сақтау министрінің 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="44"/>
+    <w:bookmarkStart w:name="z79" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тегін медициналық көмектің кепілдік берілген көлемі, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде дәрілік заттар мен медициналық бұйымдарға қажеттілікті қалыптастыру қағидалары мен әдістемесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тақырыбы жаңа редакцияда - ҚР Денсаулық сақтау министрінің 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="45"/>
+    <w:bookmarkStart w:name="z80" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z81" w:id="46"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z81" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Тегін медициналық көмектің кепілдік берілген көлемі, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде дәрілік заттар мен медициналық бұйымдарға қажеттілікті қалыптастыру қағидалары мен әдістемесі (бұдан әрі – Қағидалар) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексі (бұдан әрі – Кодекс) 7-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>92) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және тегін медициналық көмектің кепілдік берілген көлемі, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде дәрілік заттар мен медициналық бұйымдарға қажеттілікті қалыптастыру тәртібі мен әдістемесін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3998,408 +4310,448 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="47"/>
+    <w:bookmarkStart w:name="z82" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z83" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) амбулаториялық дәрілік қамтамасыз етуді есепке алу ақпараттық жүйесі (бұдан әрі – ДҚАЖ) –– тегін медициналық көмектің кепілдік берілген көлемі және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде рецепттер жазып беруді, фармацевтикалық көрсетілетін қызметтің өнім берушісінің тауарды босатуын немесе дәрілік заттар мен медициналық бұйымдарды есепке алу және өткізу жөніндегі көрсетілетін қызметті есепке алуды автоматтандыруға арналған денсаулық сақтау саласындағы уәкілетті орган айқындайтын ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z141" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) әлеуметтік медициналық сақтандыру қоры (бұдан әрі - Қор) – аударымдар мен жарналарды шоғырландыруды жүргізетін, сондай-ақ медициналық көмек көрсететін денсаулық сақтау субъектілерінің көрсетілетін қызметтерін медициналық көрсетілетін қызметтерді сатып алу шартында көзделген көлемдерде және талаптарда сатып алуды және оларға ақы төлеуді және Қазақстан Республикасының заңдарында айқындалған өзге де функцияларды жүзеге асыратын коммерциялық емес ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z84" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) бірыңғай дистрибьютор – қызметін тегін медициналық көмектің кепілдік берілген көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде осы Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>247-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асыратын заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z85" w:id="50"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z85" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) белгілі бір аурулары (жай-күйлері) бар Қазақстан Республикасы азаматтарының жекелеген санаттарын тегін және (немесе) жеңілдікті амбулаториялық қамтамасыз етуге арналған дәрілік заттар мен медициналық бұйымдардың тізбесі (бұдан әрі – Тізбе) – белгілі бір аурулары (жай-күйлері) бар Қазақстан Республикасы азаматтарының жекелеген санаттары бөлінісінде дәрілік заттардың, медициналық бұйымдар мен арнайы емдік өнімдердің атаулары мен сипаттамаларын қамтитын, амбулаториялық жағдайларда медициналық-санитариялық алғашқы көмек және мамандандырылған медициналық көмек көрсету кезінде тегін медициналық көмектің кепілдік берілген көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде бюджет қаражаты және (немесе) әлеуметтік медициналық сақтандыру қорының активтері есебінен сатып алынатын дәрілік заттардың, медициналық бұйымдар мен арнайы емдік өнімдердің тізбесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z86" w:id="51"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z86" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) белгіленген тәуліктік доза – бұл негізгі көрсетілімдер бойынша қолданған кезде дәрілік заттың орташа тәуліктік дозасына сәйкес келетін, әрбір белсенді ингредиент пен дәрілік нысан үшін белгіленетін шама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z87" w:id="52"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z87" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) денсаулық сақтау ұйымының дәрiлiк формуляры – Қазақстандық ұлттық дәрілік формуляр негізінде қалыптастырылған және денсаулық сақтау ұйымының басшысы уәкілетті орган айқындайтын тәртіппен бекіткен, тегін медициналық көмектің кепілдік берілген көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде медициналық көмек көрсетуге арналған дәрілік заттардың тізбесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z88" w:id="53"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z88" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) денсаулық сақтау саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – Қазақстан Республикасы азаматтарының денсаулығын сақтау, медицина және фармацевтика ғылымы, медициналық және фармацевтикалық білім беру, халықтың санитариялық-эпидемиологиялық саламаттылығы, дәрілік заттар мен медициналық бұйымдардың айналысы, медициналық қызметтер (көмек) көрсетудің сапасы саласында басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z89" w:id="54"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z89" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстандық ұлттық дәрілік формуляр – клиникалық қауіпсіздігі мен тиімділігі дәлелденген дәрілік заттардың, сондай-ақ орфандық (сирек) дәрілік препараттардың тегін медициналық көмектің кепілдік берілген көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде медициналық ұйымдардың дәрілік формулярларын әзірлеу және дәрілік заттарды сатып алу тізімдерін қалыптастыру үшін міндетті негіз болып табылатын тізбесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z90" w:id="55"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z90" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) медициналық ұйым – негізгі қызметі медициналық көмек көрсету болып табылатын денсаулық сақтау ұйымы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z91" w:id="56"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z91" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) тегін медициналық көмектің кепілдік берілген көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде дәрілік заттың халықаралық патенттелмеген атауына немесе медициналық бұйымның техникалық сипаттамасына арналған шекті баға - тегін медициналық көмектің кепілдік берілген көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде сатып алуды одан жоғары бағамен жүргізуге болмайтын, дәрілік заттың халықаралық патенттелмеген атауына немесе медициналық бұйымның техникалық сипаттамасына арналған баға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 05.08.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгерістер енгізілді - ҚР Денсаулық сақтау министрінің 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="57"/>
+    <w:bookmarkStart w:name="z92" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Тегін медициналық көмектің кепілдік берілген көлемі, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде дәрілік заттар мен медициналық бұйымдарға қажеттілікті қалыптастыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы - ҚР Денсаулық сақтау министрінің 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="58"/>
+    <w:bookmarkStart w:name="z93" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тегін медициналық көмектің кепілдік берілген көлемі (бұдан әрі – ТМККК), қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде (бұдан әрі – МӘМС) дәрілік заттар мен медициналық бұйымдарға қажеттілікті медициналық ұйымдар қалыптастырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жедел медициналық көмек, сондай-ақ дәрілік формулярларға сәйкес стационарлық және стационарды алмастыратын жағдайларда мамандандырылған, оның ішінде жоғары технологиялық медициналық көмек көрсету кезінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4454,70 +4806,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="59"/>
+    <w:bookmarkStart w:name="z96" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. ТМККК, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) МӘМС жүйесінде дәрілік заттар мен медициналық бұйымдарға қажеттілік үш жылдық кезеңге қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4536,70 +4888,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="60"/>
+    <w:bookmarkStart w:name="z97" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. ТМККК, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) МӘМС жүйесінде дәрілік заттар мен медициналық бұйымдарға қажеттілікті қалыптастыру есебі осы Қағидалардың 3-тарауында көрсетілген ТМККК, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) МӘМС жүйесінде дәрілік заттар мен медициналық бұйымдарға қажеттілікті қалыптастыру әдістемесіне сәйкес мынадай мәліметтер ескеріле отырып, жүргізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өңірдегі сырқаттанушылық және (немесе) эпидемиологиялық ахуал серпінінің деректері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4726,126 +5078,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="61"/>
+    <w:bookmarkStart w:name="z103" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Стационарлық және стационарды алмастыратын жағдайларда медициналық көмек көрсету кезінде ТМККК, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) МӘМС жүйесінде дәрілік заттар мен медициналық бұйымдарға қажеттілікті қалыптастыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-параграфтың тақырыбы жаңа редакцияда - ҚР Денсаулық сақтау министрінің 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="62"/>
+    <w:bookmarkStart w:name="z104" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Медициналық ұйым ағымдағы қаржы жылының 1 наурызына дейін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) үш жылдық кезеңге Бірыңғай дистрибьютордан сатып алынатын дәрілік заттар мен медициналық бұйымдардың тізіміне (бұдан әрі – Бірыңғай дистрибьютордың тізімі) кіретін дәрілік заттар мен медициналық бұйымдардың;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4918,70 +5270,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="63"/>
+    <w:bookmarkStart w:name="z135" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-1. Қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражатының есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) МӘМС жүйесінде дәрілік заттар мен медициналық бұйымдарға қажеттілік облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды мемлекеттік басқарудың жергілікті органына келісу үшін жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды мемлекеттік басқарудың жергілікті органдары сырқаттанушылық және (немесе) эпидемиологиялық жағдай серпінінің деректері, алдыңғы жылға нақты тұтыну, статистикалық деректердің және науқастардың болжамды санының дәйектілігі негізінде дәрілік заттар мен медициналық бұйымдар көлемінің негізділігі тұрғысынан қажеттілікті қарайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5036,146 +5388,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="64"/>
+    <w:bookmarkStart w:name="z107" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Дәрілік заттар мен медициналық бұйымдардың қалыптасқан қажеттілігі медициналық ұйымның формулярлық комиссиясымен келісіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z108" w:id="65"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z108" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Амбулаториялық жағдайларда медициналық көмек көрсету кезінде тегін медициналық көмектің кепілдік берілген көлемі, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде дәрілік заттар мен медициналық бұйымдарға қажеттілікті қалыптастыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-параграфтың тақырыбы жаңа редакцияда - ҚР Денсаулық сақтау министрінің 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="66"/>
+    <w:bookmarkStart w:name="z109" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Медициналық ұйым ағымдағы қаржы жылының 15 наурызына дейінгі мерзімде үш жылдық кезеңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ТМККК шеңберінде және (немесе) МӘМС жүйесінде қажеттілікті қалыптастырады сатып алынатын дәрілік заттар мен медициналық бұйымдар тізіміне кіретін дәрілік заттар мен медициналық бұйымдарға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5230,706 +5582,750 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="67"/>
+    <w:bookmarkStart w:name="z112" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Дәрілік заттар мен медициналық бұйымдардың қалыптасқан қажеттілігі медициналық ұйымның формулярлық комиссиясымен келісіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z113" w:id="68"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z113" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Медициналық ұйым осы Қағидалардың 8-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген дәрілік заттар мен медициналық бұйымдарға қажеттілікті медициналық ұйымның уәкілетті лауазымды тұлғасы не оны алмастыратын тұлға қол қойған өтінім нысанында қалыптастырады және ТМККК қосымша көлемінің шеңберінде жергілікті бюджет қаражаты есебінен қаржыландыру үшін облыстардың, республикалық маңызы бар қалалардың, астананың денсаулық сақтауды басқарудың жергілікті органына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-[...57 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z114" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Осы Қағидалардың 8-тармағының 1) тармақшасында көрсетілген дәрілік заттар мен медициналық бұйымдарға қажеттілікті жинауды нозологияларын, атауларын, дәрілік заттардың әрбір дәрілік нысаны бойынша дозалары мен көлемдерін және медициналық бұйымдардың сипаттамасын, бір реттік дозасын, бір тәулікте қабылдау еселігін (бір айда қабылдау күнінің саны), бір курстың ұзақтығын (бір жыл ішіндегі курс санын), пациентке жылдық қажеттілікті, алдыңғы жылға жазып берілген және қамтамасыз етілген көлемді (бұдан әрі – Дербес қажеттілік) көрсете отырып, Қор ДҚАЖ-да дербес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 12.03.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - Денсаулық сақтау министрінің м.а. 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z142" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-1. Ағымдағы қаржы жылының 25 наурызына дейінгі мерзімде автоматты түрде ДҚАЖ-да қалыптастырылған Дербес қажеттілікке медициналық ұйымның уәкілетті лауазымды адамының не оны алмастыратын адамның электрондық цифрлық қолтаңбасымен қол қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 11-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің м.а. 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Ағымдағы қаржы жылының 1 сәуіріне дейінгі мерзімде өңірдің қалыптастырған Дербес қажеттілігін облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды мемлекеттік басқарудың жергілікті органдары келіседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Алып тасталды - ҚР Денсаулық сақтау министрінің м.а. 12.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Алып тасталды - ҚР Денсаулық сақтау министрінің м.а. 12.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. Алып тасталды - ҚР Денсаулық сақтау министрінің м.а. 12.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Алып тасталды - ҚР Денсаулық сақтау министрінің м.а. 12.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Қор ТМККК және Қор қаражаты бөлінісінде қолжетімділік (немесе жеткілікті болу) және қаржы ресурстарымен қамтамасыз ету мәніне облыс, республикалық маңызы бар қала, астана бойынша үш жылдық кезеңге дәрілік заттар мен медициналық бұйымдарға бірыңғай өтінімді қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z121" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Қор Қазақстан Республикасының Дербес қажеттілігі негізінде нозологияларды, дәрілік заттардың атауларын және медициналық бұйымдардың сипаттамаларын, пациенттердің санын көрсете отырып, өңірлер бөлінісінде үш жылдық кезеңге арналған бюджеттік өтінімнің жобасын қалыптастырады және уәкілетті органға, бірыңғай дистрибьюторға ағымдағы қаржы жылының 15 сәуірінен кешіктірмей жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 12.03.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 19</w:t>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...255 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Тегін медициналық көмектің кепілдік берілген көлемі, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде ұсталатын адамдарға бюджет қаражаты есебінен медициналық көмектің қосымша көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде дәрілік заттар мен медициналық бұйымдарға қажеттілікті қалыптастыру әдістемесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Денсаулық сақтау министрінің 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізілетін қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторларында ұсталатын адамдарға медициналық көмек көрсететін адамдарға қатысты нормаларды қоспағанда, оны алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="74"/>
+    <w:bookmarkStart w:name="z123" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Пациенттің дәрілік заттар мен медициналық бұйымдарға жылдық қажеттілігін есептеу мыналар ескеріле отырып жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тәуліктік доза;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6002,70 +6398,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z126" w:id="75"/>
+    <w:bookmarkStart w:name="z126" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Амбулаториялық жағдайда пациентке дәрілік заттар мен медициналық бұйымдарға жылдық қажеттілікті есептеу үшін мынадай формулалар қолданылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бір пациентке жылдық қажеттілікті есептеу = тәуліктік доза * бір курстың ұзақтығы * жылына қабылдау ұзақтығы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6156,70 +6552,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="76"/>
+    <w:bookmarkStart w:name="z143" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1. Қор уәкілетті органға белгіленген лимит пен медициналық ұйымдар бөлінісінде мынадай формула бойынша есептелген Дербес қажеттіліктің арасындағы алшақтықтардың талдауын жібереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медициналық ұйымдар бойынша келесі қаржы жылына белгіленген лимит =медициналық ұйымдардың ағымдағы қаржы жылындағы нақты тұтыну үлесі*келесі қаржы жылына арналған республиканың белгіленген лимиті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ағымдағы қаржы жылындағы медициналық ұйымдардың нақты тұтыну үлесі=ағымдағы қаржы жылындағы медициналық ұйымдардың нақты тұтыну сомасы/ағымдағы қаржы жылындағы республиканың нақты тұтынуының жалпы сомасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, медициналық ұйымдар бойынша келесі қаржы жылына белгіленген лимитті бөлу сомасы келесі қаржы жылына арналған Дербес қажеттілік сомасынан аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 20-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің м.а. 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z127" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Стационарлық және стационарды алмастыратын жағдайларда медициналық көмек көрсету үшін дәрілік заттар мен медициналық бұйымдарға қажеттілікті есептеу үшін мынадай формулалар қолданылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қажеттілік = алдыңғы жылдағы іс жүзіндегі тұтыну - жыл соңында болжамды қалдық.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6292,90 +6824,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="77"/>
+    <w:bookmarkStart w:name="z136" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Құрамында есірткі құралдары мен психотроптық заттар бар дәрілік заттарға қажеттілікті есептеу "Қазақстан Республикасында бақылауға жататын есірткі құралдарын, психотроптық заттар мен олардың прекурсорларын медициналық мақсаттарда пайдалану қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 26 қаңтардағы № 32 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10404 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6529,188 +7061,188 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ ҚР ДСМ-89 Бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z129" w:id="78"/>
+    <w:bookmarkStart w:name="z129" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау министрлігінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z130" w:id="79"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z130" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Азаматтарды дәрілік заттармен қамтамасыз ету қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 30 қыркүйектегі № 766 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12199 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z131" w:id="80"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z131" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Азаматтарды дәрілік заттармен қамтамасыз ету қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 30 қыркүйектегі № 766 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2019 жылғы 14 мамырдағы № ҚР ДСМ-75 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18677 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z132" w:id="81"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z132" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Азаматтарды дәрілік заттармен қамтамасыз ету қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 30 қыркүйектегі № 766 бұйрығына өзгерістер енгізу туралы Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 19 мамырдағы № ҚР ДСМ-51/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20672 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>