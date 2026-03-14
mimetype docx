--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5346d56" w14:textId="5346d56">
+    <w:p w14:paraId="7436ba6" w14:textId="7436ba6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,77 +77,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы Қазақстан Республикасының заңнамасын сақтаудың тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парағын бекіту туралы</w:t>
+        <w:t>Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы Қазақстан Республикасының заңнамасын сақтаудың тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парақтарын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қаржылық мониторинг агенттігі Төрағасының 2021 жылғы 16 тамыздағы № 7 және Қазақстан Республикасы Ұлттық экономика министрінің 2021 жылғы 16 тамыздағы № 80 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 18 тамызда № 24034 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бірлескен бұйрықтың тақырыбы жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 06.01.2026 № 1 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Кәсіпкерлік кодексінің 141-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -269,170 +307,272 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z112" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтаудың тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
+        <w:t xml:space="preserve"> сәйкес қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы Қазақстан Республикасының заңнамасын сақтаудың тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z113" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес заң консультанттарына, заң мәселелері жөніндегі тәуелсіз мамандарға; лизинг беруші ретінде лизингтік қызметті лицензиясыз жүзеге асыратын дара кәсіпкерлерге және заңды тұлғаларға; жылжымайтын мүлікті сатып алу-сату мәмілелерін жүзеге асыру кезінде делдалдық қызметтер көрсететін дара кәсіпкерлерге және заңды тұлғаларға; бағалы металдармен және асыл тастармен, олардан жасалған зергерлік бұйымдармен операцияларды жүзеге асыратын дара кәсіпкерлерге және заңды тұлғаларға қатысты Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтаудың мемлекеттік бақылау саласындағы тексеру парағы;</w:t>
+        <w:t xml:space="preserve"> сәйкес заң консультанттарына, заң мәселелері бойынша тәуелсіз мамандарға; лизинг беруші ретінде лизингтік қызметті лицензиясыз жүзеге асыратын дара кәсіпкерлер мен заңды тұлғаларға; жылжымайтын мүлікті сатып алу-сату мәмілелерін жүзеге асыру кезінде делдалдық қызметтер көрсететін дара кәсіпкерлерге және заңды тұлғаларға; бағалы металдармен және асыл тастармен, олардан жасалған зергерлік бұйымдармен операцияларды жүзеге асыратын дара кәсіпкерлерге және заңды тұлғаларға қатысты Қазақстан Республикасының Кәсіпкерлік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>138-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасының сақталуын тексеру парағы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z114" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес бухгалтерлік есеп саласында кәсіпкерлік қызметті жүзеге асыратын бухгалтерлік ұйымдар мен кәсіби бухгалтерлерге қатысты Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтаудың мемлекеттік бақылау саласындағы тексеру парағы бекітілсін.</w:t>
+        <w:t xml:space="preserve"> сәйкес бухгалтерлік есеп саласында кәсіпкерлік қызметті жүзеге асыратын бухгалтерлік ұйымдар мен кәсіби бухгалтерлерге; "Азаматтарға арналған үкімет" мемлекеттік корпорациясына; ұялы байланыс операторларына; әлеуметтік медициналық сақтандыру қорына қатысты Қазақстан Республикасының Кәсіпкерлік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>138-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасының сақталуын тексеру парағы бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 06.01.2026 № 1 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы Қазақстан Республикасы заңнамасының сақталуына тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парағын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2020 жылғы 13 қазандағы № 999 және Қазақстан Республикасы Ұлттық экономика министрінің 2020 жылғы 13 қазандағы № 77 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -950,3390 +1090,2230 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық экономика министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 жылғы 16 тамыздағы </w:t>
+              <w:t>2021 жылғы 16 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 80 және </w:t>
+              <w:t>№ 80 және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қаржылық мониторинг</w:t>
+              <w:t>Қаржылық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>агенттігі Төрағасының</w:t>
+              <w:t>мониторинг агенттігі төрағасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 жылғы 16 тамыздағы </w:t>
+              <w:t>2021 жылғы 16 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 7 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1-қосымша </w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтаудың тәуекел дәрежесін бағалау өлшемшарттары</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтаудың тәуекел дәрежесін бағалау өлшемшарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Өлшемшарттар жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 06.01.2026 № 1 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z116" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтаудың тәуекел дәрежесін бағалау өлшемшарттары (бұдан әрі – Өлшемшарттар) Қазақстан Республикасының Кәсіпкерлік кодексінің 141-бабының </w:t>
+      1. Осы Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтаудың тәуекел дәрежесін бағалау өлшемшарттары (бұдан әрі – Өлшемшарттар) Қазақстан Республикасының Кәсіпкерлік кодексінің 141-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2022 жылғы 22 маусымдағы № 48 бұйрығымен бекітілген Реттеуші мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесін қалыптастыру </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28577 болып тіркелген) сәйкес әзірленді және бақылау субъектісіне бару арқылы профилактикалық бақылау жүргізу мақсатында бақылау субъектілерін іріктеуге арналған.</w:t>
+        <w:t xml:space="preserve"> және Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2022 жылғы 22 маусымдағы № 48 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Реттеуші мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесін қалыптастыру қағидаларына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28577 болып тіркелген) сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z117" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Өлшемшарттарда мынадай ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z118" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бақылау субъектілері – заң консультанттары және заң мәселелері бойынша басқа да тәуелсіз мамандар мынадай қызметтерге: жылжымайтын мүлiктi сатып алуға-сатуға, клиенттің ақшасын, бағалы қағаздарын немесе өзге мүлкін басқаруға, банктік шоттарды немесе бағалы қағаздар шоттарын басқаруға, компанияны құру, қамтамасыз ету, оның жұмыс істеуі немесе оны басқару үшін қаражат жинақтауға, заңды тұлғаларды құруға, сатып алуға-сатуға, олардың жұмыс істеуіне немесе оларды басқаруға қатысты олар клиенттің атынан немесе оның тапсырмасы бойынша ақшамен және (немесе) өзге мүлікпен операцияларға қатысатын кездегі жағдайларда; лизинг беруші ретінде лизингтік қызметті лицензиясыз жүзеге асыратын дара кәсіпкерлер және заңды тұлғалар; жылжымайтын мүлікті сатып алу-сату мәмілелерін жүзеге асыру кезінде делдалдық қызметтер көрсететін дара кәсіпкерлер және заңды тұлғалар; бағалы металдармен және асыл тастармен, олардан жасалған зергерлік бұйымдармен операцияларды жүзеге асыратын дара кәсіпкерлер және заңды тұлғалар, бухгалтерлік есеп саласында кәсіпкерлік қызметті жүзеге асыратын бухгалтерлік ұйымдар мен кәсіби бухгалтерлер; "Азаматтарға арналған үкімет" мемлекеттік корпорациясы; ұялы байланыс операторлары; әлеуметтік медициналық сақтандыру қоры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z119" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) балл – тәуекелді есептеудің сандық өлшемі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z120" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) болмашы бұзушылықтар – қылмыстық жолмен алынған кірістерді жылыстату, терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚ) тәуекелінің туындауы үшін алғышарттар жасамайтын, бірақ өз қызметін жүзеге асыру кезінде қаржы мониторингі субъектілері үшін орындау міндетті болып табылатын қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға қарсы және жаппай қырып-жою қаруын таратуды қаржыландыруға (бұдан әрі – КЖ/ТҚҚ/ЖҚҚТҚ) іс-қимыл туралы заңнама талаптарының бұзушылықтары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z121" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) деректерді қалыпқа келтіру – әртүрлі шәкілдерде өлшенген мәндерді шартты түрде жалпы шәкілге келтіруді көздейтін статистикалық рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z122" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) елеулі бұзушылықтар – КЖ/ТҚ/ЖҚҚТҚ тәуекелінің туындауы үшін алғышарттар жасайтын КЖ/ТҚ/ЖҚҚТҚҚ туралы заңнама талаптарының бұзушылықтары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z123" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өрескел бұзушылықтар – КЖ/ТҚ/ЖҚҚТҚ тәуекел келтіретін КЖ/ТҚ/ЖҚҚТҚҚ туралы заңнама талаптарының бұзушылықтары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z124" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тәуекел – бақылау субъектісі қызметінің нәтижесінде оның салдарының ауырлық дәрежесін, сондай-ақ КЖ/ТҚ/ЖҚҚТҚ тәуекелін ескере отырып, жеке және заңды тұлғалардың заңды мүдделеріне, мемлекеттің мүліктік мүдделеріне зиян келтіру ықтималдығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z125" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тәуекел дәрежесін бағалау өлшемшарттары – бақылау субъектісінің тікелей қызметімен, салалық даму ерекшеліктерімен және осы дамуға әсер ететін факторлармен байланысты, бақылау субъектілерін (объектілерін) тәуекелдің әртүрлі дәрежелеріне жатқызуға мүмкіндік беретін тәуекелдерді ұлттық және секторлық бағалау нәтижелерін ескере отырып қалыптастырылатын сандық және сапалық көрсеткіштердің жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z126" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) тәуекел дәрежесін бағалаудың объективті өлшемшарттары (бұдан әрі – объективті өлшемшарттар) – КЖ/ТҚ/ЖҚҚТҚҚ саласында тәуекел дәрежесіне байланысты және жеке бақылау субъектісіне тікелей байланыссыз бақылау субъектілерін іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z127" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) тәуекел дәрежесін бағалаудың субъективті өлшемшарттары (бұдан әрі – субъективті өлшемшарттар) – нақты бақылау субъектісі қызметінің нәтижелеріне байланысты бақылау субъектілерін іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z128" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) тәуекелдерді бағалау және басқару жүйесі – КЖ/ТҚ/ЖҚҚТҚҚ саласында тәуекелдің жол берілетін деңгейін қамтамасыз ете отырып, кәсіпкерлік еркіндігін шектеудің ең төменгі ықтимал дәрежесі мақсатында бақылау субъектісіне бару арқылы профилактикалық бақылауды кейіннен жүзеге асыру үшін бақылау субъектілерін тәуекел дәрежелері бойынша бөлу арқылы қолайсыз факторлардың туындау ықтималдығын азайтуға бағытталған, сондай-ақ нақты бақылау субъектісі үшін тәуекел деңгейін өзгертуге және (немесе) осындай бақылау субъектісін бақылау субъектісіне бару арқылы профилактикалық бақылаудан босатуға бағытталған басқарушылық шешімдерді қабылдау процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z129" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) тексеру парағы – бақылау субъектілерінің қызметіне қойылатын, олардың сақталмауы КЖ/ТҚ/ЖҚҚТҚ, жеке және заңды тұлғалардың, мемлекеттің заңды мүдделеріне қатер төндіруге алып келетін талаптар тізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z130" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) іріктеме жиынтық (іріктеме) – КЖ/ТҚ/ЖҚҚТҚҚ саласындағы бақылау субъектілерінің біртекті тобына жатқызылатын бағаланатын субъектілердің тізбесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z131" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Тәуекел дәрежесін бағалаудың объективті өлшемшарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z132" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Өлшемшарттарда мынадай ұғымдар пайдаланылады:</w:t>
+      3. Объективті өлшемшарттарды айқындау тәуекелді айқындау арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z81" w:id="14"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z133" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бақылау субъектілері – заң консультанттары және заң мәселелері бойынша басқа да тәуелсіз мамандар мынадай қызметтерге: жылжымайтын мүлiктi сатып алуға-сатуға, клиенттің ақшасын, бағалы қағаздарын немесе өзге мүлкін басқаруға, банктік шоттарды немесе бағалы қағаздар шоттарын басқаруға, компанияны құру, қамтамасыз ету, оның жұмыс істеуі немесе оны басқару үшін қаражат жинақтауға, заңды тұлғаларды құруға, сатып алуға-сатуға, олардың жұмыс істеуіне немесе оларды басқаруға қатысты олар клиенттің атынан немесе оның тапсырмасы бойынша ақшамен және (немесе) өзге мүлікпен операцияларға қатысатын кездегі жағдайларда; лизинг беруші ретінде лизингтік қызметті лицензиясыз жүзеге асыратын дара кәсіпкерлер және заңды тұлғалар; жылжымайтын мүлікті сатып алу-сату мәмілелерін жүзеге асыру кезінде делдалдық қызметтер көрсететін дара кәсіпкерлер және заңды тұлғалар; бағалы металдармен және асыл тастармен, олардан жасалған зергерлік бұйымдармен операцияларды жүзеге асыратын дара кәсіпкерлер және заңды тұлғалар, бухгалтерлік есеп саласында кәсіпкерлік қызметті жүзеге асыратын бухгалтерлік ұйымдар мен кәсіби бухгалтерлер;</w:t>
+      4. Бақылау субъектісіне бару арқылы профилактикалық бақылауды жүргізу үшін тәуекел дәрежесін бағалау өлшемшарттары бірнеше кезең кезеңімен жүзеге асырылатын объективті және субъективті өлшемшарттарды айқындау (Шешімдерді мультиөлшемшартты талдау) арқылы қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z82" w:id="15"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) болмашы бұзушылықтар – қылмыстық жолмен алынған кірістерді жылыстату, терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚ) қаупінің туындауы үшін алғышарттар жасамайтын, бірақ өз қызметін жүзеге асыру кезінде қаржы мониторингі субъектілері үшін орындау міндетті болып табылатын қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы (бұдан әрі – КЖ/ТҚҚ) іс-қимыл туралы заңнама талаптарының бұзушылықтары;</w:t>
-[...830 lines deleted...]
-      бағалы металдар мен тастардан жасалған зергерлік бұйымдармен операцияларды жүзеге асыратын дара кәсіпкерлер мен заңды тұлғалар;</w:t>
+      Бірінші кезеңде объективті өлшемшарттар бойынша бақылау субъектілері мынадай тәуекел дәрежелерінің біріне жатқызылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жылжымайтын мүлікті сатып алу-сату мәмілелерін жүзеге асыру кезінде делдалдық қызметтер көрсететін дара кәсіпкерлер және заңды тұлғалар жатады.</w:t>
+      1) жоғары тәуекел;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орташа тәуекел;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) төмен тәуекел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екінші кезеңде субъективті өлшемшарттар бойынша бақылау субъектілері мынадай тәуекел дәрежелерінің біріне жатқызылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жоғары тәуекел;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орташа тәуекел;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) төмен тәуекел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуекел дәрежесінің көрсеткіштері бойынша бақылау субъектісі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тәуекелдің жоғары дәрежесіне – 71-ден 100-ге дейін қоса алғандағы тәуекел дәрежесінің көрсеткіші кезінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тәуекелдің орташа дәрежесіне – 31-ден 70-ке дейін қоса алғандағы тәуекел дәрежесінің көрсеткіші кезінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тәуекелдің төмен дәрежесіне – 0-ден 30-ға дейін қоса алғандағы тәуекел дәрежесінің көрсеткіші кезінде жатқызылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Объективті өлшемшарттар бойынша тәуекел дәрежесі жоғары бақылау субъектілеріне:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағалы металдар және асыл тастардан жасалған зергерлік бұйымдармен операцияларды жүзеге асыратын дара кәсіпкерлер мен заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұялы байланыс операторлары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әлеуметтік медициналық сақтандыру қоры жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Объективті өлшемшарттар бойынша тәуекел дәрежесі орташа бақылау субъектілеріне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лизинг беруші ретінде лизингтік қызметті лицензиясыз жүзеге асыратын дара кәсіпкерлер мен заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бухгалтерлік есеп саласында кәсіпкерлік қызметті жүзеге асыратын бухгалтерлік ұйымдар мен кәсіби бухгалтерлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заң консультанттары – мынадай қызметтерге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жылжымайтын мүлiктi сатып алуға-сатуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      клиенттің ақшасын, бағалы қағаздарын немесе өзге мүлкін басқаруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктік шоттарды немесе бағалы қағаздар шоттарын басқаруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      компанияны құру, қамтамасыз ету, оның жұмыс істеуі немесе оны басқару үшін қаражат жинақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды тұлғаларды құруға, сатып алуға-сатуға, олардың жұмыс істеуіне немесе оларды басқаруға қатысты олар клиенттің атынан немесе оның тапсырмасы бойынша ақшамен және (немесе) өзге мүлікпен операцияларға қатысатын кездегі жағдайларда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағалы металдармен және асыл тастармен операцияларды жүзеге асыратын дара кәсіпкерлер мен заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жылжымайтын мүлікті сатып алу-сату мәмілелерін жүзеге асыру кезінде делдалдық қызметтер көрсететін дара кәсіпкерлер және заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       "Азаматтарға арналған үкімет" мемлекеттік корпорациясы жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Объективті өлшемшарттар бойынша тәуекел дәрежесі төмен бақылау субъектілеріне заң мәселелері бойынша тәуелсіз мамандар – мынадай қызметтерге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жылжымайтын мүлiктi сатып алуға-сатуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      клиенттің ақшасын, бағалы қағаздарын немесе өзге мүлкін басқаруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктік шоттарды немесе бағалы қағаздар шоттарын басқаруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      компанияны құру, қамтамасыз ету, оның жұмыс істеуі немесе оны басқару үшін қаражат жинақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды тұлғаларды құруға, сатып алуға-сатуға, олардың жұмыс істеуіне немесе оларды басқаруға қатысты олар клиенттің атынан немесе оның тапсырмасы бойынша ақшамен және (немесе) өзге мүлікпен операцияларға қатысатын кездегі жағдайларда жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Объективті өлшемшарттар бойынша тәуекелдің жоғары және орташа дәрежелеріне жатқызылған бақылау субъектілерінің қызметі салаларында бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау, бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау және жоспардан тыс тексеру жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объективті өлшемшарттар бойынша тәуекелдің төмен дәрежесіне жатқызылған бақылау субъектілерінің қызметі салаларында бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау және жоспардан тыс тексеру жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау тізімдері субъективті өлшемшарттар бойынша тәуекел дәрежесінің неғұрлым жоғары көрсеткіші бар бақылау субъектісінің басымдығын ескере отырып жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z138" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды жүргізу еселігі алынған ақпаратты субъективтік өлшемшарттар бойынша талдау және бағалау нәтижелері бойынша айқындалады және жылына екі реттен жиі болмауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z139" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Тәуекелдерді бағалау және басқару жүйесі бақылау субъектілерін нақты тәуекел дәрежелеріне жатқызатын және бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізу тізімдерін автоматты режимде қалыптастыратын тәуекелдерді бағалау мен басқарудың ақпараттық жүйені пайдалана отырып жүргізіледі, сондай-ақ ол мемлекеттік статистикаға, ведомстволық статистикалық байқау қорытындыларына, сондай-ақ ақпараттық құралдарға негізделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Автоматты режимде тәуекелдерді бағалау мен басқарудың ақпараттық жүйесі болмаған кезде бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және (немесе) жоспардан тыс тексеру жүзеге асырылатын бақылау субъектілері санының ең аз жол берілетін шегі белгілі бір бақылау субъектілері жалпы санының бес пайызынан аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Тәуекел дәрежесін бағалаудың субъективті өлшемшарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z141" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Субъективті өлшемшарттарды анықтау мынадай кезеңдерді қолдана отырып жүзеге асырылады: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) деректер базасын қалыптастыру және ақпарат жинау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) ақпаратты талдау және тәуекелдерді бағалау. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z142" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Тәуекел дәрежесін бағалау үшін мынадай ақпарат көздері пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бақылау субъектісі ұсынатын есептілік пен мәліметтерге мониторинг жүргізу нәтижелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алдыңғы тексерулердің және бақылау субъектілеріне (объектілеріне) бару арқылы профилактикалық бақылаудың нәтижелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері (бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша берілген қорытынды құжаттар).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z143" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Талдау және бағалау кезінде нақты бақылау субъектісіне қатысты бұрын ескерілген және пайдаланылған субъективті өлшемшарттардың деректері не Қазақстан Республикасының заңнамасына сәйкес талап қою мерзімі өткен деректер қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау субъектісіне (объектісіне) бару арқылы бұрын жүргізілген профилактикалық бақылаудың қорытындылары бойынша берілген бұзушылықтарды толық көлемде жойған бақылау субъектісіне қатысты оларды мемлекеттік бақылаудың кезекті кезеңіне тізімдерді қалыптастыру кезінде енгізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Егер бақылау субъектілері өзін-өзі реттейтін ұйым қызметінің нәтижелерін тану туралы келісім жасалған, "Өзін-өзі реттеу туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымның мүшелері болып табылса, олар ақпараттық жүйені қолдана отырып, бақылау субъектілері қызметінің тиісті салаларында тәуекелдің жоғары дәрежесінен тәуекелдің орташа дәрежесіне немесе тәуекелдің орташа дәрежесінен тәуекелдің төмен дәрежесіне ауыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z145" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Бақылау субъектілерінің тәуекел дәрежесін бағалау және оларды тәуекел дәрежесінің өрескел, елеулі және болмашы тобына жатқызу осы Өлшемшарттарға 1-қосымшаға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z146" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Қолданылатын ақпарат көздерінің басымдығын және КЖ/ТҚ/ЖҚҚТҚҚ саласындағы тәуекел дәрежесін бағалау өлшемшарттарында белгіленген субъективті өлшемшарттар көрсеткіштерінің маңыздылығын негізге ала отырып, Субъективті өлшемшарттар бойынша тәуекел дәрежесін айқындаудың субъективті өлшемшарттар тізбесіне сәйкес тәуекел дәрежесінің көрсеткіші осы Қағидаларға 2-қосымшаға сәйкес субъективті өлшемшарттар бойынша 0-ден 100 баллға дейінгі шәкіл бойынша есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z147" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Субъективті өлшемшарттар бойынша тәуекел дәрежесін есептеу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z148" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Бақылау субъектісін тәуекел дәрежесіне жатқызу үшін тәуекел дәрежесінің көрсеткішін есептеудің мынадай тәртібі қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін (R) есептеу алдыңғы тексерулер мен бақылау (SP) субъектілеріне бару арқылы профилактикалық бақылау нәтижелері бойынша бұзушылықтар жөніндегі тәуекел дәрежесінің көрсеткішін және субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін қосу жолымен, кейіннен деректер мәндерін 0-ден 100 балға дейінгі диапозонға қалыпқа келтіре отырып, автоматтандырылған режимде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rарал = SP + SC, мұнда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rарал – субъективті өлшемшарттар бойынша тәуекел дәрежесінің аралық көрсеткіші,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР – бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SC – субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіші.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есептеу КЖ/ТҚ/ЖҚҚТҚҚ саласындағы бақылау субъектілерінің біртекті тобының әрбір бақылау субъектісі бойынша жүргізіледі. Бұл ретте мемлекеттік бақылаудың бір саласының бақылау субъектілерінің біртекті тобына жатқызылатын, бағаланатын бақылау субъектілерінің тізбесі деректерді кейіннен қалыпқа келтіру үшін іріктеу жиынтығын (іріктемені) құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алдыңғы тексерулер мен бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау нәтижелері бойынша алынған деректер бойынша 0-ден 100-ге дейінгі баллмен бағаланатын бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тәуекел дәрежесін бағалау үшін пайдаланылатын ақпарат көздерінің кез келгені бойынша бір өрескел бұзушылық анықталған кезде бақылау субъектісіне (объектісіне) 100 балл тәуекел дәрежесінің көрсеткіші теңестіріледі және оған қатысты бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер өрескел бұзушылықтар анықталмаса, тәуекел дәрежесінің көрсеткіші елеулі және болмашы дәрежедегі бұзушылықтар бойынша жиынтық көрсеткішпен есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Елеулі бұзушылықтар көрсеткішін анықтау кезінде 0,7 коэффициенті қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл көрсеткіш мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР3 = (SР2 х 100/SР1) х 0,7, онда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР3 – елеулі бұзушылықтар көрсеткіші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР1 – елеулі бұзушылықтардың талап етілетін саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР2 – анықталған елеулі бұзушылықтар саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шамалы бұзушылықтар көрсеткішін анықтау кезінде 0,3 коэффициенті қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл көрсеткіш мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SРн = (SР2 х 100/SР1) х 0,3, онда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SРн – шамалы бұзушылықтар көрсеткіші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР1 – шамалы бұзушылықтардың талап етілетін саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР2 – анықталған болмашы бұзушылықтар саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші (SР) 0-ден 100-ге дейінгі шәкіл бойынша есептеледі және мына формула бойынша елеулі және шамалы бұзушылықтардың көрсеткіштерін қосу арқылы айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР = SРз + SРн, онда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР – бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР3 – елеулі бұзушылықтар көрсеткіші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SРн – шамалы бұзушылықтар көрсеткіші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұзушылықтар бойынша тәуекел дәрежесі көрсеткішінің алынған мәні субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің есебіне енгізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін есептеу 0-ден 100 балға дейінгі шәкіл бойынша жүргізіледі және мынадай формула бойынша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...28 lines deleted...]
-      <w:r>
         <w:br/>
-      </w:r>
-[...47 lines deleted...]
-      лизинг беруші ретінде лизингтік қызметті лицензиясыз жүзеге асыратын дара кәсіпкерлер мен заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2043 lines deleted...]
-      <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2184400" cy="787400"/>
+            <wp:extent cx="2654300" cy="850900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2184400" cy="787400"/>
+                      <a:ext cx="2654300" cy="850900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4395,288 +3375,224 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       n – көрсеткіштер саны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің алынған мәні субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің есебіне енгізіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) R көрсеткіші бойынша субъектілер бойынша есептелген мәндер 0-ден 100 балға дейінгі диапазонға қалыпқа келтіріледі. Деректерді қалыпқа келтіру әрбір іріктемелі жиынтық (іріктеме) бойынша мынадай формула әдісін пайдалана отырып жүзеге асырылады:</w:t>
+      4) R көрсеткіші бойынша субъектілер бойынша есептелген мәндер 0-ден 100 балға дейінгі диапазонға қалыпқа келтіріледі. Деректерді қалыпқа келтіру әрбір іріктемелі жиынтық (іріктеме) бойынша мынадай формуланы пайдалана отырып жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2286000" cy="685800"/>
+            <wp:extent cx="2628900" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2286000" cy="685800"/>
+                      <a:ext cx="2628900" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      R – бақылау және қадағалау жеке субъектісінің субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіші (қорытынды),</w:t>
+      R – жеке бақылау субъектісінің субъективті өлшемшарттары бойынша тәуекел дәрежесінің көрсеткіші (қорытынды),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Rmax – бір іріктемелі жиынтыққа (іріктемеге) кіретін субъектілер бойынша субъективті өлшемшарттар бойынша тәуекел дәрежесінің шәкілі бойынша ең жоғарғы ықтимал мән (шәкілдің жоғарғы шекарасы),</w:t>
+      Rmax – бір іріктемелі жиынтыққа (іріктемеге) кіретін субъектілер бойынша субъективті өлшемшарттар бойынша тәуекел дәрежесінің шәкілі бойынша ең жоғарғы ықтимал мән (шәкілдің жоғарғы мәні),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Rmin – бір іріктемелі жиынтыққа (іріктемеге) кіретін субъектілер бойынша субъективті өлшемшарттар бойынша тәуекел дәрежесінің шәкілі бойынша ең төменгі ықтимал мән (шәкілдің төменгі шекарасы),</w:t>
+      Rmin – бір іріктемелі жиынтыққа (іріктемеге) кіретін субъектілер бойынша субъективті өлшемшарттар бойынша тәуекел дәрежесінің шәкілі бойынша ең төменгі ықтимал мән (шәкілдің төменгі шегі),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Rарал – осы тармақтың 1-тармақшасына сәйкес есептелген субъективті өлшемшарттар бойынша тәуекел дәрежесінің аралық көрсеткіші.</w:t>
-[...61 lines deleted...]
-</w:t>
+      Rарал – осы тармаққа 1-тармақшаға сәйкес есептелген субъективті өлшемшарттар бойынша тәуекел дәрежесінің аралық көрсеткіші.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4725,223 +3641,178 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қылмыстық жолмен алынған</w:t>
+              <w:t>қылмыстық жолмен алынған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кірістерді заңдастыруға</w:t>
+              <w:t>кірістерді заңдастыруға (жылыстатуға),</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(жылыстатуға) және терроризмді</w:t>
+              <w:t>терроризмді қаржыландыруға және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қаржыландыруға қарсы</w:t>
+              <w:t>жаппай қырып-жою қаруын таратуды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>іс-қимыл туралы заңнамасын</w:t>
+              <w:t>қаржыландыруға қарсы іс-қимыл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сақтаудың тәуекел дәрежесін</w:t>
+              <w:t>туралы заңнамасын сақтаудың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тәуекел дәрежесін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағалау өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="62"/>
+    <w:bookmarkStart w:name="z150" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бақылау субъектілерінің қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнама талаптарын бұзушылықтарының дәрежелері</w:t>
+        <w:t xml:space="preserve"> Бақылау субъектілерінің қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнама талаптарын бұзушылықтарының дәрежелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-[...57 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4954,141 +3825,153 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...17 lines deleted...]
-р/б</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ р/б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшемшарттар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бұзушылық дәрежесі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұзушылық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5121,51 +4004,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық мониторингке жататын ақшамен және (немесе) мүлікпен жасалатын операциялар (шекті сомаға тең немесе одан асатын операция) туралы ақпаратты ұсыну</w:t>
+Қаржы мониторингіне жататын ақшамен және (немесе) өзге де мүлікпен жасалатын операциялар туралы, оның ішінде дұрыс емес ақпарат беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5234,51 +4117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық мониторингке жататын ақшамен және (немесе) мүлікпен жасалатын операциялар (шекті сомаға тең немесе одан асатын операция) туралы ақпаратты уақтылы ұсыну (жасалған күннен кейінгі жұмыс күнінен кешіктірмей)</w:t>
+Қаржы мониторингіне жататын ақшамен және (немесе) өзге мүлікпен жасалатын операциялар туралы ақпаратты уақтылы ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5347,87 +4230,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Күдікті операциялар туралы ақпаратты уақтылы ұсыну (олар жүргізілгенге дейін күдікті деп танылмаған операциялар бақылау субъектісінің ішкі бақылау қағидаларына сәйкес күдікті деп танылғаннан кейін жиырма төрт сағаттан кешіктірілмей ұсынылады)</w:t>
+Уәкілетті органның сұрау салуы бойынша, оның ішінде дұрыс емес ақпаратты, мәліметтер мен құжаттарды ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-елеулі</w:t>
+өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5460,87 +4343,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар клиенттің операциялары туралы ақпаратты уақтылы ұсыну (қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар клиенттің операциясы күдікті деп танылған және осындай танылудың нәтижелері тіркелгеннен кейінгі жұмыс күнінен кешіктірмей)</w:t>
+Уәкілетті органның сұрау салуы бойынша ақпаратты, мәліметтерді және құжаттарды уақтылы ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-елеулі</w:t>
+болмашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5573,51 +4456,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Клиентпен іскерлік қатынастар орнатылған, ақшамен және (немесе) өзге мүлікпен операциялар, оның ішінде күдікті операциялар жүзеге асырылған, клиент (оның өкілі), бенефициарлық меншік иесі туралы бұрын алынған мәліметтердің анықтығына күмәндануға негіздер болған жағдайларда клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру шеңберінде сұратылатын мәліметтер мен құжаттарды тіркеу бойынша шараларды сақтау, оның ішінде жеке тұлғаны, заңды тұлғаны (филиалды, өкілдікті, заңды тұлға құрмайтын шетелдік құрылымды) сәйкестендіру үшін қажетті мәліметтерді тiркеу; бенефициарлық меншік иесін анықтау және оны сәйкестендіру үшін қажетті мәліметтерді тіркеу; іскерлік қатынастардың болжамды мақсаты мен сипатын анықтау; жасалатын операцияларды қаржыландыру көзі туралы мәліметтерді қажет болған кезде алуды және тіркеуді қоса алғанда, iскерлiк қатынастарды тексерудi және осы қаржы мониторингi субъектiсi арқылы клиент жүзеге асыратын операцияларды зерделеудi тұрақты негiзде жүргiзу; клиентті (оның өкілін), бенефициарлық меншік иесін сәйкестендіруге қажетті мәліметтердің анықтығын тексеру және клиент (оның өкілі) және бенефициарлық меншік иесі туралы мәліметтерді жаңарту; клиенттiң (оның өкілінің) және бенефициарлық меншік иесінің жария лауазымды адамға, оның жұбайына (зайыбына) және жақын туыстарына жататынын және (немесе) қатыстылығын тексерудi жүзеге асыру; қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру жағдайларына осы жария лауазымды адамның қатыстылығына байланысты оның беделін бағалауды жүзеге асыру; осындай клиенттермен іскерлік қатынастар орнатуға, оларды жалғастыруға ұйымның басшы қызметкерінің жазбаша рұқсатын алу; осындай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің ақшасының және (немесе) өзге де мүлкінің шығу көзін анықтау үшін қолжетімді шараларды қабылдау, клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексерудің күшейтілген шараларын тұрақты негізде қолдану бөлігінде</w:t>
+Мәліметтер мен құжаттарды тіркеу, оларды сақтау және қорғау жөнінде шаралар қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5686,87 +4569,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Клиентпен іскерлік қатынастар орнатылған, ақшамен және (немесе) өзге мүлікпен операциялар, оның ішінде күдікті операциялар жүзеге асырылған, клиент (оның өкілі), бенефициарлық меншік иесі туралы бұрын алынған мәліметтердің анықтығына күмәндануға негіздер болған жағдайларда клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру шеңберінде сұратылатын мәліметтер мен құжаттарды сақтау бойынша шараларды сақтау, оның ішінде жеке тұлғаны, заңды тұлғаны (филиалды, өкілдікті, заңды тұлға құрмайтын шетелдік құрылымды) сәйкестендіру үшін қажетті мәліметтерді тiркеу; бенефициарлық меншік иесін анықтау және оны сәйкестендіру үшін қажетті мәліметтерді тіркеу; іскерлік қатынастардың болжамды мақсаты мен сипатын анықтау; жасалатын операцияларды қаржыландыру көзі туралы мәліметтерді қажет болған кезде алуды және тіркеуді қоса алғанда, iскерлiк қатынастарды тексерудi және осы қаржы мониторингi субъектiсi арқылы клиент жүзеге асыратын операцияларды зерделеудi тұрақты негiзде жүргiзу; клиентті (оның өкілін), бенефициарлық меншік иесін сәйкестендіруге қажетті мәліметтердің анықтығын тексеру және клиент (оның өкілі) және бенефициарлық меншік иесі туралы мәліметтерді жаңарту; клиенттiң (оның өкілінің) және бенефициарлық меншік иесінің жария лауазымды адамға, оның жұбайына (зайыбына) және жақын туыстарына жататынын және (немесе) қатыстылығын тексерудi жүзеге асыру; қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру жағдайларына осы жария лауазымды адамның қатыстылығына байланысты оның беделін бағалауды жүзеге асыру; осындай клиенттермен іскерлік қатынастар орнатуға, оларды жалғастыруға ұйымның басшы қызметкерінің жазбаша рұқсатын алу; осындай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің ақшасының және (немесе) өзге де мүлкінің шығу көзін анықтау үшін қолжетімді шараларды қабылдау, клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексерудің күшейтілген шараларын тұрақты негізде қолдану бөлігінде</w:t>
+Клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру жөнінде шаралар қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-болмашы</w:t>
+өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5799,87 +4682,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бақылау субъектілері әзірлеген қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласындағы даярлау және оқыту бағдарламасының болуы</w:t>
+Ақшамен және (немесе) өзге мүлікпен операцияларды тоқтатып қою жөнінде шаралар қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-елеулі</w:t>
+өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5912,51 +4795,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар клиенттің операциялары туралы ақпаратты ұсыну</w:t>
+Клиентпен іскерлік қатынастар орнатудан және ақшамен және (немесе) мүлікпен операциялар жүргізуден бас тарту, клиентпен іскерлік қатынастарды тоқтата тұру жөнінде шаралар қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6025,87 +4908,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бақылау субъектілерінің клиентке іскерлік қатынастар орнатудан және ақшамен операциялар жүргізуден бас тарту және (немесе) іскерлік қатынастар орнатудан және ақшамен және (немесе) мүлікпен операциялар жүргізуден бас тарту туралы ақпарат ұсынудан бас тарту жөніндегі міндеттерді орындауы</w:t>
+Ақшамен және (немесе) өзге мүлікпен операцияларды тоқтата тұру жөніндегі шаралар туралы, іскерлік қатынастар орнатудан, ақшамен және (немесе) мүлікпен операциялар жүргізуден бас тарту, клиентпен іскерлік қатынастарды тоқтату туралы ақпарат беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-елеулі</w:t>
+өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6138,87 +5021,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өз клиенттеріне (олардың өкілдеріне) және (немесе) бенефициарлық меншік иелеріне уәкілетті органға ақпарат беру туралы хабарламау жөніндегі талаптарын сақтау</w:t>
+Ақшамен және (немесе) өзге мүлікпен операцияларды тоқтата тұру жөніндегі шаралар туралы, іскерлік қатынастар орнатудан, ақшамен және (немесе) мүлікпен операциялар жүргізуден бас тарту, клиентпен іскерлік қатынастарды тоқтату туралы ақпаратты уақтылы ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-өрескел</w:t>
+болмашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6251,51 +5134,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ішкі бақылау ережелерінің болуы</w:t>
+Уәкілетті органның шешімі бойынша клиенттердің операцияларын тоқтата тұру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6364,87 +5247,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қабылданған ішкі бақылау қағидалары мен оны жүзеге асыру бағдарламаларының бекітілген талаптарға сәйкес келуі (ішкі бақылау қағидаларын іске асыруға және сақтауға жауапты бақылау субъектілерінің қызметкерлеріне қойылатын талаптарды қоса алғанда, ішкі бақылауды ұйымдастыру бағдарламасы, технологиялық жетістіктерді пайдалану тәуекелін қоса алғанда, клиенттердің тәуекелдері мен қызметтерді қылмыстық мақсаттарда пайдалану тәуекелдерін ескеретін тәуекелдерді басқару бағдарламасы, клиенттерді сәйкестендіру бағдарламасы, клиенттердің күрделі, ерекше ірі және басқа да ерекше операцияларын зерделеуді қоса алғанда, клиенттердің операцияларын мониторингтеу және зерделеу бағдарламасы, бақылау субъектілері әзірлеген қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласындағы даярлау және оқыту бағдарламасы)</w:t>
+Өз клиенттеріне және өзге де тұлғаларға уәкілетті органға ақпарат беру және уәкілетті органнан ақшамен және (немесе) өзге мүлікпен күдікті операциялар жасайтын ұйымдар мен тұлғалардың тізбесін алу туралы хабарлама беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-елеулі</w:t>
+өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6477,87 +5360,1354 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық мониторингке жататын күдікті операциялар туралы ақпарат беру</w:t>
+Ішкі бақылау ережелерінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КЖ/ТҚ/ЖҚҚТҚҚ заңнамасының талаптарына сәйкес ішкі бақылау қағидалаларының сәйкес келмеуі, оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ішкі бақылау қағидалары ішкі бақылауды ұйымдастыру, тәуекелдерді басқару, клиентті сәйкестендіру, клиенттердің операцияларын мониторингтеу және зерделеу, даярлау және оқыту бағдарламаларын қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ішкі бақылау қағидалары субъектімен (жоғарғы басқару органымен немесе басшысымен) бекітіледі және жеке кабинетте орналастырылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ішкі бақылауды ұйымдастыру бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) ішкі бақылау қағидаларының іске асырылуына және сақталуына жауапты адамды (бұдан әрі – жауапты адам) тағайындау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жауапты адамға жүктелетін өкілеттіктері мен міндеттерін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) жауапты адамның уақытша болмауы кезінде (демалыс, уақытша еңбекке жарамсыздық, қызметтік іссапар) оның міндеттерін жүктеу тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) КЖ/ТҚ/ЖҚҚТҚҚ бойынша функцияларды орындайтын құрылымдық бөлімшенің (болған жағдайда) өкілеттіктері мен міндеттерін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) субъектінің және оның филиалының (болған жағдайда) ішкі бақылау жүйесінің сипаттамасы, сондай-ақ ішкі бақылау қағидаларын іске асыру мәселелері бойынша заңды тұлғаның құрылымдық бөлімшелерінің (жеке кәсіпкердің қызметкерлерінің) өзара іс-қимылы тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) ішкі бақылау қағидаларына өзгерістер енгізу тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) ішкі бақылау жүйесін тексеру тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) КЖ/ТҚ/ЖҚҚТҚҚ бойынша міндеттерді іске асыру нәтижесінде алынған құжаттар мен мәліметтерді сақтау тәртібін қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тәуекелдерді басқару бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) іскерлік қатынастарды орнату кезінде клиентті бағалау және тәуекел дәрежесіне (деңгейіне) жатқызу, сондай-ақ клиенттерді тиісінше тексерудің жеңілдетілген немесе күшейтілген шараларын қолдану тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) клиент тәуекелінің дәрежесін (деңгейін) қайта қарау тәртібі мен мерзімдерін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) тәуекелдерді басқару тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) жаңа қызметтерді (өнімдерді) және (немесе) бағдарламалық-техникалық құралдарды КЖ/ТҚ/ЖҚҚТҚ мақсатында пайдалану тәуекелдерін бағалау, оларды төмендетуге бағытталған шаралар кешенін әзірлеуді қосатын тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) тәуекел дәрежесін (деңгейін) бағалау және тәуекелдерді басқару нәтижелерін тіркеу тәртібін қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+клиентті сәйкестендіру бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) клиентті (оның өкілін) және бенефициарлық меншік иесін тиісінше тексеру, сондай-ақ алынған мәліметтердің дұрыстығын растау шараларын қабылдау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) клиенттің (оның өкілінің) және бенефициарлық меншік иесінің терроризмді және экстремизмді қаржыландырумен және жаппай қырып-жою қаруын таратуды қаржыландырумен байланысты ұйымдар мен тұлғалардың тізбелерінде болуын тексеруді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ақшалай қаражаттардың немесе өзге мүліктің шығу көздерін айқындай отырып, шетелдік жария лауазымды адамдарды, сондай-ақ Қазақстан Республикасының Президенті бекітетін жария лауазымды адамдар тізбесіндегі адамдарды анықтау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Ақшаны жылыстатуға қарсы күрестің қаржылық шараларын әзірлеу тобының (ФАТФ) ұсынымдарын орындамайтын мемлекетте (аумақта) тіркелген немесе тұрғылықты жері бар заңды және жеке тұлғаларды айқындау тәртібін қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+клиенттердің операцияларын мониторингтеу және зерделеу бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) қаржы мониторингіне жататын операцияларды және күдікті қызметті анықтау рәсімдерін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) операцияны жүргізуден немесе іскерлік қатынастарды орнатудан (тоқтату) бас тарту туралы шешім қабылдау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) операциялары тоқтатып қою жөніндегі шаралар қолданылуға тиіс өз клиенттерінің болуына қатысты салыстыру жүргізудің тәртібі мен кезеңділігін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) операцияларды тоқтатып қою жөнінде шаралар қабылдау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) операцияларды тоқтата тұруға байланысты іс-қимылдар тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) хабардар етуге тыйым салуды ескере отырып КЖ/ТҚ/ЖҚҚТҚ бойынша қолданылатын шаралар туралы клиентті хабардар ету және өзара іс-қимыл жасау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) клиенттердің жолданымы шеңберінде ақшамен немесе өзге мүлікпен операцияларды жүзеге асыру үшін клиенттермен өзара іс-қимыл жасау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) уәкілетті органға операцияны жүргізуден немесе іскерлік қатынастарды орнатудан (тоқтату) бас тарту, операцияларды тоқтатып қою және тоқтата тұру фактілері туралы хабарламалар беру тәртібін қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КЖ/ТҚ/ЖҚҚТҚҚ саласында субъектіні даярлау және оқыту бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) КЖ/ТҚ/ЖҚҚТҚҚ саласындағы Қазақстан Республикасының нормативтік құқықтық актілерін және КЖ/ТҚ/ЖҚҚТҚҚ саласындағы халықаралық стандарттарды зерделеуді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ішкі бақылау қағидаларын және олардың жүзеге асырылу бағдарламаларын, сондай-ақ КЖ/ТҚ/ЖҚҚТҚҚ туралы Қазақстан Республикасының заңнамалық талаптарын орындамағаны үшін жауапкершілік шараларын қызметтік міндеттерді орындау барысында зерделеуді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) КЖ/ТҚ/ЖҚҚТҚ типологияларын, схемаларын, тәсілдерін, сондай-ақ күдікті операциялар мен клиенттің күдікті қызметің айқындау белгілерін зерделеуді қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) ҚЖ/ТҚ/ЖҚҚТҚҚ бойынша жауапты қызметкер және (немесе) ҚЖ/ТҚ/ЖҚҚТҚҚ бөлімшесінің қызметкері Қазақстан Республикасының ҚЖ/ТҚ/ЖҚҚТҚҚ туралы заңнамасын сақтауына байланысты функцияларын орындауды бастамас бұрын өз қызметінің түріне сәйкес уәкілетті органның интернет-ресурсында, тестілеуден онлайн форматта тестіленуші тұлғаның биометриялық бақылауын пайдалану арқылы жүргізіледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) қызметін жеке-дара жүзеге асыратын субъектілер өз қызметін жүзеге асырғаннан бастап 3 (үш) ай ішінде уәкілетті органның интернет-ресурсында интернет-ресурсында, тестілеуден онлайн форматта тестіленуші тұлғаның биометриялық бақылауын пайдалану арқылы жүргізіледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) тестілеу нәтижелерінің қолданылу мерзімі аттестаттаудан өткен сәттен бастап 3 (үш) жылды құрайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сертификат оның қолданылу мерзімі ішінде заңды күшке ие және электрондық не баспа түрінде ұсынылуы мүмкін.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі бақылау қағидаларымен бекітілген КЖ/ТҚ/ЖҚҚТҚҚ саласындағы даярлау және оқыту бағдарламасын орындау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметтің басталғаны немесе тоқтатылғаны туралы хабарламаны уәкілетті органға жолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке кабинетте тіркелу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өрескел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке кабинетте қызметтердің (өнімдердің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін бағалау нәтижелерінің; ішкі бақылау қағидаларының; КЖ/ТҚ/ЖҚҚТҚҚ туралы заңнаманы білуге тестілеуден өткені туралы сертификаттың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6596,249 +6746,191 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қылмыстық жолмен алынған </w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">кірістерді заңдастыруға </w:t>
+              <w:t>қылмыстық жолмен алынған кірістерді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(жылыстатуға) және терроризмді </w:t>
+              <w:t>заңдастыруға (жылыстатуға), терроризмді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қаржыландыруға қарсы іс-</w:t>
+              <w:t>қаржыландыруға және жаппай</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қимыл туралы </w:t>
+              <w:t>қырып-жою қаруын таратуды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+              <w:t>қаржыландыруға қарсы іс-қимыл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">заңнамасын сақтаудың тәуекел </w:t>
+              <w:t>туралы заңнамасын сақтаудың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">дәрежесін бағалау </w:t>
+              <w:t>тәуекел дәрежесін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>өлшемшарттарына</w:t>
+              <w:t>бағалау өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z111" w:id="63"/>
+    <w:bookmarkStart w:name="z151" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заң консультанттары және заң мәселелері бойынша басқа да тәуелсіз мамандар мынадай қызметтерге: жылжымайтын мүлiктi сатып алуға-сатуға, клиенттің ақшасын, бағалы қағаздарын немесе өзге мүлкін басқаруға, банктік шоттарды немесе бағалы қағаздар шоттарын басқаруға, компанияны құру, қамтамасыз ету, оның жұмыс істеуі немесе оны басқару үшін қаражат жинақтауға, заңды тұлғаларды құруға, сатып алуға-сатуға, олардың жұмыс істеуіне немесе оларды басқаруға қатысты олар клиенттің атынан немесе оның тапсырмасы бойынша ақшамен және (немесе) өзге мүлікпен операцияларға қатысатын кездегі жағдайларда; лизинг беруші ретінде лизингтік қызметті лицензиясыз жүзеге асыратын дара кәсіпкерлерге және заңды тұлғаларға; жылжымайтын мүлікті сатып алу-сату мәмілелерін жүзеге асыру кезінде делдалдық қызметтер көрсететін дара кәсіпкерлерге және заңды тұлғаларға; бағалы металдармен және асыл тастармен, олардан жасалған зергерлік бұйымдармен операцияларды жүзеге асыратын дара кәсіпкерлерге және заңды тұлғаларға қатысты Қазақстан Республикасының Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасының сақталуын мемлекеттік бақылау саласында субъективті өлшемшарттар бойынша тәуекел дәрежесін айқындаудың субъективті өлшемшарттар тізбесі </w:t>
+        <w:t xml:space="preserve"> Субъективті өлшемшарттар бойынша тәуекел дәрежесін айқындауға арналған субъективті өлшемшарттар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-[...57 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -6857,199 +6949,249 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р/б</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ р/б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Субъективті өлшемшарттың көрсеткіші</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Субъективті өлшемшарттың көрсеткіші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Субъективті өлшемшарттың көрсеткіші бойынша дерек көзі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Субъективті өлшемшарттың көрсеткіші бойынша дерек көзі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Маңыздылығы бойынша үлес салмағы, балл (қосындысы 100 баллдан аспауы керек)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Маңыздылығы бойынша үлес салмағы, балл (қосындысы 100 балдан аспауы керек)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шарт</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шарт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -7285,128 +7427,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық мониторингке жататын ақшамен және (немесе) мүлікпен жасалатын операциялар туралы ақпарат беру (шекті сомаға тең немесе одан асатын операция)</w:t>
+Қаржылық мониторингке жататын ақшамен және (немесе) мүлікпен жасалатын операциялар туралы ақпарат беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> 4) тармақшасы мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері</w:t>
+              <w:t>
+Өлшемшарттардың 13-тармағының 1), 3), 4) тармақшалары (бақылау субъектісі ұсынатын есептілік пен мәліметтерге мониторинг жүргізу нәтижелері; мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері; бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері (бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша берілген қорытынды құжаттар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7435,87 +7537,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болуы</w:t>
+Жіберілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болмауы</w:t>
+Жіберілмеген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7807,270 +7909,262 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық мониторингке жататын ақшамен және (немесе) мүлікпен жасалатын операциялар (шекті сомаға тең немесе одан асатын операция) туралы ақпаратты уақтылы ұсыну (жасалған күннен кейінгі жұмыс күнінен кешіктірмей)</w:t>
+Жеке кабинетте тіркелу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшемшарттардың 12-тармағының 2)-тармақшасы (бақылау және қадағалау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері (БАТЖ))</w:t>
+Өлшемшарттардың 13-тармағының 1), 3), 4) тармақшалары (бақылау субъектісі ұсынатын есептілік пен мәліметтерге мониторинг жүргізу нәтижелері; мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері; бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері (бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша берілген қорытынды құжаттар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+Бақылау субъектісіне бару арқылы профилактикалық бақылауға шығу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0-1 жұмыс күні</w:t>
+Жеке кабинеттің тіркелуінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2-10 жұмыс күні</w:t>
+Жеке кабинетті тіркеудің болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8154,245 +8248,341 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33%</w:t>
+100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уәкілетті органға қызметтің басталғаны немесе тоқтатылғаны туралы хабарлама жіберу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшемшарттардың 13-тармағының 1), 3), 4) тармақшалары (бақылау субъектісі ұсынатын есептілік пен мәліметтерге мониторинг жүргізу нәтижелері; мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері; бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері (бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша берілген қорытынды құжаттар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау субъектісіне бару арқылы профилактикалық бақылауға шығу</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жіберілген</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жіберілмеген</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8422,539 +8612,523 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0-24 сағат</w:t>
+0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1-10 күн</w:t>
+100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уәкілетті органның сұрау салуы бойынша ақпаратты, оның ішінде дұрыс емес мәліметтер мен құжаттарды ұсыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшемшарттардың 13-тармағының 1), 3), 4) тармақшалары (бақылау субъектісі ұсынатын есептілік пен мәліметтерге мониторинг жүргізу нәтижелері; мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері; бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері (бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша берілген қорытынды құжаттар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау субъектісіне бару арқылы профилактикалық бақылауға шығу</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0%</w:t>
+Ұсынылған</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33%</w:t>
+Ұсынылмаған</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8993,89 +9167,97 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9136,307 +9318,299 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар клиенттің операциялары туралы ақпаратты уақтылы ұсыну (қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар клиенттің операциясы күдікті деп танылған және осындай танылудың нәтижелері тіркелгеннен кейінгі жұмыс күнінен кешіктірмей)</w:t>
+Клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісті тексеру жөнінде шаралар қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшемшарттардың 12-тармағының 1)-тармақшасы (бақылау және қадағалау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері (БАТЖ))</w:t>
+Өлшемшарттардың 13-тармағының 1), 3), 4) тармақшалары (бақылау субъектісі ұсынатын есептілік пен мәліметтерге мониторинг жүргізу нәтижелері; мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері; бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері (бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша берілген қорытынды құжаттар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+Бақылау субъектісіне бару арқылы профилактикалық бақылауға шығу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0-1 жұмыс күні</w:t>
+Уәкілетті органның тізімдерін, тізбелерін пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2-10 жұмыс күні</w:t>
+Уәкілетті органның тізімдерін, тізбелерін пайдаланбау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -9520,1690 +9694,1834 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33%</w:t>
+100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржылық мониторингке жататын ақшамен және (немесе) өзге мүлікпен жасалатын операциялар туралы ақпаратты уақтылы ұсыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшемшарттардың 13-тармағының 1), 3), 4) тармақшалары (бақылау субъектісі ұсынатын есептілік пен мәліметтерге мониторинг жүргізу нәтижелері; мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері; бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері (бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша берілген қорытынды құжаттар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0-1 күн (24 сағат)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-10 күн</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11-20 күн</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 және одан көп күн</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тестілеу нәтижелерінің болуы</w:t>
+0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тестілеу нәтижелерінің болмауы</w:t>
+33%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уәкілетті органның сұрау салуы бойынша ақпаратты, мәліметтер мен құжаттарды уақтылы ұсыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшемшарттардың 13-тармағының 1), 3), 4) тармақшалары (бақылау субъектісі ұсынатын есептілік пен мәліметтерге мониторинг жүргізу нәтижелері; мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері; бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері (бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша берілген қорытынды құжаттар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0%</w:t>
+0-3 жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100%</w:t>
+4-10 жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11-20 жұмыс күні</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 және одан көп жұмыс күні</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бөлінген байланыс арнасында тіркеудің болуы</w:t>
+0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бөлінген байланыс арнасында тіркеудің болмауы</w:t>
+33%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақшамен және (немесе) өзге мүлікпен операцияларды тоқтата тұру жөніндегі шаралар туралы, іскерлік қатынастар орнатудан, ақшамен және (немесе) мүлікпен операциялар жүргізуден бас тарту, клиентпен іскерлік қатынастарды тоқтату туралы ақпаратты уақтылы ұсыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшемшарттардың 13-тармағының 1), 3), 4) тармақшалары (бақылау субъектісі ұсынатын есептілік пен мәліметтерге мониторинг жүргізу нәтижелері; мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері; бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері (бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша берілген қорытынды құжаттар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0%</w:t>
+0-1 жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100%</w:t>
+2-10 жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11-20 жұмыс күні</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 және одан көп жұмыс күні</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Болуы</w:t>
+0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болмауы </w:t>
+33%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке кабинетте қызметтердің (өнімдердің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін бағалау нәтижелерінің; ішкі бақылау қағидаларының; КЖ/ТҚ/ЖҚҚТҚҚ туралы заңнаманы білуге тестілеуден өткені туралы сертификаттың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшемшарттардың 13-тармағының 1), 3), 4) тармақшалары (бақылау субъектісі ұсынатын есептілік пен мәліметтерге мониторинг жүргізу нәтижелері; мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері; бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері (бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша берілген қорытынды құжаттар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 0%</w:t>
+Құжаттардың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100% </w:t>
+Құжаттардың болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11307,89 +11625,97 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 %</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11450,165 +11776,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық мониторингке жататын күдікті операциялар туралы ақпарат беру</w:t>
+Клиентке іскерлік қатынастар орнатудан және ақшамен және (немесе) мүлікпен операциялар жүргізуден бас тарту, клиентпен іскерлік қатынастарды тоқтату жөніндегі міндеттерді орындау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> 4) тармақшасы мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері</w:t>
+              <w:t>
+Өлшемшарттардың 13-тармағының 1), 3), 4) тармақшалары (бақылау субъектісі ұсынатын есептілік пен мәліметтерге мониторинг жүргізу нәтижелері; мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері; бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері (бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша берілген қорытынды құжаттар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11637,127 +11923,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болуы</w:t>
+Уәкілетті органның тізімдерінде және тізбелерінде болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болмауы</w:t>
+Уәкілетті органның тізімдерінде және тізбелерінде болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11874,73 +12158,111 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...21 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11990,466 +12312,506 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Ұлттық экономика министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2021 жылғы 16 тамыздағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 80 және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Қаржылық мониторинг</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>агенттігі Төрағасының</w:t>
+              <w:t>агенттігі төрағасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 жылғы 16 тамыздағы </w:t>
+              <w:t>2021 жылғы 16 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 7 және</w:t>
-[...51 lines deleted...]
-              <w:t>№ 80 бірлескен бұйрыққа</w:t>
+              <w:t>№ 7 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="64"/>
+    <w:bookmarkStart w:name="z58" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заң консультанттары және заң мәселелері бойынша басқа да тәуелсіз мамандар мынадай қызметтерге: жылжымайтын мүлiктi сатып алуға-сатуға, клиенттің ақшасын, бағалы қағаздарын немесе өзге мүлкін басқаруға, банктік шоттарды немесе бағалы қағаздар шоттарын басқаруға, компанияны құру, қамтамасыз ету, оның жұмыс істеуі немесе оны басқару үшін қаражат жинақтауға, заңды тұлғаларды құруға, сатып алуға-сатуға, олардың жұмыс істеуіне немесе оларды басқаруға қатысты олар клиенттің атынан немесе оның тапсырмасы бойынша ақшамен және (немесе) өзге мүлікпен операцияларға қатысатын кездегі жағдайларда; лизинг беруші ретінде лизингтік қызметті лицензиясыз жүзеге асыратын дара кәсіпкерлерге және заңды тұлғаларға; жылжымайтын мүлікті сатып алу-сату мәмілелерін жүзеге асыру кезінде делдалдық қызметтер көрсететін дара кәсіпкерлерге және заңды тұлғаларға; бағалы металдармен және асыл тастармен, олардан жасалған зергерлік бұйымдармен операцияларды жүзеге асыратын дара кәсіпкерлерге және заңды тұлғаларға қатысты Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтаудың мемлекеттік бақылау саласындағы тексеру парағы</w:t>
+        <w:t xml:space="preserve"> Заң консультанттарына, заң мәселелері бойынша тәуелсіз мамандарға; лизинг беруші ретінде лизингтік қызметті лицензиясыз жүзеге асыратын дара кәсіпкерлер мен заңды тұлғаларға; жылжымайтын мүлікті сатып алу-сату мәмілелерін жүзеге асыру кезінде делдалдық қызметтер көрсететін дара кәсіпкерлерге және заңды тұлғаларға; бағалы металдармен және асыл тастармен, олардан жасалған зергерлік бұйымдармен операцияларды жүзеге асыратын дара кәсіпкерлерге және заңды тұлғаларға қатысты Қазақстан Республикасының Кәсіпкерлік кодексінің 138-бабына сәйкес Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасының сақталуын тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тексеру парағы жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 25.05.2023 № 3 және ҚР Ұлттық экономика министрінің 26.05.2023 </w:t>
+      Ескерту. Тексеру парағы жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 05.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 84</w:t>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 06.01.2026 № 1 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Тексеруді/бақылау субъектісіне бару арқылы профилактикалық бақылауды </w:t>
+        <w:t>
+      ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      тағайындаған мемлекеттік орган _________________________________________ </w:t>
+        <w:t>
+      бақылау субъектілерінің (объектілерінің) біртекті тобының атауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
+      Тексеруді/бақылау субъектісіне (объектісіне) бару арқылы тексеруді/профилактикалық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Тексеруді/бақылау субъектісіне бару арқылы профилактикалық бақылауды тағайындау </w:t>
+        <w:t xml:space="preserve"> бақылауды тағайындаған мемлекеттік орган</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      туралы Акті _______________________________________________</w:t>
+        <w:t xml:space="preserve"> _______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
+        <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      №, күні</w:t>
+        <w:t xml:space="preserve">       Тексеруді/бақылау субъектісіне (объектісіне) бару арқылы тексеруді/профилактикалық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Бақылау субъектісінің атауы ___________________________________________</w:t>
+        <w:t xml:space="preserve"> бақылауды тағайындау туралы акті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Бақылау субъектісінің (жеке сәйкестендіру нөмірі), бизнес-</w:t>
+        <w:t xml:space="preserve"> ______________________________________________________________________ №, күні</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      сәйкестендіру нөмірі______________________________________________ </w:t>
+        <w:t xml:space="preserve">       Бақылау субъектісінің (объектісінің) атауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t xml:space="preserve">______________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Орналасқан жерінің мекенжайы _______________________________________ </w:t>
+        <w:t>_______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t>Бақылау субъектісінің (объектісінің) (жеке сәйкестендіру нөмірі), бизнес-сәйкестендіру нөмірі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орналасқан мекенжайы ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -12465,177 +12827,199 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...17 lines deleted...]
-р/б</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ р/б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптар тізбесі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптарға сәйкес келеді</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптарға сәйкес келеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптарға сәйкес келмейді</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптарға сәйкес келмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12817,51 +13201,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық мониторингке жататын ақшамен және (немесе) мүлікпен жасалатын операциялар (шекті сомаға тең немесе одан асатын операция) туралы ақпаратты ұсыну</w:t>
+Қаржы мониторингіне жататын ақшамен және (немесе) өзге де мүлікпен жасалатын операциялар туралы, оның ішінде дұрыс емес ақпарат беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12958,51 +13342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық мониторингке жататын ақшамен және (немесе) мүлікпен жасалатын операциялар (шекті сомаға тең немесе одан асатын операция) туралы ақпаратты уақтылы ұсыну (жасалған күннен кейінгі жұмыс күнінен кешіктірмей)</w:t>
+Қаржы мониторингіне жататын ақшамен және (немесе) өзге мүлікпен жасалатын операциялар туралы ақпаратты уақтылы ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13062,88 +13446,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-3 </w:t>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Күдікті операциялар туралы ақпаратты уақтылы ұсыну (олар жүргізілгенге дейін күдікті деп танылмаған операциялар күдікті деп танылғаннан кейін бақылау субъектісінің ішкі бақылау қағидаларына сәйкес жиырма төрт сағаттан кешіктірілмей ұсынылады)</w:t>
+Уәкілетті органның сұрау салуы бойынша, оның ішінде дұрыс емес ақпаратты, мәліметтер мен құжаттарды ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13240,51 +13624,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар клиенттің операциялары туралы ақпаратты уақтылы ұсыну (қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар клиенттің операциясы күдікті деп танылған және осындай танылудың нәтижелері тіркелгеннен кейінгі жұмыс күнінен кешіктірмей)</w:t>
+Уәкілетті органның сұрау салуы бойынша ақпаратты, мәліметтерді және құжаттарды уақтылы ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13381,51 +13765,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Клиентпен іскерлік қатынастар орнатылған, ақшамен және (немесе) өзге мүлікпен операциялар, оның ішінде күдікті операциялар жүзеге асырылған, клиент (оның өкілі), бенефициарлық меншік иесі туралы бұрын алынған мәліметтердің анықтығына күмәндануға негіздер болған жағдайларда клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру шеңберінде сұратылатын мәліметтер мен құжаттарды тіркеу бойынша шараларды сақтау, оның ішінде жеке тұлғаны, заңды тұлғаны (филиалды, өкілдікті, заңды тұлға құрмайтын шетелдік құрылымды) сәйкестендіру үшін қажетті мәліметтерді тiркеу; бенефициарлық меншік иесін анықтау және оны сәйкестендіру үшін қажетті мәліметтерді тіркеу; іскерлік қатынастардың болжамды мақсаты мен сипатын анықтау; жасалатын операцияларды қаржыландыру көзі туралы мәліметтерді қажет болған кезде алуды және тіркеуді қоса алғанда, iскерлiк қатынастарды тексерудi және осы қаржы мониторингi субъектiсi арқылы клиент жүзеге асыратын операцияларды зерделеудi тұрақты негiзде жүргiзу; клиентті (оның өкілін), бенефициарлық меншік иесін сәйкестендіруге қажетті мәліметтердің анықтығын тексеру және клиент (оның өкілі) және бенефициарлық меншік иесі туралы мәліметтерді жаңарту; клиенттiң (оның өкілінің) және бенефициарлық меншік иесінің жария лауазымды адамға, оның жұбайына (зайыбына) және жақын туыстарына жататынын және (немесе) қатыстылығын тексерудi жүзеге асыру; қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру жағдайларына осы жария лауазымды адамның қатыстылығына байланысты оның беделін бағалауды жүзеге асыру; осындай клиенттермен іскерлік қатынастар орнатуға, оларды жалғастыруға ұйымның басшы қызметкерінің жазбаша рұқсатын алу; осындай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің ақшасының және (немесе) өзге де мүлкінің шығу көзін анықтау үшін қолжетімді шараларды қабылдау, клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексерудің күшейтілген шараларын тұрақты негізде қолдану бөлігінде</w:t>
+Мәліметтер мен құжаттарды тіркеу, оларды сақтау және қорғау жөнінде шаралар қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13522,51 +13906,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Клиентпен іскерлік қатынастар орнатылған, ақшамен және (немесе) өзге мүлікпен операциялар, оның ішінде күдікті операциялар жүзеге асырылған, клиент (оның өкілі), бенефициарлық меншік иесі туралы бұрын алынған мәліметтердің анықтығына күмәндануға негіздер болған жағдайларда клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру шеңберінде сұратылатын мәліметтер мен құжаттарды сақтау бойынша шараларды сақтау, оның ішінде жеке тұлғаны, заңды тұлғаны (филиалды, өкілдікті, заңды тұлға құрмайтын шетелдік құрылымды) сәйкестендіру үшін қажетті мәліметтерді тiркеу; бенефициарлық меншік иесін анықтау және оны сәйкестендіру үшін қажетті мәліметтерді тіркеу; іскерлік қатынастардың болжамды мақсаты мен сипатын анықтау; жасалатын операцияларды қаржыландыру көзі туралы мәліметтерді қажет болған кезде алуды және тіркеуді қоса алғанда, iскерлiк қатынастарды тексерудi және осы қаржы мониторингi субъектiсi арқылы клиент жүзеге асыратын операцияларды зерделеудi тұрақты негiзде жүргiзу; клиентті (оның өкілін), бенефициарлық меншік иесін сәйкестендіруге қажетті мәліметтердің анықтығын тексеру және клиент (оның өкілі) және бенефициарлық меншік иесі туралы мәліметтерді жаңарту; клиенттiң (оның өкілінің) және бенефициарлық меншік иесінің жария лауазымды адамға, оның жұбайына (зайыбына) және жақын туыстарына жататынын және (немесе) қатыстылығын тексерудi жүзеге асыру; қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру жағдайларына осы жария лауазымды адамның қатыстылығына байланысты оның беделін бағалауды жүзеге асыру; осындай клиенттермен іскерлік қатынастар орнатуға, оларды жалғастыруға ұйымның басшы қызметкерінің жазбаша рұқсатын алу; осындай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің ақшасының және (немесе) өзге де мүлкінің шығу көзін анықтау үшін қолжетімді шараларды қабылдау, клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексерудің күшейтілген шараларын тұрақты негізде қолдану бөлігінде</w:t>
+Клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру жөнінде шаралар қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13663,51 +14047,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бақылау субъектілері әзірлеген қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласындағы даярлау және оқыту бағдарламасының болуы</w:t>
+Ақшамен және (немесе) өзге мүлікпен операцияларды тоқтатып қою жөнінде шаралар қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13804,51 +14188,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар клиенттің операциялары туралы ақпаратты ұсыну</w:t>
+Клиентпен іскерлік қатынастар орнатудан және ақшамен және (немесе) мүлікпен операциялар жүргізуден бас тарту, клиентпен іскерлік қатынастарды тоқтата тұру жөнінде шаралар қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13945,51 +14329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бақылау субъектілерінің клиентке іскерлік қатынастар орнатудан және ақшамен операциялар жүргізуден бас тарту және (немесе) іскерлік қатынастар орнатудан және ақшамен және (немесе) мүлікпен операциялар жүргізуден бас тарту туралы ақпарат ұсынудан бас тарту жөніндегі міндеттерді орындауы</w:t>
+Ақшамен және (немесе) өзге мүлікпен операцияларды тоқтата тұру жөніндегі шаралар туралы, іскерлік қатынастар орнатудан, ақшамен және (немесе) мүлікпен операциялар жүргізуден бас тарту, клиентпен іскерлік қатынастарды тоқтату туралы ақпарат беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14086,51 +14470,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өз клиенттеріне (олардың өкілдеріне) және (немесе) бенефициарлық меншік иелеріне уәкілетті органға ақпарат беру туралы хабарламау жөніндегі талаптарын сақтау</w:t>
+Ақшамен және (немесе) өзге мүлікпен операцияларды тоқтата тұру жөніндегі шаралар туралы, іскерлік қатынастар орнатудан, ақшамен және (немесе) мүлікпен операциялар жүргізуден бас тарту, клиентпен іскерлік қатынастарды тоқтату туралы ақпаратты уақтылы ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14227,51 +14611,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ішкі бақылау ережелерінің болуы</w:t>
+Уәкілетті органның шешімі бойынша клиенттердің операцияларын тоқтата тұру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14368,51 +14752,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қабылданған ішкі бақылау қағидалары мен оны жүзеге асыру бағдарламаларының бекітілген талаптарға сәйкес келуі (ішкі бақылау қағидаларын іске асыруға және сақтауға жауапты бақылау субъектілерінің қызметкерлеріне қойылатын талаптарды қоса алғанда, ішкі бақылауды ұйымдастыру бағдарламасы, технологиялық жетістіктерді пайдалану тәуекелін қоса алғанда, клиенттердің тәуекелдері мен қызметтерді қылмыстық мақсаттарда пайдалану тәуекелдерін ескеретін тәуекелдерді басқару бағдарламасы, клиенттерді сәйкестендіру бағдарламасы, клиенттердің күрделі, ерекше ірі және басқа да ерекше операцияларын зерделеуді қоса алғанда, клиенттердің операцияларын мониторингтеу және зерделеу бағдарламасы, бақылау субъектілері әзірлеген қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласындағы даярлау және оқыту бағдарламасы)</w:t>
+Өз клиенттеріне және өзге де тұлғаларға уәкілетті органға ақпарат беру және уәкілетті органнан ақшамен және (немесе) өзге мүлікпен күдікті операциялар жасайтын ұйымдар мен тұлғалардың тізбесін алу туралы хабарлама беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14509,51 +14893,1458 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уәкілетті органға қызметтің басталғаны немесе тоқтатылғаны туралы хабарлама жіберу</w:t>
+Ішкі бақылау ережелерінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КЖ/ТҚ/ЖҚҚТҚҚ заңнамасының талаптарына сәйкес ішкі бақылау қағидалаларының сәйкес келмеуі, оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ішкі бақылау қағидалары ішкі бақылауды ұйымдастыру, тәуекелдерді басқару, клиентті сәйкестендіру, клиенттердің операцияларын мониторингтеу және зерделеу, даярлау және оқыту бағдарламаларын қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ішкі бақылау қағидалары субъектімен (жоғарғы басқару органымен немесе басшысымен) бекітіледі және жеке кабинетте орналастырылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ішкі бақылауды ұйымдастыру бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) ішкі бақылау қағидаларының іске асырылуына және сақталуына жауапты адамды (бұдан әрі – жауапты адам) тағайындау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жауапты адамға жүктелетін өкілеттіктері мен міндеттерін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) жауапты адамның уақытша болмауы кезінде (демалыс, уақытша еңбекке жарамсыздық, қызметтік іссапар) оның міндеттерін жүктеу тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) КЖ/ТҚ/ЖҚҚТҚҚ бойынша функцияларды орындайтын құрылымдық бөлімшенің (болған жағдайда) өкілеттіктері мен міндеттерін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) субъектінің және оның филиалының (болған жағдайда) ішкі бақылау жүйесінің сипаттамасы, сондай-ақ ішкі бақылау қағидаларын іске асыру мәселелері бойынша заңды тұлғаның құрылымдық бөлімшелерінің (жеке кәсіпкердің қызметкерлерінің) өзара іс-қимылы тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) ішкі бақылау қағидаларына өзгерістер енгізу тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) ішкі бақылау жүйесін тексеру тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) КЖ/ТҚ/ЖҚҚТҚҚ бойынша міндеттерді іске асыру нәтижесінде алынған құжаттар мен мәліметтерді сақтау тәртібін қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тәуекелдерді басқару бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) іскерлік қатынастарды орнату кезінде клиентті бағалау және тәуекел дәрежесіне (деңгейіне) жатқызу, сондай-ақ клиенттерді тиісінше тексерудің жеңілдетілген немесе күшейтілген шараларын қолдану тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) клиент тәуекелінің дәрежесін (деңгейін) қайта қарау тәртібі мен мерзімдерін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) тәуекелдерді басқару тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) жаңа қызметтерді (өнімдерді) және (немесе) бағдарламалық-техникалық құралдарды КЖ/ТҚ/ЖҚҚТҚ мақсатында пайдалану тәуекелдерін бағалау, оларды төмендетуге бағытталған шаралар кешенін әзірлеуді қосатын тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) тәуекел дәрежесін (деңгейін) бағалау және тәуекелдерді басқару нәтижелерін тіркеу тәртібін қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+клиентті сәйкестендіру бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) клиентті (оның өкілін) және бенефициарлық меншік иесін тиісінше тексеру, сондай-ақ алынған мәліметтердің дұрыстығын растау шараларын қабылдау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) клиенттің (оның өкілінің) және бенефициарлық меншік иесінің терроризмді және экстремизмді қаржыландырумен және жаппай қырып-жою қаруын таратуды қаржыландырумен байланысты ұйымдар мен тұлғалардың тізбелерінде болуын тексеруді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ақшалай қаражаттардың немесе өзге мүліктің шығу көздерін айқындай отырып, шетелдік жария лауазымды адамдарды, сондай-ақ Қазақстан Республикасының Президенті бекітетін жария лауазымды адамдар тізбесіндегі адамдарды анықтау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Ақшаны жылыстатуға қарсы күрестің қаржылық шараларын әзірлеу тобының (ФАТФ) ұсынымдарын орындамайтын мемлекетте (аумақта) тіркелген немесе тұрғылықты жері бар заңды және жеке тұлғаларды айқындау тәртібін қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+клиенттердің операцияларын мониторингтеу және зерделеу бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) қаржы мониторингіне жататын операцияларды және күдікті қызметті анықтау рәсімдерін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) операцияны жүргізуден немесе іскерлік қатынастарды орнатудан (тоқтату) бас тарту туралы шешім қабылдау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) операциялары тоқтатып қою жөніндегі шаралар қолданылуға тиіс өз клиенттерінің болуына қатысты салыстыру жүргізудің тәртібі мен кезеңділігін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) операцияларды тоқтатып қою жөнінде шаралар қабылдау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) операцияларды тоқтата тұруға байланысты іс-қимылдар тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) хабардар етуге тыйым салуды ескере отырып КЖ/ТҚ/ЖҚҚТҚ бойынша қолданылатын шаралар туралы клиентті хабардар ету және өзара іс-қимыл жасау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) клиенттердің жолданымы шеңберінде ақшамен немесе өзге мүлікпен операцияларды жүзеге асыру үшін клиенттермен өзара іс-қимыл жасау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) уәкілетті органға операцияны жүргізуден немесе іскерлік қатынастарды орнатудан (тоқтату) бас тарту, операцияларды тоқтатып қою және тоқтата тұру фактілері туралы хабарламалар беру тәртібін қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КЖ/ТҚ/ЖҚҚТҚҚ саласында субъектіні даярлау және оқыту бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) КЖ/ТҚ/ЖҚҚТҚҚ саласындағы Қазақстан Республикасының нормативтік құқықтық актілерін және КЖ/ТҚ/ЖҚҚТҚҚ саласындағы халықаралық стандарттарды зерделеуді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ішкі бақылау қағидаларын және олардың жүзеге асырылу бағдарламаларын, сондай-ақ КЖ/ТҚ/ЖҚҚТҚҚ туралы Қазақстан Республикасының заңнамалық талаптарын орындамағаны үшін жауапкершілік шараларын қызметтік міндеттерді орындау барысында зерделеуді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) КЖ/ТҚ/ЖҚҚТҚ типологияларын, схемаларын, тәсілдерін, сондай-ақ күдікті операциялар мен клиенттің күдікті қызметің айқындау белгілерін зерделеуді қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) ҚЖ/ТҚ/ЖҚҚТҚҚ бойынша жауапты қызметкер және (немесе) ҚЖ/ТҚ/ЖҚҚТҚҚ бөлімшесінің қызметкері Қазақстан Республикасының ҚЖ/ТҚ/ЖҚҚТҚҚ туралы заңнамасын сақтауына байланысты функцияларын орындауды бастамас бұрын өз қызметінің түріне сәйкес уәкілетті органның интернет-ресурсында, тестілеуден онлайн форматта тестіленуші тұлғаның биометриялық бақылауын пайдалану арқылы жүргізіледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) қызметін жеке-дара жүзеге асыратын субъектілер өз қызметін жүзеге асырғаннан бастап 3 (үш) ай ішінде уәкілетті органның интернет-ресурсында интернет-ресурсында, тестілеуден онлайн форматта тестіленуші тұлғаның биометриялық бақылауын пайдалану арқылы жүргізіледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) тестілеу нәтижелерінің қолданылу мерзімі аттестаттаудан өткен сәттен бастап 3 (үш) жылды құрайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сертификат оның қолданылу мерзімі ішінде заңды күшке ие және электрондық не баспа түрінде ұсынылуы мүмкін.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі бақылау ережелерімен бекітілген КЖ/ТҚ/ЖҚҚТҚҚ саласындағы даярлау және оқыту бағдарламасын орындау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметтің басталғаны немесе тоқтатылғаны туралы хабарламаны уәкілетті органға жолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке кабинетте тіркелу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке кабинетте қызметтердің (өнімдердің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін бағалау нәтижелерінің; ішкі бақылау қағидаларының; КЖ/ТҚ/ЖҚҚТҚҚ туралы заңнаманы білуге тестілеуден өткені туралы сертификаттың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14611,160 +16402,154 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лауазымды адам (-дар) __________________________________ _____________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      лауазымы                         қолы </w:t>
+        <w:t xml:space="preserve">                                           лауазымы                   қолы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+        <w:t xml:space="preserve">             тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бақылау субъектісінің басшысы _______________ ___________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      лауазымы             қолы</w:t>
+        <w:t xml:space="preserve">                         лауазымы                         қолы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+        <w:t xml:space="preserve">             тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14800,515 +16585,455 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Қазақстан Республикасы Ұлттық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қаржылық мониторинг агенттігі</w:t>
+              <w:t>экономика министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Төрағасының</w:t>
+              <w:t>2021 жылғы 16 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 жылғы 16 тамыздағы </w:t>
+              <w:t>№ 80 және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 7 және</w:t>
+              <w:t>Қазақстан Республикасы Қаржылық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>мониторинг агенттігі төрағасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ұлттық экономика министрінің</w:t>
+              <w:t>2021 жылғы 16 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 жылғы 16 тамыздағы </w:t>
-[...12 lines deleted...]
-              <w:t>№ 80 бірлескен бұйрыққа</w:t>
+              <w:t>№ 7 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="65"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бухгалтерлік есеп саласында кәсіпкерлік қызметті жүзеге асыратын бухгалтерлік ұйымдар мен кәсіби бухгалтерлерге қатысты Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтаудың мемлекеттік бақылау саласындағы тексеру парағы</w:t>
+        <w:t xml:space="preserve"> Бухгалтерлік есеп саласында кәсіпкерлік қызметті жүзеге асыратын бухгалтерлік ұйымдар мен кәсіби бухгалтерлерге; "Азаматтарға арналған үкімет" мемлекеттік корпорациясына; ұялы байланыс операторларына; әлеуметтік медициналық сақтандыру қорына қатысты Қазақстан Республикасының Кәсіпкерлік кодексінің 138-бабына сәйкес Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасының сақталуын тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тексеру парағы жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 25.05.2023 № 3 және ҚР Ұлттық экономика министрінің 26.05.2023 </w:t>
+      Ескерту. Тексеру парағы жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 05.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 84</w:t>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 06.01.2026 № 1 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Тексеруді/бақылау субъектісіне бару арқылы профилактикалық бақылауды </w:t>
+        <w:t>
+      ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      тағайындаған мемлекеттік орган _________________________ </w:t>
+        <w:t>
+      бақылау субъектілерінің (объектілерінің) біртекті тобының атауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
+      Тексеруді/бақылау субъектісіне (объектісіне) бару арқылы тексеруді/профилактикалық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> бақылауды тағайындаған мемлекеттік орган _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Тексеруді/бақылау субъектісіне бару арқылы профилактикалық бақылауды </w:t>
+        <w:t xml:space="preserve"> _______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      тағайындау туралы акті</w:t>
+        <w:t xml:space="preserve">       Тексеруді/бақылау субъектісіне (объектісіне) бару арқылы тексеруді/профилактикалық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> бақылауды тағайындау туралы акті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
+        <w:t xml:space="preserve"> _________________________________________________________________________№, күні</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      №, күні</w:t>
+        <w:t xml:space="preserve">       Бақылау субъектісінің (объектісінің) атауы ___________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Бақылау субъектісінің атауы ___________________________________________</w:t>
+        <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t xml:space="preserve">       Бақылау субъектісінің (объектісінің) (жеке сәйкестендіру нөмірі), бизнес-сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Бақылау субъектісінің (жеке сәйкестендіру нөмірі), бизнес-сәйкестендіру нөмірі </w:t>
+        <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ______________________________________________________________ </w:t>
+        <w:t xml:space="preserve">       Орналасқан мекенжайы _______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...36 lines deleted...]
-      ____________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -15324,69 +17049,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...17 lines deleted...]
-р/б</w:t>
+№ р/б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15676,51 +17383,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық мониторингке жататын ақшамен және (немесе) мүлікпен жасалатын операциялар (шекті сомаға тең немесе одан асатын операция) туралы ақпаратты ұсыну</w:t>
+Қаржы мониторингіне жататын ақшамен және (немесе) өзге де мүлікпен жасалатын операциялар туралы, оның ішінде дұрыс емес ақпарат беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15817,51 +17524,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық мониторингке жататын ақшамен және (немесе) мүлікпен жасалатын операциялар (шекті сомаға тең немесе одан асатын операция) туралы ақпаратты уақтылы ұсыну (жасалған күннен кейінгі жұмыс күнінен кешіктірмей)</w:t>
+Қаржы мониторингіне жататын ақшамен және (немесе) өзге мүлікпен жасалатын операциялар туралы ақпаратты уақтылы ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15921,88 +17628,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-3 </w:t>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Күдікті операциялар туралы ақпаратты уақтылы ұсыну (олар жүргізілгенге дейін күдікті деп танылмаған операциялар күдікті деп танылғаннан кейін бақылау субъектісінің ішкі бақылау қағидаларына сәйкес жиырма төрт сағаттан кешіктірілмей ұсынылады)</w:t>
+Уәкілетті органның сұрау салуы бойынша, оның ішінде дұрыс емес ақпаратты, мәліметтер мен құжаттарды ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16099,51 +17806,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар клиенттің операциялары туралы ақпаратты уақтылы ұсыну (қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар клиенттің операциясы күдікті деп танылған және осындай танылудың нәтижелері тіркелгеннен кейінгі жұмыс күнінен кешіктірмей)</w:t>
+Уәкілетті органның сұрау салуы бойынша ақпаратты, мәліметтерді және құжаттарды уақтылы ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16240,51 +17947,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Клиентпен іскерлік қатынастар орнатылған, ақшамен және (немесе) өзге мүлікпен операциялар, оның ішінде күдікті операциялар жүзеге асырылған, клиент (оның өкілі), бенефициарлық меншік иесі туралы бұрын алынған мәліметтердің анықтығына күмәндануға негіздер болған жағдайларда клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру шеңберінде сұратылатын мәліметтер мен құжаттарды тіркеу бойынша шараларды сақтау, оның ішінде жеке тұлғаны, заңды тұлғаны (филиалды, өкілдікті, заңды тұлға құрмайтын шетелдік құрылымды) сәйкестендіру үшін қажетті мәліметтерді тiркеу; бенефициарлық меншік иесін анықтау және оны сәйкестендіру үшін қажетті мәліметтерді тіркеу; іскерлік қатынастардың болжамды мақсаты мен сипатын анықтау; жасалатын операцияларды қаржыландыру көзі туралы мәліметтерді қажет болған кезде алуды және тіркеуді қоса алғанда, iскерлiк қатынастарды тексерудi және осы қаржы мониторингi субъектiсi арқылы клиент жүзеге асыратын операцияларды зерделеудi тұрақты негiзде жүргiзу; клиентті (оның өкілін), бенефициарлық меншік иесін сәйкестендіруге қажетті мәліметтердің анықтығын тексеру және клиент (оның өкілі) және бенефициарлық меншік иесі туралы мәліметтерді жаңарту; клиенттiң (оның өкілінің) және бенефициарлық меншік иесінің жария лауазымды адамға, оның жұбайына (зайыбына) және жақын туыстарына жататынын және (немесе) қатыстылығын тексерудi жүзеге асыру; қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру жағдайларына осы жария лауазымды адамның қатыстылығына байланысты оның беделін бағалауды жүзеге асыру; осындай клиенттермен іскерлік қатынастар орнатуға, оларды жалғастыруға ұйымның басшы қызметкерінің жазбаша рұқсатын алу; осындай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің ақшасының және (немесе) өзге де мүлкінің шығу көзін анықтау үшін қолжетімді шараларды қабылдау, клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексерудің күшейтілген шараларын тұрақты негізде қолдану бөлігінде</w:t>
+Мәліметтер мен құжаттарды тіркеу, оларды сақтау және қорғау жөнінде шаралар қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16381,51 +18088,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Клиентпен іскерлік қатынастар орнатылған, ақшамен және (немесе) өзге мүлікпен операциялар, оның ішінде күдікті операциялар жүзеге асырылған, клиент (оның өкілі), бенефициарлық меншік иесі туралы бұрын алынған мәліметтердің анықтығына күмәндануға негіздер болған жағдайларда клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру шеңберінде сұратылатын мәліметтер мен құжаттарды сақтау бойынша шараларды сақтау, оның ішінде жеке тұлғаны, заңды тұлғаны (филиалды, өкілдікті, заңды тұлға құрмайтын шетелдік құрылымды) сәйкестендіру үшін қажетті мәліметтерді тiркеу; бенефициарлық меншік иесін анықтау және оны сәйкестендіру үшін қажетті мәліметтерді тіркеу; іскерлік қатынастардың болжамды мақсаты мен сипатын анықтау; жасалатын операцияларды қаржыландыру көзі туралы мәліметтерді қажет болған кезде алуды және тіркеуді қоса алғанда, iскерлiк қатынастарды тексерудi және осы қаржы мониторингi субъектiсi арқылы клиент жүзеге асыратын операцияларды зерделеудi тұрақты негiзде жүргiзу; клиентті (оның өкілін), бенефициарлық меншік иесін сәйкестендіруге қажетті мәліметтердің анықтығын тексеру және клиент (оның өкілі) және бенефициарлық меншік иесі туралы мәліметтерді жаңарту; клиенттiң (оның өкілінің) және бенефициарлық меншік иесінің жария лауазымды адамға, оның жұбайына (зайыбына) және жақын туыстарына жататынын және (немесе) қатыстылығын тексерудi жүзеге асыру; қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру жағдайларына осы жария лауазымды адамның қатыстылығына байланысты оның беделін бағалауды жүзеге асыру; осындай клиенттермен іскерлік қатынастар орнатуға, оларды жалғастыруға ұйымның басшы қызметкерінің жазбаша рұқсатын алу; осындай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің ақшасының және (немесе) өзге де мүлкінің шығу көзін анықтау үшін қолжетімді шараларды қабылдау, клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексерудің күшейтілген шараларын тұрақты негізде қолдану бөлігінде</w:t>
+Клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру жөнінде шаралар қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16522,51 +18229,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бақылау субъектілері әзірлеген қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласындағы даярлау және оқыту бағдарламасының болуы</w:t>
+Ақшамен және (немесе) өзге мүлікпен операцияларды тоқтатып қою жөнінде шаралар қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16663,51 +18370,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар клиенттің операциялары туралы ақпаратты ұсыну</w:t>
+Клиентпен іскерлік қатынастар орнатудан және ақшамен және (немесе) мүлікпен операциялар жүргізуден бас тарту, клиентпен іскерлік қатынастарды тоқтата тұру жөнінде шаралар қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16804,51 +18511,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бақылау субъектілерінің клиентке іскерлік қатынастар орнатудан және ақшамен операциялар жүргізуден бас тарту және (немесе) іскерлік қатынастар орнатудан және ақшамен және (немесе) мүлікпен операциялар жүргізуден бас тарту туралы ақпарат ұсынудан бас тарту жөніндегі міндеттерді орындауы</w:t>
+Ақшамен және (немесе) өзге мүлікпен операцияларды тоқтата тұру жөніндегі шаралар туралы, іскерлік қатынастар орнатудан, ақшамен және (немесе) мүлікпен операциялар жүргізуден бас тарту, клиентпен іскерлік қатынастарды тоқтату туралы ақпарат беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16945,51 +18652,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өз клиенттеріне (олардың өкілдеріне) және (немесе) бенефициарлық меншік иелеріне уәкілетті органға ақпарат беру туралы хабарламау жөніндегі талаптарын сақтау</w:t>
+Ақшамен және (немесе) өзге мүлікпен операцияларды тоқтата тұру жөніндегі шаралар туралы, іскерлік қатынастар орнатудан, ақшамен және (немесе) мүлікпен операциялар жүргізуден бас тарту, клиентпен іскерлік қатынастарды тоқтату туралы ақпаратты уақтылы ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17086,51 +18793,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ішкі бақылау ережелерінің болуы</w:t>
+Уәкілетті органның шешімі бойынша клиенттердің операцияларын тоқтата тұру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17227,51 +18934,1458 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қабылданған ішкі бақылау қағидалары мен оны жүзеге асыру бағдарламаларының бекітілген талаптарға сәйкес келуі (ішкі бақылау қағидаларын іске асыруға және сақтауға жауапты бақылау субъектілерінің қызметкерлеріне қойылатын талаптарды қоса алғанда, ішкі бақылауды ұйымдастыру бағдарламасы, технологиялық жетістіктерді пайдалану тәуекелін қоса алғанда, клиенттердің тәуекелдері мен қызметтерді қылмыстық мақсаттарда пайдалану тәуекелдерін ескеретін тәуекелдерді басқару бағдарламасы, клиенттерді сәйкестендіру бағдарламасы, клиенттердің күрделі, ерекше ірі және басқа да ерекше операцияларын зерделеуді қоса алғанда, клиенттердің операцияларын мониторингтеу және зерделеу бағдарламасы, бақылау субъектілері әзірлеген қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласындағы даярлау және оқыту бағдарламасы)</w:t>
+Өз клиенттеріне және өзге де тұлғаларға уәкілетті органға ақпарат беру және уәкілетті органнан ақшамен және (немесе) өзге мүлікпен күдікті операциялар жасайтын ұйымдар мен тұлғалардың тізбесін алу туралы хабарлама беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі бақылау ережелерінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КЖ/ТҚ/ЖҚҚТҚҚ заңнамасының талаптарына сәйкес ішкі бақылау қағидалаларының сәйкес келмеуі, оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ішкі бақылау қағидалары ішкі бақылауды ұйымдастыру, тәуекелдерді басқару, клиентті сәйкестендіру, клиенттердің операцияларын мониторингтеу және зерделеу, даярлау және оқыту бағдарламаларын қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ішкі бақылау қағидалары субъектімен (жоғарғы басқару органымен немесе басшысымен) бекітіледі және жеке кабинетте орналастырылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ішкі бақылауды ұйымдастыру бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) ішкі бақылау қағидаларының іске асырылуына және сақталуына жауапты адамды (бұдан әрі – жауапты адам) тағайындау тәртібін; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жауапты адамға жүктелетін өкілеттіктері мен міндеттерін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) жауапты адамның уақытша болмауы кезінде (демалыс, уақытша еңбекке жарамсыздық, қызметтік іссапар) оның міндеттерін жүктеу тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) КЖ/ТҚ/ЖҚҚТҚҚ бойынша функцияларды орындайтын құрылымдық бөлімшенің (болған жағдайда) өкілеттіктері мен міндеттерін. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) субъектінің және оның филиалының (болған жағдайда) ішкі бақылау жүйесінің сипаттамасы, сондай-ақ ішкі бақылау қағидаларын іске асыру мәселелері бойынша заңды тұлғаның құрылымдық бөлімшелерінің (жеке кәсіпкердің қызметкерлерінің) өзара іс-қимылы тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) ішкі бақылау қағидаларына өзгерістер енгізу тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) ішкі бақылау жүйесін тексеру тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) КЖ/ТҚ/ЖҚҚТҚҚ бойынша міндеттерді іске асыру нәтижесінде алынған құжаттар мен мәліметтерді сақтау тәртібін қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тәуекелдерді басқару бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) іскерлік қатынастарды орнату кезінде клиентті бағалау және тәуекел дәрежесіне (деңгейіне) жатқызу, сондай-ақ клиенттерді тиісінше тексерудің жеңілдетілген немесе күшейтілген шараларын қолдану тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) клиент тәуекелінің дәрежесін (деңгейін) қайта қарау тәртібі мен мерзімдерін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) тәуекелдерді басқару тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) жаңа қызметтерді (өнімдерді) және (немесе) бағдарламалық-техникалық құралдарды КЖ/ТҚ/ЖҚҚТҚ мақсатында пайдалану тәуекелдерін бағалау, оларды төмендетуге бағытталған шаралар кешенін әзірлеуді қосатын тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) тәуекел дәрежесін (деңгейін) бағалау және тәуекелдерді басқару нәтижелерін тіркеу тәртібін қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+клиентті сәйкестендіру бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) клиентті (оның өкілін) және бенефициарлық меншік иесін тиісінше тексеру, сондай-ақ алынған мәліметтердің дұрыстығын растау шараларын қабылдау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) клиенттің (оның өкілінің) және бенефициарлық меншік иесінің терроризмді және экстремизмді қаржыландырумен және жаппай қырып-жою қаруын таратуды қаржыландырумен байланысты ұйымдар мен тұлғалардың тізбелерінде болуын тексеруді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ақшалай қаражаттардың немесе өзге мүліктің шығу көздерін айқындай отырып, шетелдік жария лауазымды адамдарды, сондай-ақ Қазақстан Республикасының Президенті бекітетін жария лауазымды адамдар тізбесіндегі адамдарды анықтау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Ақшаны жылыстатуға қарсы күрестің қаржылық шараларын әзірлеу тобының (ФАТФ) ұсынымдарын орындамайтын мемлекетте (аумақта) тіркелген немесе тұрғылықты жері бар заңды және жеке тұлғаларды айқындау тәртібін қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+клиенттердің операцияларын мониторингтеу және зерделеу бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) қаржы мониторингіне жататын операцияларды және күдікті қызметті анықтау рәсімдерін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) операцияны жүргізуден немесе іскерлік қатынастарды орнатудан (тоқтату) бас тарту туралы шешім қабылдау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) операциялары тоқтатып қою жөніндегі шаралар қолданылуға тиіс өз клиенттерінің болуына қатысты салыстыру жүргізудің тәртібі мен кезеңділігін; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) операцияларды тоқтатып қою жөнінде шаралар қабылдау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) операцияларды тоқтата тұруға байланысты іс-қимылдар тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) хабардар етуге тыйым салуды ескере отырып КЖ/ТҚ/ЖҚҚТҚ бойынша қолданылатын шаралар туралы клиентті хабардар ету және өзара іс-қимыл жасау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) клиенттердің жолданымы шеңберінде ақшамен немесе өзге мүлікпен операцияларды жүзеге асыру үшін клиенттермен өзара іс-қимыл жасау тәртібін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) уәкілетті органға операцияны жүргізуден немесе іскерлік қатынастарды орнатудан (тоқтату) бас тарту, операцияларды тоқтатып қою және тоқтата тұру фактілері туралы хабарламалар беру тәртібін қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КЖ/ТҚ/ЖҚҚТҚҚ саласында субъектіні даярлау және оқыту бағдарламасы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) КЖ/ТҚ/ЖҚҚТҚҚ саласындағы Қазақстан Республикасының нормативтік құқықтық актілерін және КЖ/ТҚ/ЖҚҚТҚҚ саласындағы халықаралық стандарттарды зерделеуді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ішкі бақылау қағидаларын және олардың жүзеге асырылу бағдарламаларын, сондай-ақ КЖ/ТҚ/ЖҚҚТҚҚ туралы Қазақстан Республикасының заңнамалық талаптарын орындамағаны үшін жауапкершілік шараларын қызметтік міндеттерді орындау барысында зерделеуді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) КЖ/ТҚ/ЖҚҚТҚ типологияларын, схемаларын, тәсілдерін, сондай-ақ күдікті операциялар мен клиенттің күдікті қызметің айқындау белгілерін зерделеуді қамтиды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) ҚЖ/ТҚ/ЖҚҚТҚҚ бойынша жауапты қызметкер және (немесе) ҚЖ/ТҚ/ЖҚҚТҚҚ бөлімшесінің қызметкері Қазақстан Республикасының ҚЖ/ТҚ/ЖҚҚТҚҚ туралы заңнамасын сақтауына байланысты функцияларын орындауды бастамас бұрын өз қызметінің түріне сәйкес уәкілетті органның интернет-ресурсында, тестілеуден онлайн форматта тестіленуші тұлғаның биометриялық бақылауын пайдалану арқылы жүргізіледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) қызметін жеке-дара жүзеге асыратын субъектілер өз қызметін жүзеге асырғаннан бастап 3 (үш) ай ішінде уәкілетті органның интернет-ресурсында интернет-ресурсында, тестілеуден онлайн форматта тестіленуші тұлғаның биометриялық бақылауын пайдалану арқылы жүргізіледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) тестілеу нәтижелерінің қолданылу мерзімі аттестаттаудан өткен сәттен бастап 3 (үш) жылды құрайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сертификат оның қолданылу мерзімі ішінде заңды күшке ие және электрондық не баспа түрінде ұсынылуы мүмкін.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі бақылау ережелерімен бекітілген КЖ/ТҚ/ЖҚҚТҚҚ саласындағы даярлау және оқыту бағдарламасын орындау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке кабинетте тіркелу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке кабинетте қызметтердің (өнімдердің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін бағалау нәтижелерінің; ішкі бақылау қағидаларының; КЖ/ТҚ/ЖҚҚТҚҚ туралы заңнаманы білуге тестілеуден өткені туралы сертификаттың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17329,160 +20443,153 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лауазымды адам (-дар) __________________________________ _____________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      лауазымы                               қолы</w:t>
+        <w:t xml:space="preserve">                                     лауазымы                         қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
+        <w:t xml:space="preserve"> _________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+        <w:t xml:space="preserve">                   тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Бақылау субъектісінің басшысы _______________ ___________ </w:t>
+        <w:t xml:space="preserve"> Бақылау субъектісінің басшысы _______________ ___________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      лауазымы             қолы</w:t>
+        <w:t xml:space="preserve">                               лауазымы             қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+        <w:t xml:space="preserve">       тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>