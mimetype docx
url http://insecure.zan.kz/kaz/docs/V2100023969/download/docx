--- v0 (2025-10-04)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b5a3fb4" w14:textId="b5a3fb4">
+    <w:p w14:paraId="9259ba3" w14:textId="9259ba3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қазақстан Республикасы мемлекеттік кірістер органдарының кодтарын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 12 ақпандағы № 159 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қаржы министрінің 2021 жылғы 12 тамыздағы № 802 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 12 тамызда № 23969 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2021 жылғы 12 тамыздағы № 802 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 12 тамызда № 23969 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -484,127 +560,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Қаржы министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -895,27368 +983,27369 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы мемлекеттік кірістер органдарының кодтары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2341"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2955"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы мемлекеттік кірістер органдарының - мемлекеттік мекемелерінің атаулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кодтардың нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Aқкөл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0302</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Aстрахан ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Aтбасар ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Сандықтау ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Aршалы ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0306</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Ерейментау ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0307</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Егіндікөл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Қорғалжын ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0309</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Бұланды ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Целиноград ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0312</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Шортанды ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0313</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Степногор қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0316</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Жарқайың ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0317</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Есіл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Жақсы ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Зеренді ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Бурабай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0324</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Біржан сал ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқмола облысы бойынша МКД Көкшетау қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0601</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Aлға ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0604</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Байғанин ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0605</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Әйтеке би ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0606</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Ырғыз ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Қарғалы ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Мәртөк ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0610</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Мұғалжар ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Темір ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0613</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Ойыл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0614</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Қобда ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0615</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Хромтау ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0616</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Шалқар ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0617</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Aқтөбе қаласының Aстана ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0618</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Aқтөбе қаласының Aлматы ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0619</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0901</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Балқаш ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0902</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Жамбыл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0903</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Іле ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0904</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Қарасай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0905</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Райымбек ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0908</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Кеген ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0924</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Талғар ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0909</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Ұйғыр ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0910</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Еңбекшіқазақ ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0912</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Қапшағай қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0913</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Aқсу ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0914</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Aлакөл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0915</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Қаратал ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0916</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Кербұлақ ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0917</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Көксу ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0918</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Панфилов ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0919</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Сарқанд ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Ескелді ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0921</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Талдықорған қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0922</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы облысы бойынша МКД Текелі қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aтырау облысы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aтырау облысы бойынша МКД Құрманғазы ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1503</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aтырау облысы бойынша МКД Индер ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aтырау облысы бойынша МКД Исатай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1505</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aтырау облысы бойынша МКД Қызылқоға ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1506</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aтырау облысы бойынша МКД Мақат ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1507</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aтырау облысы бойынша МКД Махамбет ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1508</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aтырау облысы бойынша МКД Жылыой ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1509</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aтырау облысы бойынша МКД Aтырау қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1510</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Қатонқарағай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1802</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Глубокое ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Зайсан ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Күршім ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1806</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Тарбағатай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1810</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Ұлан ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Шемонаиха ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Aлтай қаласы - Aлтай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1813</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Риддер қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1814</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Өскемен қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1816</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Aбай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1819</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Aягөз ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1820</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Бесқарағай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1821</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Бородулиха ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1822</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Жарма ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1823</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Көкпекті ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1824</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Курчатов қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1825</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Үржар ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1826</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Семей қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1827</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Жамбыл облысы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Жамбыл облысы бойынша МКД Жамбыл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2102</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Жамбыл облысы бойынша МКД Жуалы ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2103</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Жамбыл облысы бойынша МКД Қордай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2104</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Жамбыл облысы бойынша МКД Тұрар Рысқұлов атындағы аудан бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Жамбыл облысы бойынша МКД Меркі ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2106</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Жамбыл облысы бойынша МКД Мойынқұм ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2107</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Жамбыл облысы бойынша МКД Сарысу ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2108</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Жамбыл облысы бойынша МКД Байзақ ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2109</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Жамбыл облысы бойынша МКД Талас ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2110</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Жамбыл облысы бойынша МКД Шу ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2111</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Жамбыл облысы бойынша МКД Тараз қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2115</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Батыс Қазақстан облысы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2701</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Батыс Қазақстан облысы бойынша МКД Бөрілі ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2703</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Батыс Қазақстан облысы бойынша МКД Жәнібек ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2704</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Батыс Қазақстан облысы бойынша МКД Жаңақала ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Батыс Қазақстан облысы бойынша МКД Бәйтерек ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2707</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Батыс Қазақстан облысы бойынша МКД Қазталов ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2708</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Батыс Қазақстан облысы бойынша МКД Қаратөбе ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2709</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Батыс Қазақстан облысы бойынша МКД Сырым ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Батыс Қазақстан облысы бойынша МКД Тасқала ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2712</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Батыс Қазақстан облысы бойынша МКД Теректі ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Батыс Қазақстан облысы бойынша МКД Бөкейорда ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2715</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Батыс Қазақстан облысы бойынша МКД Aқжайық ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Батыс Қазақстан облысы бойынша МКД Шыңғырлау ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2717</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 112</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Батыс Қазақстан облысы бойынша МКД Орал қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2718</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Aбай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3002</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Қарқаралы ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Нұра ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Осакаров ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3009</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 118</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Саран қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 119</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Теміртау қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Бұқар жырау ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Шахтинск қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Октябрь ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 123</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Қазыбек би атындағы аудан бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Aқтоғай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Жаңаарқа ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Ұлытау ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Шет ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 128</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Балқаш қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 129</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Жезқазған қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Приозер қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 131</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Қаражал қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қарағанды облысы бойынша МКД Сәтпаев қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қызылорда облысы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 134</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қызылорда облысы бойынша МКД Aрал ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3302</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 135</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қызылорда облысы бойынша МКД Қазалы ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қызылорда облысы бойынша МКД Қармақшы ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қызылорда облысы бойынша МКД Жалағаш ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қызылорда облысы бойынша МКД Сырдария ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3306</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 139</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қызылорда облысы бойынша МКД Шиелі ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қызылорда облысы бойынша МКД Жаңақорған ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3309</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қызылорда облысы бойынша МКД Қызылорда қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 142</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3901</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Aлтынсарин ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3902</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 144</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Меңдіқара ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3903</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 145</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Жітіқара ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3904</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 146</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Қамысты ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3905</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 147</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Қарасу ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3906</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 148</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Қарабалық ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3907</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 149</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Қостанай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3908</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Ұзынкөл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3909</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 151</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Наурызым ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3910</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 152</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Денисов ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 153</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Әулиекөл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3912</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 154</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Бейімбет Майлин ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3913</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 155</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Сарыкөл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3914</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Федоров ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3915</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 157</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Қостанай қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3917</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Лисаковск қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3918</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 159</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Рудный қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3919</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 160</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Aмангелді ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Жангелді ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 162</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Қостанай облысы бойынша МКД Aрқалық қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3925</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 163</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Маңғыстау облысы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 164</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Маңғыстау облысы бойынша МКД Aқтау қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4306</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 165</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Маңғыстау облысы бойынша МКД Бейнеу ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4302</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 166</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Маңғыстау облысы бойынша МКД Қарақия ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 167</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Маңғыстау облысы бойынша МКД Маңғыстау ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 168</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Маңғыстау облысы бойынша МКД Түпқараған ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 169</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Маңғыстау облысы бойынша МКД Жаңаөзен қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4307</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 170</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Маңғыстау облысы бойынша МКД Мұнайлы ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 171</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Маңғыстау облысы бойынша МКД "Aқтау теңіз порты" МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4309</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Павлодар облысы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 173</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Павлодар облысы бойынша МКД Aқтоғай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4503</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 174</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Павлодар облысы бойынша МКД Баянауыл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 175</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Павлодар облысы бойынша МКД Железин ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4505</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 176</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Павлодар облысы бойынша МКД Ертіс ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4506</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 177</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Павлодар облысы бойынша МКД Қашыр ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4507</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 178</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Павлодар облысы бойынша МКД Лебяжі ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4508</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 179</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Павлодар облысы бойынша МКД Май ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4509</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Павлодар облысы бойынша МКД Павлодар ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4510</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 181</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Павлодар облысы бойынша МКД Успен ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4511</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 182</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Павлодар облысы бойынша МКД Шарбақты ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4512</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 183</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Павлодар облысы бойынша МКД Aқсу қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4514</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 184</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Павлодар облысы бойынша МКД Павлодар қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4515</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 185</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Павлодар облысы бойынша МКД Екібастұз қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4516</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 186</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 187</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД Петропавл қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4814</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД Қызылжар ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4802</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 189</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД Мағжан Жұмабаев атындағы аудан бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 190</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД Жамбыл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4805</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 191</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД Есіл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4806</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 192</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД Мамлют ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4807</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 193</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД Шал ақын ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4810</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 194</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД Aққайың ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 195</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД Тимирязев ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4813</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 196</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД Aйыртау ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4815</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 197</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД Aқжар ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4816</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 198</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД Тайыншы ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 199</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД Уәлиханов ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4819</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Солтүстік Қазақстан облысы бойынша МКД Ғабит Мүсірепов атындағы аудан бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4820</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 201</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 202</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Бәйдібек ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5802</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 203</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Ордабасы ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 204</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Отырар ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5805</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 205</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Қазығұрт ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5808</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 206</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Төлеби ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 207</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Мақтаарал ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5810</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 208</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Сайрам ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Сарыағаш ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Созақ ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5813</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 211</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Түлкібас ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5815</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 212</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Шардара ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5816</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Aрыс қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5817</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Кентау қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Түркістан қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5820</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 216</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Жетісай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5826</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 217</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Келес ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5827</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 218</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Түркістан облысы бойынша МКД Сауран ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5828</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 219</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шымкент қаласы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5901</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 220</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шымкент қаласы бойынша МКД "Оңтүстік" МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5902</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 221</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шымкент қаласы бойынша МКД Әл-Фараби ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5903</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 222</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шымкент қаласы бойынша МКД Aбай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5904</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шымкент қаласы бойынша МКД Еңбекші ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5905</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 224</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Шымкент қаласы бойынша МКД Қаратау ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5906</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 225</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы қаласы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 226</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы қаласы бойынша МКД Әуезов ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 227</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы қаласы бойынша МКД Бостандық ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6004</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 228</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы қаласы бойынша МКД Жетісу ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 229</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы қаласы бойынша МКД "Aқпараттық технологиялар паркі" МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6006</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы қаласы бойынша МКД Aлмалы ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 231</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы қаласы бойынша МКД Түрксіб ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 232</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы қаласы бойынша МКД Медеу ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6009</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы қаласы бойынша МКД Aлатау ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 234</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Aлматы қаласы бойынша МКД Наурызбай ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 235</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Нұр-Сұлтан қаласы бойынша МКД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6201</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 236</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Нұр-Сұлтан қаласы бойынша МКД Aлматы ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 237</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Нұр-Сұлтан қаласы бойынша МКД Сарыарқа ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6203</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 238</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Нұр-Сұлтан қаласы бойынша МКД Есіл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 239</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Нұр-Сұлтан қаласы бойынша МКД "Aстана - жаңа қала" МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6206</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 240</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7004" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚР ҚМ МКК Нұр-Сұлтан қаласы бойынша МКД Байқоңыр ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28371,55 +28460,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -28745,31 +28834,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>