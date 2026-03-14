--- v0 (2025-10-03)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8fbb1ac" w14:textId="8fbb1ac">
+    <w:p w14:paraId="6ff9569" w14:textId="6ff9569">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,170 +76,352 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қаржы мониторингі субъектілеріне қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласындағы даярлау және оқыту бойынша қойылатын талаптарды бекіту туралы</w:t>
-[...31 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Қаржы мониторингі субъектілеріне қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл саласында даярлау және оқыту бойынша қойылатын талаптарды бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Қаржылық мониторинг агенттігі Төрағасының 2021 жылғы 9 тамыздағы № 6 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 11 тамызда № 23952 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының 11-бабының </w:t>
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының 11-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Құқықтық актілер туралы" Қазақстан Республикасы Заңының 27-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Қаржы мониторингі субъектілеріне қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласындағы даярлау және оқыту бойынша қойылатын </w:t>
+      1. Қоса беріліп отырған Қаржы мониторингі субъектілеріне қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл саласында даярлау және оқыту бойынша қойылатын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>талаптар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қаржы мониторингі субъектілеріне қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласындағы даярлау және оқыту бойынша қойылатын талаптарды бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2020 жылғы 13 қазандағы № 1000 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -328,140 +510,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Қаржылық мониторинг </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>агенттігінің төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1076,981 +1274,1019 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаржылық мониторинг</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>агенттігінің төрағасы</w:t>
+              <w:t>Агенттігінің төрағасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2021 жылғы 9 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 6 Бұйрықпен</w:t>
+              <w:t>№ 6 бұйрықпен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қаржы мониторингі субъектiлерiне қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласындағы даярлау және оқыту бойынша қойылатын талаптар</w:t>
+        <w:t xml:space="preserve"> Қаржы мониторингі субъектілеріне қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып- жою қаруын таратуды қаржыландыруға қарсы іс-қимыл саласында даярлау және оқыту бойынша қойылатын талаптар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Талаптар жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қаржы мониторингі субъектілеріне қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласында даярлау және оқыту бойынша қойылатын </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Талаптар) Қазақстан Республикасының Заңының (бұдан әрі – КЖ/ТҚҚ туралы Заң) 11-бабының </w:t>
+      1. Осы Қаржы мониторингі субъектілеріне қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл саласында даярлау және оқыту бойынша қойылатын талаптар (бұдан әрі – Талаптар) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 11-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленді және қаржы мониторингі субъектілеріне қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласында (бұдан әрі – КЖ/ТҚҚ) оқытуға қойылатын талаптарды белгілейді.</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленді және қаржы мониторингі субъектілеріне (бұдан әрі субъектілер) қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып- жою қаруын таратуды қаржыландыруға қарсы іс-қимыл саласында даярлау және оқыту бойынша қойылатын талаптарды белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Талаптарда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) оператор – "Мемлекеттік қызмет персоналын басқару ұлттық орталығы" акционерлік қоғам базасында субъектілердің тестілеуді өткізуге жауапты қызметкері;</w:t>
+      1) субъектілер – өз қызметін жеке-дара жүзеге асыратын қаржы мониторингі субъектілері және КЖ/ТҚ/ЖҚҚТҚҚІ саласындағы заңнаманы сақтаумен байланысты функцияларды жүзеге асыратын қаржы мониторингі субъектілерінің қызметкерлері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Орталық – Қазақстан Республикасы Үкіметінің 2008 жылғы 31 желтоқсандағы қаулысына сәйкес айқындалған "Мемлекеттік қызмет персоналын басқару ұлттық орталығы" акционерлік қоғамы;</w:t>
+      2) тестілеу КЖ/ТҚ/ЖҚҚТҚҚІ саласындағы субъектілердің білімін бағалау рәсімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) субъектілер – өз қызметін жеке-дара жүзеге асыратын қаржы мониторингі субъектілері және КЖ/ТҚҚ саласындағы заңнаманы сақтаумен байланысты функцияларды жүзеге асыратын қаржы мониторингі субъектісінің қызметкерлері;</w:t>
+        <w:t xml:space="preserve">
+      3) уәкілетті орган – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қаржы мониторингiн жүзеге асыратын және қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға), терроризмдi қаржыландыруға, жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы iс-қимыл жөніндегі өзге де шараларды қабылдайтын мемлекеттiк орган.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) уәкілетті орган – Қазақстан Республикасының Қаржылық мониторинг агенттігі.</w:t>
+      3. Субъектілердің КЖ/ТҚ/ЖҚҚТҚҚІ саласындағы Қазақстан Республикасының заңнамасын сақтау үшін оларға қажетті субъектілердің оқуына қойылатын Талаптарға сәйкес КЖ/ТҚ/ЖҚҚТҚҚІ саласында білім алуы даярлау мен оқытудың мақсаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу субъектілердің оқу процессінде зерделенген материалды зерделеуді растау мақсатында субъектілер тестілеуден өткен күннен бастап 3 (үш) жылда 1 (бір) реттен кем емес кезеңділікпен уәкілетті органның интернет-ресурсында тестілеуден өтеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      3. Субъектілердің КЖ/ТҚҚ саласындағы Қазақстан Республикасының заңнамасын сақтау үшін оларға қажетті субъектілердің оқуына қойылатын Талаптарға сәйкес КЖ/ТҚҚ саласында білім алуы даярлау мен оқытудың мақсаты болып табылады.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Қаржы мониторингі субъектілерін даярлау, оқыту және білімді бекіту бағдарламасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Қаржы мониторингі субъектілерін даярлау және оқыту бағдарламасы</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Субъектілер Қазақстан Республикасының КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңнамасының талаптарын, сондай-ақ субъектілер мен олардың клиенттері қызметінің ерекшеліктерін ескере отырып, КЖ/ТҚ/ЖҚҚТҚҚІ саласында даярлау және оқыту бағдарламасын (бұдан әрі – оқыту бағдарламасы) әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Субъектілер Қазақстан Республикасының КЖ/ТҚҚ туралы заңнамасының талаптарын, сондай-ақ субъектілер мен олардың клиенттері қызметінің ерекшеліктерін ескере отырып КЖ/ТҚҚ саласында даярлау және оқыту бағдарламасын (бұдан әрі – оқыту бағдарламасы) әзірлейді.</w:t>
+      5. Оқыту бағдарламасы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Оқыту бағдарламасы:</w:t>
+      1) Қазақстан Республикасының КЖ/ТҚ/ЖҚҚТҚҚІ саласындағы нормативтік құқықтық актілерін және КЖ/ТҚ/ЖҚҚТҚҚІ саласындағы халықаралық стандарттарды зерделеуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) Қазақстан Республикасының КЖ/ТҚҚ саласындағы нормативтік құқықтық актілерін және КЖ/ТҚҚ саласындағы халықаралық стандарттарды зерделеуді;</w:t>
+        <w:t xml:space="preserve">
+      2) Заңның 11-бабына сәйкес әзірленетін ішкі бақылау қағидаларын және оларды орындау бағдарламаларын, сондай-ақ Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>214</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>214-1-баптарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жауаптылық шараларын зерделеуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) субъектілер өздерінің қызметтік міндеттерін орындау кезінде ішкі бақылау қағидаларын және оларды жүзеге асыру бағдарламаларын зерделеу, сондай-ақ "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасы Кодексінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген КЖ/ТҚҚ туралы Қазақстан Республикасы заңнамасының талаптарын орныдамағаны үшін жауапкершілік шараларын зерделеуді;</w:t>
+      3) Заңның 4-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қылмыстық жолмен алынған кірістерді заңдастырудың (жылыстатудың), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыруды болғызбау типологияларын, схемалары мен тәсілдерін, сондай-ақ іс-жүзінде қолданылатын күдікті операцияларды және клиенттің күдікті қызметін анықтау белгілерін зерделеуді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес қылмыстық жолмен алынған кірістерді заңдастырудың (жылыстатудың) және терроризмді қаржыландыру типологияларын, схемалары мен тәсілдерін, сондай-ақ іс-жүзінде қолданылатын күдікті операцияларды анықтау белгілерін зерделеуді қамтиды.</w:t>
+        <w:t>
+      6. Субъектілер КЖ/ТҚ/ЖҚҚТҚҚІ мақсатында осы Талаптарда көзделген оқу бағдарламасына сәйкес оқудан өтеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Субъектілер осы Талаптардың </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленген оқыту бағдарламасына сәйкес КЖ/ТҚҚ мақсатында оқудан өтеді.</w:t>
+      Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілген ішкі бақылау қағидаларын сақтау үшін жауапты субъект (өз қызметін жеке жүзеге асыратын субъектілерді қоспағанда) қосымша оқытуды мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:p>
-[...72 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Субъектінің басшысы КЖ/ТҚҚ туралы заңнаманы сақтаумен байланысты функцияларды жүзеге асыруды бастағанға дейін КЖ/ТҚҚ мақсатында оқудан өтетін жауапты тұлғалардың тізбесін бекітеді.</w:t>
+      1) КЖ/ТҚ/ЖҚҚТҚҚІ саласындағы жаңа нормативтік құқықтық актілердің қабылдануына немесе қолданыстағыларына өзгерістер енгізілуіне байланысты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Субъектілерді оқытуды келесі талаптарға сәйкес келетін тұлғалар жүргізеді:</w:t>
+      2) субъект жаңа ішкі бақылау қағидаларын бекіткен немесе қолданыстағыларын өзгерткен жағдайларда өткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Субъектілер КЖ/ТҚҚ саласында даярлау және оқыту мақсатында уәкілетті органның ресми интернет-ресурсында "ҚМС көмек" бөлімінің "Қаржы мониторингі субъектілерін даярлау және оқыту" кіші бөлімінде орналастырылған ақпаратты пайдаланады.</w:t>
+      7. Субъектінің басшысы КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңнаманы сақтаумен байланысты функцияларын жүзеге асыруды бастағанға дейін КЖ/ТҚ/ЖҚҚТҚҚІ мақсатында оқудан өтетін жауапты тұлғалардың тізбесін бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Қаржы мониторингі субъектілерінің оқудан және тестілеуден өтуін есепке алу</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Субъектілер КЖ/ТҚ/ЖҚҚТҚҚІ саласында даярлау және оқыту мақсатында уәкілетті органның интернет-ресурсының "Оқыту" бөлімінде орналастырылған ақпаратты пайдаланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Субъект өз қызметкерлерінің оқыту бағдарламасынан өту есебін жүргізеді.</w:t>
+      9. КЖ/ТҚ/ЖҚҚТҚҚІ саласында ұлттық немесе халықаралық сертификаттары бар субъектілер уәкілетті органның интернет-ресурсында, тестілеуден онлайн форматта тестіленуші тұлғаның биометриялық бақылауын пайдалану арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Субъект қызметкерлерінің оқыту бағдарламасынан өтуін есепке алу тәртібін субъект дербес белгілейді.</w:t>
+      10. КЖ/ТҚ/ЖҚҚТҚҚІ бойынша жауапты қызметкер және (немесе) КЖ/ТҚ/ЖҚҚТҚҚІ бөлімшесінің қызметкері Қазақстан Республикасының КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңнамасын сақтауына байланысты функцияларын орындауды бастамас бұрын өз қызметінің түріне сәйкес уәкілетті органның интернет-ресурсында, тестілеуден онлайн форматта тестіленуші тұлғаның биометриялық бақылауын пайдалану арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Субъектінің қызметкерімен оқыту жүргізу және КЖ/ТҚҚ саласындағы Қазақстан Республикасының нормативтік құқықтық актілерімен және ішкі бақылауды ұйымдастыру мақсатында қабылданған субъектілердің ішкі құжаттарымен танысу фактісі оның нысаны мен мазмұнын субъект дербес белгілейтін құжатта өз қолымен расталады.</w:t>
+      11. Қызметін жеке-дара жүзеге асыратын субъектілер өз қызметін жүзеге асырғаннан бастап 3 (үш) ай ішінде уәкілетті органның интернет-ресурсында интернет-ресурсында, тестілеуден онлайн форматта тестіленуші тұлғаның биометриялық бақылауын пайдалану арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Субъектінің тестілеуден өтуі Орталықтан берілетін құжатпен расталады.</w:t>
+      12. Тестілеу нәтижелерінің қолданылу мерзімі аттестаттаудан өткен сәттен бастап 3 (үш) жылды құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Тестілеуден өткен адамдарды есепке алуды Орталықтан алынған ақпарат негізінде уәкілетті орган жүргізеді.</w:t>
+      13. Тестілеу жауаптарының есептелуі автоматты түрде жүзеге асырылады. Тестілеуден өту көрсеткіші 100 (жүз) сұрақтың кемінде 70-іне (жетпісіне) дұрыс жауап берген жағдайда оң болып есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КЖ/ТҚ/ЖҚҚТҚҚІ саласындағы заңнаманы білуге арналған тестілерді орындауға бөлінетін жалпы уақыт 100 (жүз) минутты құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеуден белгіленген шектен төмен нәтиже алған субъектілерге тестілеуден өтпегені туралы анықтама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеуден белгіленген шектен төмен нәтиже алған субъектілер 14 (он төрт) күнтізбелік күннен кейін қайта тестілеуге жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертификат оның қолданылу мерзімі ішінде заңды күшке ие және электрондық не баспа түрінде ұсынылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      15. Субъектілер тестілеуден өткені туралы ақпаратты уәкілетті органның веб-порталында орналасқан субъектінің жеке кабинетінде орналастырады.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Қаржы мониторингі субъектілерінің оқудан және тестілеуден өтуін есепке алу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. КЖ/ТҚ/ЖҚҚТҚҚІ бойынша жауапты қызметкер қызметкерлердің оқыту бағдарламасын уақытылы өтуін есепке алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Өз қызметін жеке-дара жүзеге асыратын субъектілер оқыту бағдарламасынан өту тәртібін өз бетінше белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметкердің оқудан өткенін растайтын сертификат оның жеке ісіне тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Тестілеуден өткен адамдарды есепке алуды уәкілетті орган жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2376,31 +2612,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>