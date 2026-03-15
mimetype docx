--- v0 (2025-11-17)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="035fe74" w14:textId="035fe74">
+    <w:p w14:paraId="6dc1bc9" w14:textId="6dc1bc9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,113 +131,195 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тақырыбы жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 07.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); Орыс тілінде өзгеріс енгізіледі, қазақ тіліндегі мәтін өзгермейді - ҚР Қаржылық мониторинг агенттігі Төрағасының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-2-тармағына және "Құқықтық актілер туралы" Қазақстан Республикасы Заңының 27-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...59 lines deleted...]
-    <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Қаржылық емес сектор үшін қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қойылатын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -279,51 +361,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 07.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); Орыс тілінде өзгеріс енгізіледі, қазақ тіліндегі мәтін өзгермейді - ҚР Қаржылық мониторинг агенттігі Төрағасының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -428,156 +530,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Қаржылық мониторинг </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">агенттігінің төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -701,51 +787,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>агенттігі төрағасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 жылғы 6 тамыздағы </w:t>
+              <w:t>2021 жылғы 6 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 4 бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -753,7545 +839,1995 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қаржылық емес сектор үшін қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырыбы жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 07.09.2022 </w:t>
+      Ескерту. Талаптар жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27</w:t>
+        <w:t>№ 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Талаптар жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 28.02.2022 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+      1. Осы Қаржылық емес сектор үшін қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қойылатын талаптар (бұдан әрі – Талаптар) "Қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-2-тармағына және Ақшаны жылыстатуға қарсы күрестің қаржылық шараларын әзірлеу тобының (ФАТФ) халықаралық стандарттарына сәйкес Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының 7), 8), 13), 15), 16), 18), 21) және 22) тармақтарымен көзделген қаржы мониторингі субъектілері (бұдан әрі – субъект) үшін әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ішкі бақылау қағидалары субъектілердің қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимылға (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚҚ) бағытталған жұмыстың ұйымдастырушылық негіздерін реттейтін және КЖ/ТҚ/ЖҚҚТҚҚ мақсатында іс-қимыл тәртібін белгілейтін құжат болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Ішкі бақылау қағидалары Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағында көзделген бағдарламаларды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект ішкі бақылау қағидаларының бағдарламаларына Талаптарда көзделмеген ережелерді енгізуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ішкі бақылау қағидалары субъектімен (жоғарғы басқару органымен немесе басшысымен) бекітіледі және жеке кабинетте орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z157" w:id="9"/>
+        <w:t xml:space="preserve"> 2-тарау. Субъектілердің басшы қызметкерлерінің немесе субъектілердің тиісті құрылымдық бөлімше басшысының деңгейінен төмен емес өзге де басшыларының арасынан, ішкі бақылау қағидаларының іске асырылуына және сақталуына жауапты адамды тағайындау туралы талапты, сондай-ақ субъектілердің ішкі бақылау қағидаларының іске асырылуына және сақталуына жауапты қызметкерлеріне қойылатын өзге де талаптарды, оның ішінде мінсіз іскерлік беделінің болуы туралы талапты қоса алғанда, КЖ/ТҚ/ЖҚҚТҚҚ жасау мақсатында ішкі бақылауды ұйымдастыру бағдарламасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Ішкі бақылауды ұйымдастыру бағдарламасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ішкі бақылау қағидаларының іске асырылуына және сақталуына жауапты адамды (бұдан әрі – жауапты адам) тағайындау тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жауапты адамға жүктелетін өкілеттіктері мен міндеттерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жауапты адамның уақытша болмауы кезінде (демалыс, уақытша еңбекке жарамсыздық, қызметтік іссапар) оның міндеттерін жүктеу тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) КЖ/ТҚ/ЖҚҚТҚҚ бойынша функцияларды орындайтын құрылымдық бөлімшенің (болған жағдайда) өкілеттіктері мен міндеттерін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұндай құрылымдық бөлімшені құру туралы шешімді заңды тұлғалар өздерінің құрылымы, штат саны, клиенттік базасы және клиенттің ақшамен және (немесе) өзге мүлiкпен күдiктi операция (бұдан әрi – күдiктi операция) жасау тәуекелінің деңгейі ерекшеліктері негізінде өз бетінше қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) субъектінің және оның филиалының (болған жағдайда) ішкі бақылау жүйесінің сипаттамасы, сондай-ақ ішкі бақылау қағидаларын іске асыру мәселелері бойынша заңды тұлғаның құрылымдық бөлімшелерінің (жеке кәсіпкердің қызметкерлерінің) өзара іс-қимылы тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ішкі бақылау қағидаларына өзгерістер енгізу тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ішкі бақылау жүйесін тексеру тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) КЖ/ТҚ/ЖҚҚТҚҚ бойынша міндеттерді іске асыру нәтижесінде алынған құжаттар мен мәліметтерді сақтау тәртібін қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Жауапты адам ретінде еңбек шарты негізінде субъектінің қызметкері болып табылатын және мынадай талаптарға сәйкес келетін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басшы мәртебесі (құрылымдық бөлімше басшысы деңгейінен төмен емес) бар және заңды тұлғаның басшысына тікелей бағынатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жоғары немесе орта кәсіптік білімі бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КЖ/ТҚ/ЖҚҚТҚҚ саласында немесе субъектінің қызмет саласында кемінде 2 (екі) жыл еңбек өтілі бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мінсіз іскерлік беделі бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КЖ/ТҚ/ЖҚҚТҚҚ туралы Қазақстан Республикасының заңнамасын білуін тестілеуден өткендігі туралы сертификаты (бұдан әрі – сертификат) бар жеке тұлға тағайындалады. Сертификат субъектінің жеке кабинетінде орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жауапты адамның уақытша болмауы кезінде (демалыс, уақытша еңбекке жарамсыздық, қызметтік іссапар) оның міндеттері жүктелетін тұлға жауапты адамға қойылатын талаптарға сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект дара кәсіпкер немесе жеке тұлға болған жағдайда, өзін жауапты адам ретінде тағайындайды. Бұл ретте жауапты адамға қойылатын талаптар, сертификаттың болуын қоспағанда, оларға қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Субъект жылына кемінде 1 (бір) рет ішкі бақылау жүйесінің КЖ/ТҚ/ЖҚҚТҚҚ туралы Қазақстан Республикасы заңнамасының талаптарына сәйкестігіне тексеру жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ішкі бақылау жүйесін тексеру:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) субъектінің (жауапты адамның) ішкі бақылау қағидаларын және КЖ/ТҚ/ЖҚҚТҚҚ туралы Қазақстан Республикасы заңнамасының талаптарын орындауын тексеруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) субъектіге (жоғарғы басқару органына немесе басшысына) жүргізілген тексеру нәтижелері туралы жазбаша есептерді ұсынуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тексерулер нәтижелері бойынша анықталған бұзушылықтарды жоюға бағытталған шараларды қабылдауды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ішкі бақылау жүйесін тексеруді субъектінің шешімі бойынша сыртқы аудит, ішкі аудит (ол болған кезде) немесе КЖ/ТҚ/ЖҚҚТҚҚ жүйесіне қатыспайтын құрылымдық бөлімше (қызметкер) жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қаржылық емес сектор үшін қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қойылатын талаптар (бұдан әрі – Талаптар) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңының (бұдан әрі – КЖ/ТҚҚ туралы Заң) 11-бабының </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+      8. Субъект клиентпен іскерлік қатынастар тоқтатылған күннен бастап кемінде 5 (бес) жыл Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тармағында көзделген құжаттар мен мәліметтердің сақталуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...71 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Технологиялық жетістіктерді пайдалану тәуекелін қоса алғанда, клиенттердің тәуекелдерін және көрсетілетін қызметтерді қылмыстық мақсаттарда пайдалану тәуекелдерін ескеретін, қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру тәуекелдерін (тәуекелдің төменгі, жоғары деңгейлерін) басқару бағдарламасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Тәуекелдерді басқару бағдарламасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) іскерлік қатынастарды орнату кезінде клиентті бағалау және тәуекел дәрежесіне (деңгейіне) жатқызу, сондай-ақ клиенттерді тиісінше тексерудің жеңілдетілген немесе күшейтілген шараларын қолдану тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) клиент тәуекелінің дәрежесін (деңгейін) қайта қарау тәртібі мен мерзімдерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тәуекелдерді басқару тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жаңа қызметтерді (өнімдерді) және (немесе) бағдарламалық-техникалық құралдарды қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚ) мақсатында пайдалану тәуекелдерін бағалау, оларды төмендетуге бағытталған шаралар кешенін әзірлеуді қосатын тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тәуекел дәрежесін (деңгейін) бағалау және тәуекелдерді басқару нәтижелерін тіркеу тәртібін қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Тәуекел дәрежесін (деңгейін) бағалау іскерлік қатынастарды орнату кезінде және іскерлік қатынастар барысында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуекел дәрежесін (деңгейін) бағалау мынадай тәуекел санаттарының біреуі немесе жиынтығы бойынша жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      елдермен және (немесе) жекелеген географиялық аумақтармен байланысты тәуекелдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      клиенттермен байланысты тәуекелдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      клиент көрсететін қызметтерге (өнімдерге), жеткізілім арналарына, ақшамен және (немесе) өзге мүлiкпен операцияларына (бұдан әрі – операция) байланысты тәуекелдер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект өз қызметінің ерекшеліктерін ескере отырып, қосымша тәуекел санаттарын белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Субъект тәуекел дәрежесін (деңгейін) бағалау кезінде мынадай факторларды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тәуекелдерді ұлттық және секторлық бағалау нәтижелерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      клиенттердің қызметінің сипаты мен түрлерін, сондай-ақ олардың пайдаланатын өнімдерін (қызметтерін);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ақпарат пен мәліметтерді, сондай-ақ уәкілетті органның ұсынымдарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уәкілетті органның интернет-ресурсында орналастырылған және басқа да қолжетімді дереккөздерден КЖ/ТҚ/ЖҚҚТҚ типологияларын, әдістері мен тәсілдерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ақшаны жылыстатуға қарсы күрестің қаржылық шараларын әзірлеу тобының (ФАТФ) ұсынымдарын ескере отырып, клиенттердің КЖ/ТҚ/ЖҚҚТҚ мақсатында операцияларды жасауының жоғары тәуекелдері бар қызмет түрлерінің және шарттарының, операцияларының белгілерін ескереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект өз қызметінің ерекшеліктерін ескере отырып, тәуекел дәрежесін (деңгейін) бағалау үшін қосымша факторлар әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Тәуекел дәрежесін (деңгейін) бағалау кезінде клиенттерді мынадай тәуекел деңгейлеріне жатқызу жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тәуекелдің жоғары дәрежесі (деңгейі);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тәуекелдің төмен дәрежесі (деңгейі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Субъект клиентке тәуекел дәрежесін (деңгейін) беру туралы шешімді клиент (оның өкілі) және бенефициарлық меншік иесі туралы, сондай-ақ клиент немесе клиенттің мүддесінде жасалатын операциялар туралы иелігіндегі ақпаратты зерделеу нәтижелері бойынша қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z66" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) бөлінген байланыс арнасы – Субъектімен электрондық өзара іс-қимыл жасау үшін пайдаланылатын қаржы мониторингі саласында уәкілетті органның желісі; </w:t>
-[...1 lines deleted...]
-    </w:p>
+      14. Іскерлік қатынастар ұзақ (созылмалы) сипатта болса, субъек клиенттің тәуекел деңгейіне тұрақты мониторингті жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуекел тобын қайта қарау туралы шешім тәуекел дәрежесін (деңгейін) бағалауға негіз болатын факторлар анықталған кезде қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Тәуекелдерді басқару Заңның 5-бабының 7-тармағында көзделген шаралар шеңберінде тәуекелді төмендету жөніндегі іс-қимылдарды жүзеге асыру арқылы іске асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуекел дәрежесі (деңгейі) жоғары клиенттер туралы мәліметтерді жаңарту жарты жылда кемінде 1 (бір) рет жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Жаңа қызметтерді (өнімдерді) және (немесе) бағдарламалық-техникалық құралдарды бағалау оларды іске қоспас бұрын жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z71" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Субъекті жыл сайын клиенттердің, қызметтердің (өнімдердің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін (деңгейін) бағалауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z72" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КЖ/ТҚ/ЖҚҚТҚ тәуекелдері дәрежесін (деңгейін) бағалау нәтижелері есепті жылдан кейінгі жылдың 10 (оныншы) қаңтарына дейінгі мерзімде субъектінің жеке кабинетінде орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z73" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Клиенттерді сәйкестендіру бағдарламасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z74" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Клиентті сәйкестендіру бағдарламасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z75" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) клиентті (оның өкілін) және бенефициарлық меншік иесін тиісінше тексеру, сондай-ақ алынған мәліметтердің дұрыстығын растау шараларын қабылдау тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z76" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) клиенттің (оның өкілінің) және бенефициарлық меншік иесінің терроризмді және экстремизмді қаржыландырумен және жаппай қырып-жою қаруын таратуды қаржыландырумен байланысты ұйымдар мен тұлғалардың тізбелерінде болуын тексеруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ақшалай қаражаттардың немесе өзге мүліктің шығу көздерін айқындай отырып, шетелдік жария лауазымды адамдарды, сондай-ақ Қазақстан Республикасының Президенті бекітетін жария лауазымды адамдар тізбесіндегі адамдарды анықтау тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Ақшаны жылыстатуға қарсы күрестің қаржылық шараларын әзірлеу тобының (ФАТФ) ұсынымдарын орындамайтын мемлекетте (аумақта) тіркелген немесе тұрғылықты жері бар заңды және жеке тұлғаларды айқындау тәртібін қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін сәйкестендіру нәтижесінде алынған мәліметтерді тіркеу тәсілдері мен нысандарын субъектімен өз бетінше айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Клиенттердің күрделі, ерекше ірі және басқа да ерекше операцияларын зерделеуді қоса алғанда, клиенттердің операцияларына мониторинг жүргізу және оларды зерделеу бағдарламасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z81" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Клиенттердің операцияларын мониторингтеу және зерделеу бағдарламасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z82" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қаржы мониторингіне жататын операцияларды және күдікті қызметті анықтау рәсімдерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z83" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) операцияны жүргізуден немесе іскерлік қатынастарды орнатудан (тоқтату) бас тарту туралы шешім қабылдау тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z84" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) ҚМ-1 нысаны – КЖ/ТҚҚ туралы Заңның 10-бабының </w:t>
-[...75 lines deleted...]
-    </w:p>
+      3) операциялары тоқтатып қою жөніндегі шаралар қолданылуға тиіс өз клиенттерінің болуына қатысты салыстыру жүргізудің тәртібі мен кезеңділігін; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z85" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) операцияларды тоқтатып қою жөнінде шаралар қабылдау тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z86" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) операцияларды тоқтата тұруға байланысты іс-қимылдар тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z87" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) уәкілетті орган – КЖ/ТҚҚ туралы </w:t>
-[...21 lines deleted...]
-    </w:p>
+      6) Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 және 5-1-тармақтарында көзделген талаптарды ескере отырып, КЖ/ТҚ/ЖҚҚТҚ бойынша қолданылатын шаралар туралы клиентті хабардар ету және өзара іс-қимыл жасау тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z88" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Заңның 12-бабының 8-тармағында көзделген операцияларды жүзеге асыру үшін клиенттермен өзара іс-қимыл жасау тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z89" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) уәкілетті органға операцияны жүргізуден немесе іскерлік қатынастарды орнатудан (тоқтату) бас тарту, операцияларды тоқтатып қою және тоқтата тұру фактілері туралы хабарламалар беру тәртібін қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z90" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Клиенттердің операцияларына мониторинг жүргізу және зерделеу бағдарламасына күдікті операциялардың және (немесе) қызметтің белгілері, КЖ/ТҚ/ЖҚҚТҚ типологиясы, схемалары мен тәсілдері енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z91" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект клиенттердің операцияларына мониторинг жүргізу және зерделеу бағдарламасына қосымша күдікті операциялардың және (немесе) қызметтің белгілерін, КЖ/ТҚ/ЖҚҚТҚ типологиясын, схемаларын мен тәсілдерін енгiзуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z92" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Клиенттің операциясын және (немесе) қызметін күдікті деп тану туралы шешімді субъект қаржы-шаруашылық қызметі, клиенттің (оның өкілінің) және бенефициарлық меншік иесінің қаржылық жағдайы және іскерлік беделі туралы ақпараттың негізінде қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z93" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күдікті операция және (немесе) қызмет анықтау үшін субъект клиенттің операцияларына мониторинг және оның иелігіндегі ақпаратты зеріттеу жүргізіледі. Субъектінің шешімінде операцияны және (немесе) қызметті күдікті деп тану күні мен негіздері жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z94" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Қаржы мониторингіне жататын операциялар туралы хабарлама субъектімен уәкілетті органға жеке кабинет арқылы жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z95" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Клиенттердің операцияларына мониторинг жүргізу және оларды зерделеу нәтижелері тәуекел дәрежесін (деңгейін) және КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқаруды субъектімен жыл сайын бағалау үшін, сондай-ақ клиенттердің тәуекел тобын қайта қарау үшін пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z96" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...71 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. Субъектілердің КЖ/ТҚ/ЖҚТҚҚ саласында даярлау және оқыту бағдарламасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z97" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) Субъектілердің КЖ/ТҚҚ туралы </w:t>
-[...6973 lines deleted...]
-    </w:p>
+      25. КЖ/ТҚ/ЖҚҚТҚҚ саласында субъектіні даярлау және оқыту бағдарламасы Қазақстан Республикасының Қаржылық мониторинг агенттігінің төрағасының 2021 жылғы 9 тамыздағы № 6 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23952 болып тіркелген) бекітілген Қаржы мониторингі субъектiлерiне қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласындағы даярлау және оқыту бойынша қойылатын талаптарына сәйкес әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8617,31 +3153,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>