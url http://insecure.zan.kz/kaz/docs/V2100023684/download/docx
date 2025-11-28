--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cc7781a" w14:textId="cc7781a">
+    <w:p w14:paraId="a75140e" w14:textId="a75140e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -172,116 +172,100 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Осы бұйрықтың қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4 т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Үкіметінің 2020 жылғы 23 қазандағы № 701 қаулысымен бекітілген Қазақстан Республикасы Төтенше жағдайлар министрлігі туралы ереженің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>130) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -300,151 +284,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы бұйрыққа қоса беріліп отырған Қауіпті өндірістік объектілерде аварияларды жою жоспарын әзірлеу және оқу-жаттығу дабылдары мен аварияға қарсы жаттығуларды жүргізу жөніндегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нұсқаулық</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Төтенше жағдайлар министрлігінің Өнеркәсіптік қауіпсіздік комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Төтенше жағдайлар министрлігінің интернет-ресурсына орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Төтенше жағдайлар министрлігінің Заң департаментіне осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -459,91 +443,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Төтенше жағдайлар вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -858,131 +842,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 349 бұйрығымен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қауіпті өндірістік объектілерде аварияларды жою жоспарын әзірлеу және оқу-жаттығу дабылдары мен аварияға қарсы жаттығуларды жүргізу жөніндегі нұсқаулық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы қауіпті өндірістік объектілерде аварияларды жою жоспарын әзірлеу және оқу-жаттығу дабылдары мен аварияға қарсы жаттығуларды жүргізу жөніндегі нұсқаулық (бұдан әрі – Нұсқаулық) Қазақстан Республикасы Үкіметінің 2020 жылғы 23 қазандағы № 701 қаулысымен бекітілген Қазақстан Республикасы Төтенше жағдайлар министрлігі туралы ереженің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>130) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өндірістік объектілерде аварияларды жою жоспарын (бұдан әрі - Жоспар) әзірлеу және оқу-жаттығу дабылдары мен аварияға қарсы жаттығуларды жүргізу тиянақтайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1001,88 +980,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нұсқаулықта терминдер мен олардың анықтамалары "Азаматтық қорғау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Заң) белгіленген мағынада қолданылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1101,108 +1082,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 тарау. Аварияларды жою жоспары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әрбір қауіпті өндірістік объект үшін Жоспар әзірленеді. Қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымдар жыл сайын, 1 желтоқсаннан кешіктірмей, Жоспарды өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметі немесе өнеркәсіптік қауіпсіздік саласындағы кәсіби объектілік авариялық-құтқару қызметі (бұдан әрі - авариялық-құтқару қызметі) келісуге ұсынады. Жоспар қауіпті өндірістік объектіге қызмет көрсетуді жүзеге асыратын авариялық-құтқару қызметімен тікелей келісіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жоспарда мыналар көзделеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) адамдарды құтқару жөніндегі іс-шаралар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1285,70 +1266,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) авария болған жағдайда құлақтандырылатын және оны жоюға қатысатын лауазымды адамдар мен мекемелердің тізімі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қауіпті өндірістік объектінің схемасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жоспар бекітуге жатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бастапқы - қауіпті өндірістік объектіні іске қосу кезінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1379,71 +1360,71 @@
         </w:rPr>
         <w:t xml:space="preserve">
       кезектен тыс – Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>80-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес келмеген жағдайда, өндіріс технологиялары және технологиялық процесті басқару өзгерген кезде, авариядан кейін аварияның себептерін тексеру нәтижелері бойынша. Сондай-ақ, егер жоспардың қолданылуы ішінде қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйым өзге авариялық-құтқару қызметімен шарт жасаса. Күнтізбелік он күн ішінде жоспарға тиісті өзгерістер енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жоспар авариялық-құтқару қызметімен келісіледі және қауіпті өндірістік объектіде жұмыстар басталғанға дейін күнтізбелік он күн бұрын ұйым басшысы бекітеді. Авариялық-құтқару қызметі ұсынылған жоспарды алған күнінен бастап күнтізбелік он күн ішінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Жоспар Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1458,185 +1439,227 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес келмеген жағдайда, авариялық-құтқару қызметі осы Нұсқаулықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мерзімнен кешіктірмей қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйымның басшылығына жоспармен келіспейтіндігін негіздейтін бас тарту себептері көрсетілген дәлелді құжатты жазбаша нысанда жібереді. Сәйкессіздіктер жойылғаннан кейін қауіпті өндірістік объектілерді иеленетін және (немесе) пайдаланатын ұйым жоспарды авариялық-құтқару қызметіне келісуге қайта ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Жоспар (немесе одан үзінді) қауіпті өндірістік объектінің жалпыға қолжетімді орнында орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Аварияларды жою жоспарында:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жедел бөлім;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) аварияларды жоюға қатысатын персонал арасында міндеттерді бөлу және оның қолданылу тәртібі;</w:t>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+      2) аварияларды жоюға қатысатын жұмыскерлер арасында міндеттерді бөлу, іс-қимылдардың дәйектілігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) авария болған жағдайда құлақтандырылатын және оны жоюға қатысатын лауазымды адамдар мен мекемелердің тізімі қамтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Жоспар барлық қосымшалары бар түпнұсқада:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектінің басшысы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1647,51 +1670,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       диспетчер немесе объект бойынша кезекші;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       авариялық-құтқару қызметінің басшысы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Объект басшысындағы Жоспардың данасына </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1706,111 +1729,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес авария кезінде объектіге рұқсаттама бланкілері қоса беріледі аварияны жою жөніндегі жедел журнал осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Жоспардың жедел бөлігі осы Нұсқаулықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4 қосымшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> нысаны көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Жоспарда мынадай шаралар көзделеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       персоналды авария туралы хабардар ету тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1857,70 +1880,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       персоналдың қауіпсіздігін қамтамасыз ету және оны тез арада эвакуациялау үшін техникалық құралдарды пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әрбір жұмыс орнынан (жұмыс аймағынан) персоналды эвакуациялауды жүзеге асыратын адамдарды тағайындау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Жедел бөлімге мынадай құжаттар қоса беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       персоналды эвакуациялау жолдары мен кіреберіс жолдары көрсетілген объектінің сызбасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2003,70 +2026,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сығылған ауаны беру схемалары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       байланыс және құлақтандыру жүйелері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Жоспардың жедел бөлігін жасау жөніндегі нұсқаулар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоспардың жедел бөлімі объектінің барлық учаскелерін қамтиды. Егер шығу жолдары мен адамдарды қауіпсіз шығару жөніндегі іс-шаралар осы учаскелер үшін бірдей болса, Жоспардың позициясына бір немесе бірнеше учаскелер енгізілуі мүмкін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2095,126 +2118,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоспардың жедел бөлігін оның пайда болуының бірінші сәтінде аварияларды жоюға тікелей қатысы жоқ іс-шараларды өткізу туралы нұсқаулармен қайта жүктеуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Персоналды авария туралы хабардар ету барлық жағдайларда бір-біріне тәуелсіз екі тәсілмен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 тарау. Аварияға қарсы жаттығулар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Аварияға қарсы жаттығулар (бұдан әрі-жаттығулар) пайдалану құжаттамаларының және жөндеу-пайдалану паспорттары мен өнеркәсіптік қауіпсіздік саласындағы нұсқаулықтардың талаптарын қолдана отырып, персоналдың практикалық дағдылары мен технологиялық бұзушылықтар туындаған кезде өз бетінше, тез және техникалық сауатты әрекет ету қабілетін алу мақсатында жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Персоналдың өз бетінше және ұжымдық іс-қимылдар негізінде авария мен оқыс оқиға кезінде қауіпті өндірістік факторлардың дамуын жою және алдын алу қабілетін тексеру мақсатында оқытудың және персоналмен жұмыс істеудің міндетті нысаны ретінде аварияға қарсы жаттығуға қатысу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Аварияға қарсы жаттығу Жоспардың әрбір позициясы бойынша объектінің қызметкерлерімен және персоналымен жүргізіледі. Аварияға қарсы жаттығулар объектідегі жұмыс режимін бұзбай жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жаттығуларды өткізу келесі міндеттерді шешуді қарастырады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2243,168 +2266,248 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) кез келген жағдайда және барынша қысқа уақытта жедел шешімдер қабылдаудың нақты дағдыларын қалыптастыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қауіпті өндірістік объектілер персоналының кәсіптік даярлық деңгейін және жұмысының сенімділігін арттыруға бағытталған ұйымдастырушылық және техникалық іс-шараларды әзірлеу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Жаттығуды өткізудің мақсаты объектінің авариялар мен инциденттерді жоюға дайындығын, персоналдың жою кезіндегі өз іс-қимылдарын білуін тексеру болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Аварияға қарсы жаттығудың қорытындылары актімен ресімделеді, онда аварияға қарсы жаттығудың барысы бойынша ескертулерді жою жөніндегі ескертулер мен ұсыныстар көрсетіледі. Аварияға қарсы жаттығуды талдау нәтижелері бойынша объектідегі жоспарда анықталған сәйкессіздіктерді жою жөніндегі іс-шаралар әзірленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 тарау. Оқу дабылы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Жоспардың тиімділігін тексеру мақсатында әрбір объектіде жылына кемінде бір рет объектіге қызмет көрсететін авариялық-құтқару қызметі бөлімшесін шақыра отырып, оқу дабылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қауiптi өндiрiстiк объектiнi пайдаланатын ұйым оқу дабылдарын өткізу туралы өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесіне олар өткізілетін күнге дейін он жұмыс күнінен кешіктірмей жазбаша хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Оқу дабылын жүргізу объектіде жүргізілетін жұмыстардың, авариялар туындаған жағдайда авариялық-құтқару қызметі бөлімшелерінің жауынгерлік қабілеттілігін қамтамасыз етудің бұзылуын тудырмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z36" w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Оқу дабылын өткізу міндеттері::</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектінің, персоналдың адамдарды құтқаруға және аварияны жоюға дайындығын тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2415,110 +2518,172 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоспардың объектідегі нақты жағдайға сәйкестігін тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектіге қызмет көрсететін авариялық-құтқару қызметі бөлімшелерін тексеру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="32"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Оқу дабылын қауіпті өндірістік объектіні пайдаланатын ұйымның техникалық басшысы өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесінің және өнеркәсіптік қауіпсіздік саласындағы кәсіби авариялық-құтқару қызметтерінің өкілдерімен бірлесіп жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Жоспарға сәйкес объектіде оқу дабылын өткізу күні ұйым және авариялық-құтқару қызметі басшылығының бірлескен шешімімен айқындалады. Объектінің персоналына оқу дабылын өткізу күні мен уақыты туралы хабарланбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Дабыл басталғанға дейін тексерушілер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "авария" орны және сипатын белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2565,190 +2730,190 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шақырылатын авариялық-құтқару қызметтерінің санын анықтайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       авария туралы хабарланатын тізімнен шығаруға жататын адамдар мен мекемелердің тізбесін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="35"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Оқу дабылын жүргізуге басшылық ететін адамдар оқу-жаттығу басталар алдында бақылаушыларға олардың міндеттерін түсіндіреді және оларды оқу дабылын жүргізу тәртібімен таныстырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z41" w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Барлық бақылаушылар белгіленген уақытқа дейін оқу дабылының жүргізілуін бақылау үшін орын алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. "Авария" туралы хабарлау тапсырылған бақылаушы белгіленген уақытта "авария" орнынан объектінің диспетчеріне (кезекшісіне) оның орны мен сипатын көрсете отырып, "авария" туралы қоңырау шалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z43" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Объектінің диспетчерінде (кезекшісінде) тұрған бақылаушы оларды авария туралы хабардар етілмейтін адамдар мен мекемелердің тізбесімен таныстырады және қалған адамдар мен мекемелерді шақырудың дұрыстығы мен уақтылығын бақылайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z44" w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Тексерушілер аварияны жою жөніндегі жұмыстардың жауапты басшысының, құтқару жұмыстары басшысының, "аварияға" келген адамдардың іс-қимылдарын "аварияның" бастапқы кезеңіндегі олардың іс-қимылдарына ерекше назар аудара отырып, Жоспарда көзделген міндеттерді бөлуге сәйкес бақылайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z45" w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Бақылаушылар әрқайсысы өз бекетінде авариялық-құтқару қызметі персоналының, бөлімшелерінің іс-қимылын, авария кезінде пайдалануға жататын техникалық құралдардың жай-күйін, олардың дұрыс қолданылуын, қосалқы шығу жолдарының жай-күйін тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z46" w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Оқу дабылы кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "авария" туралы хабарлау тәсілі және оған жұмсалған уақыт;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3083,204 +3248,248 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       материалдар қоймаларының, өртке қарсы поездардың жинақталуы және өртке қарсы поезды "авария" орнына жеткізуге жұмсалған уақыт;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="42"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Жерасты жұмыстары кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "авария" кезінде жерасты қазбаларынан адамдардың шығуы кезінде көтергіш қондырғыларды пайдаланудың дұрыстығы және олардың жай-күйі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қосымша шығыс ретінде қызмет ететін қазбаларда және осы қазбалардың тарамдарында қазбаның атауы мен шығу бағыты көрсетілген көрсеткіштердің болуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="43"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Оқу дабылы аяқталғаннан кейін тексерушілер объектінің бақылаушыларымен, басшыларымен және персоналымен, "аварияны" жоюға қатысқан авариялық-құтқару қызметінің тиісті бөлімшелерінің командирлерімен бірлесіп оқу дабылын талдауды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z49" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Бақылаушылар объектінің тексерілетін учаскесіндегі Ереженің Жоспарға сәйкестігі туралы, учаскенің, авариялық-құтқару қызметі бөлімшелерінің техникалық персоналының дайындығы туралы баяндайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Жүргізілген оқу дабылы туралы Акт ұйым басшысына, тексерілетін авариялық-құтқару қызметі бөлімшесінің командиріне тапсырылады және оған бағалауды көрсете отырып және жүргізілген оқу дабылы бойынша ұсыныстар енгізе отырып, оқу дабылын жүргізуге қатысқан уәкілетті орган ведомствосының аумақтық бөлімшесінің өкілі қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 36-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Актіде жазылған ұсыныстардың орындалуын бақылау ұйымның басшысына және авариялық-құтқару қызметінің командиріне жүктеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3340,64 +3549,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>объектілерде аварияларды жою</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және оқу дабылдарын және </w:t>
+              <w:t>және оқу дабылдарын және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">аварияға қарсы жаттығуларды </w:t>
+              <w:t>аварияға қарсы жаттығуларды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өткізу жоспарын әзірлеу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3463,68 +3672,106 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Авария туралы хабардар етілетін лауазымды тұлғалар мен мекемелердің тізімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -3542,428 +3789,678 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р/с</w:t>
-[...26 lines deleted...]
-            </w:pPr>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Ұйым немесе лауазымды тұлға</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты (болған жағдайда)</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұйым</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...26 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...26 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымды</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұлға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Үйінің</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкесінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(болған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Телефон</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-телефон №</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="2"/>
+қызметтік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мекенжайы</w:t>
+үйінің</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қызметтік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үйінің</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4156,51 +4653,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4393,51 +4890,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4630,51 +5127,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4867,51 +5364,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5095,61 +5592,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5328,61 +5821,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5561,61 +6050,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5794,61 +6279,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6027,61 +6508,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6269,51 +6746,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6497,61 +6974,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6730,61 +7203,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6963,61 +7432,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7196,61 +7661,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7429,61 +7890,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7662,61 +8119,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7895,61 +8348,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8128,61 +8577,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8370,51 +8815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8607,87 +9052,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уәкілетті органның аумақтық бөлімшесі</w:t>
+Уәкілетті орган ведомствосының аумақтық бөлімшесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8844,51 +9289,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9081,51 +9526,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9318,51 +9763,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9746,68 +10191,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Рұқсат қағазы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10152,68 +10597,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аварияларды жою жөніндегі жедел журнал</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11116,68 +11561,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аварияны жою жоспарының жедел бөлімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11777,55 +12222,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>