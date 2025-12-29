--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5993583" w14:textId="5993583">
+    <w:p w14:paraId="ce0d089" w14:textId="ce0d089">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,57 +123,53 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы бұйрық 01.07.2021 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -384,139 +380,127 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық 2021 жылғы 1 шілдеден бастап қолданысқа енгізіледі және ресми жариялануға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сауда және интеграция министрінің м.а.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -2208,540 +2192,416 @@
         </w:rPr>
         <w:t>
       Техникалық реттеудің ақпараттық жүйесінің деректеріне қолжетімділік оны пайдаланушылар үшін уәкілетті органның веб-порталы арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Өнімді сертификаттау ерікті немесе міндетті түрде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Өнімді сертификаттау кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z275" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өнімді сәйкестендіруді жүргізуге, оның ішінде сыныптау топтамасына тиесілігін, өнімге техникалық құжаттаманың (жобалау және (немесе) конструкторлық және (немесе) технологиялық және (немесе) пайдалану) сәйкестігін, шығу тегін, осы партияға тиесілігін, сондай-ақ жиынтығында өнімнің техникалық регламентке және стандарттау жөніндегі құжатқа, тауарға ілеспе құжаттамаға, жеткізуге арналған шартқа (келісімшартқа), ерекшелікке, заттаңбаға, затбелгіге және өнімді сипаттайтын басқа да құжатқа сәйкестігін растау үшін жеткілікті болатын белгілері, параметрлері, көрсеткіштері мен талаптары бойынша оның сәйкестігін тексеруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z276" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнімнің адам өмірі, денсаулығы, қоршаған ортаны қорғау үшін қауіпсіздігін қамтамасыз етуге бағытталған, қағидаларда белгіленген талаптарға, сондай-ақ өнімді пайдалану, сақтау және тасымалдау шарттары сақталған жағдайда сәйкестікті міндетті растау кезінде Қазақстан Республикасы заңнамасының негізінде тексерілетін басқа да талаптарға сәйкестігін толық және анық растауға мүмкіндік беретін өнімнің сипаттамалары (көрсеткіштері) тексеріледі, сынақ әдістері пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z277" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқа тексерілетін сипаттамалардың (көрсеткіштердің) құрамы нақты өнімді сертификаттау мақсаттарына сүйене отырып айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z278" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың 1) тармақшасында көрсетілген жағдайда сәйкестендіру кезінде импорттаушының өнімді таңбалаудағы қажетті ақпарат бөлігінде Қазақстан Республикасының нормативтік құқықтық актілерінің талаптарын сақтауы ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Өтінімді беру және қарау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z27" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Өтінім беруші СРО-ға өтінім берген жағдайда құрамы мен мазмұны осы өнімге арналған техникалық регламенттерде және (немесе) стандарттау жөніндегі құжаттарда белгіленетін өнімге қажетті өнімге техникалық (жобалау және (немесе) конструкторлық және (немесе) технологиялық және (немесе) пайдалану) құжаттаманы ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      12-тармақ жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 263-НҚ</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...213 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өнімді сертификаттауды жүргізу үшін өтініш беруші СРО-ға өтініш берушінің қолымен және мөрімен (болған жағдайда) куәландырылған мынадай ақпарат пен құжаттарды және (немесе) олардың көшірмелерін қамтитын өтінімді (өнімді сертификаттау схемасына байланысты) жібереді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сериялық өндіріс өнімдері үшін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...116 lines deleted...]
-      техникалық құжаттаманы және (немесе) жобалық және (немесе) конструкторлық және (немесе) технологиялық және (немесе) пайдалану;</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнімге техникалық құжаттаманы (жобалау және (немесе) конструкторлық және (немесе) технологиялық және (немесе) пайдалану);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оған сәйкес өнім дайындалған стандарттау жөніндегі құжат (құжаттар) (оның ішінде техникалық шарттар) (бар болса);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2830,1996 +2690,2388 @@
       өнімнің сәйкестігін жанама растайтын өтініш берушінің таңдауы бойынша құжаттар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) өнімнің (жалғыз бұйымның) партиясы үшін: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнімге техникалық құжаттаманы (жобалау және (немесе) конструкторлық және (немесе) технологиялық және (немесе) пайдалану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оған сәйкес өнім дайындалған стандарттау жөніндегі құжат (құжаттар) (оның ішінде техникалық шарттар) (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дара бұйымды немесе өнім партиясын, оның ішінде оның мөлшерін сәйкестендіретін келісімшарт (жеткізу шарты) және тауарға ілеспе құжаттар (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дайындаушы жүргізген сынақ хаттамалары (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шетелдік СРО берген сәйкестік сертификаттары (болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда – ҚР Премьер-Министрі орынбасарының - Сауда және интеграция министрінің м.а. 30.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Өнімді сертификаттаудың іске асырылатын схемасына байланысты өтініш беруші СРО-ға өнімді әзірлеу және өндіріске қою кезінде бұрын жүргізілген сынақ хаттамаларын немесе аккредиттелген сынақ зертханалары (орталықтары) орындаған сынақтар туралы құжаттарды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z30" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Өтініш беруші СРО-ға өнімнің белгілі бір түрлері үшін Қазақстан Республикасының заңнамасында белгіленген болса, өз құзыреті шегінде уәкілетті мемлекеттік органдар берген өнімнің белгіленген талаптарға сәйкестігі туралы құжаттарды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінімге қоса беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өнімге немесе пайдаланылатын шикізатқа, материалдарға, жиынтықтаушы бұйымдарға, сапа менеджменті жүйесіне бұрын алынған қолданыстағы сәйкестік сертификаттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уәкілетті мемлекеттік органдар берген өнімдердің белгіленген талаптарға сәйкестігін тікелей немесе жанама растайтын қорытындылар, анықтамалар мен құжаттар (болған жағдайда) қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. СРО өтінімді қарайды және ұсынылған құжаттарға өтініш беруші туралы ақпараттың толықтығына және сертификаттау жүргізуге арналған өнімге талдау жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z32" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. СРО оны алғаннан кейін 3 (үш) жұмыс күнінен кешіктірмей өтініш берушіні өнімді сертификаттау схемасын, техникалық регламенттің және (немесе) стандарттау жөніндегі құжаттың атауын, аккредиттелген зертхананы және өндіріс жағдайына талдау жүргізу үшін сарапшы-аудиторларды, кезеңдік бағалау жүргізудің кезеңділігін көрсете отырып, техникалық реттеудің ақпараттық жүйесіндегі өтінім бойынша өзінің шешімі туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z33" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Құжаттарды талдау нәтижелері оң болған жағдайда СРО өтінім берушіні өтінім бойынша қабылданған шешім туралы хабардар етеді және техникалық реттеудің ақпараттық жүйесіне шарт жобасын жібереді .</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z34" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. СРО, егер ол құзыретті болмаса немесе сертификаттау бойынша қажетті іс-әрекеттерді жүргізуге мүмкіндігі болмаса, сертификаттауды жүргізуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z35" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Өтінім бойынша шешімде СРО өтініш берушіні сертификаттау жүргізілетін өнімді сертификаттау схемасы және осы объектіні сертификаттаудың белгіленген тәртібіне негізделген сертификаттаудың барлық негізгі шарттары, қажетті өнімге техникалық (жобалау және (немесе) конструкторлық және (немесе) технологиялық және (немесе) пайдалану) құжаттаманың тізбесі, тексерілетін көрсеткіштердің тізбесі, зертхананың атауы, сондай-ақ кезеңдік бағалау шарттары (егер өнімді сертификаттау схемасында көзделсе) туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2) тармақшаның екінші абзацы жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Егер өтініш беруші СРО ұсынған сәйкестікті растау рәсімдерінің талаптарымен келіскен жағдайда, электрондық цифрлық қолтаңбаны (бұдан әрі – ЭЦҚ) пайдалана отырып, техникалық реттеудің ақпараттық жүйесінде шарт жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z37" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Өтінімге осы Қағидалардың 14-тармағына сәйкес өтініш жасалған тілдегі құжаттар қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушінің СРО -мен келісімі бойынша құжаттар мемлекеттік және орыс тілдеріндегі аудармасымен өзге тілде ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Өнімнің сәйкестігін растау үшін өтініш беруші ұсынған құжаттар толық болмаған жағдайда, СРО сәйкестікті тікелей немесе жанама растайтын келесі құжаттардың бірін (сынақ хаттамасы, дайындаушы зауыттың сапа паспорты, менеджмент жүйесіне сәйкестік сертификаты, мемлекеттік тіркеу туралы куәлік, ветеринариялық сертификат, фитосанитариялық сертификат, өрт қауіпсіздігі сертификаты) немесе оларға балама құжаттарды сұратады немесе өтініш берушіге осы өнімге сәйкес келетін өнімді сертификаттаудың басқа схемасы бойынша өнімді сертификаттауды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z39" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-параграф. Өнімнің сәйкестігін растау схемасын таңдау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z40" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Өнімнің сәйкестігін растау схемасын өтініш беруші СРО-мен бірге анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z41" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Қазақстан Республикасының техникалық регламенттерінің және (немесе) стандарттау жөніндегі құжаттардың талаптарына сәйкестігіне сертификаттау кезінде өнімнің техникалық регламенттерде және стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкестігінің қажетті дәлелдемесін қамтамасыз ететін осы Қағидаларға 2-қосымшаға сәйкес өнімді сертификаттау схемасы пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өнімді Еуразиялық экономикалық одақтың техникалық регламенттерінің талаптарына сәйкестігіне сертификаттау кезінде Еуразиялық экономикалық одақтың техникалық регламенттерінде және Еуразиялық экономикалық одақтың өзге де құқықтық актілерінде және (немесе) сәйкестігін растау жүзеге асырылатын құжаттарда белгіленген сертификаттау схемасы қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданысқа</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...709 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:bookmarkStart w:name="z42" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген 9 және 10 нөмірленген өнімді сертификаттау схемалары бойынша сертификаттау өнімнің техникалық регламенттердің және (немесе) стандарттау жөніндегі құжаттардың белгіленген талаптарына сәйкестігін тікелей немесе жанама растайтын өтінім мен құжаттар негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z268" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27-1. Өнімнің Қазақстан Республикасының техникалық регламенттерінің талаптарына сәйкестігін декларациялау кезінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес өнімнің техникалық регламенттерде және стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкестігінің қажетті дәлелдемесін қамтамасыз ететін декларациялау схемасы пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өнімнің Еуразиялық экономикалық одақтың техникалық регламенттерінің талаптарына сәйкестігін декларациялау кезінде Еуразиялық экономикалық одақтың техникалық регламенттерінде және Еуразиялық экономикалық одақтың өзге де құқықтық актілерінде белгіленген декларациялау схемасы қолданылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 27-1-тармақпен толықтырылды – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-параграф. Өнімді сәйкестендіру және сынау үшін үлгілерді іріктеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z44" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Өнімді, процесті, қызметті сәйкестендіру – белгілі бір өнімді, процесті, қызметті айрықша белгілері бойынша біржақты тануды және (немесе) өнімді сәйкестікті міндетті растауға жататын объектілерге жатқызуды қамтамасыз ететін рәсім.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертификаттау кезінде өнімді сәйкестендіруді СРО ҚР СТ 1014 "Өнімді сәйкестендіру. Жалпы ережелер"стандарттау жөніндегі құжаттың талаптарына және осы Қағидаларға сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көзбен шолып қарау негізінде сәйкестендіру мүмкін болмайтын өнім үшін техникалық регламенттерде және стандарттау жөніндегі құжаттарда белгіленген сәйкестендіру көрсеткіштері бойынша өнімге сынақ жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қағидаларды 27-1-тармақпен толықтыру көзделген – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 28-тармаққа өзгеріс енгізілді – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Сәйкестендіру кезінде мыналар тексеріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мәлімделген өнімді техникалық регламенттердің, стандарттау жөніндегі құжаттардың талаптарына жатқызудың дұрыстығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнімнің таңбалануының (жазуларының) техникалық регламенттердің, стандарттау жөніндегі құжаттардың талаптарына сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнімнің таңбалауда (жазуларда) және техникалық құжаттамада (жобалау және (немесе) конструкторлық, және (немесе) технологиялық және (немесе) пайдалану) және өнімнің сәйкестігін тікелей немесе жанама растайтын өзге де құжаттамада көрсетілген ақпаратқа сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнімнің мәлімделген партияға және дайындаушыға тиесілігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техникалық регламенттерде және стандарттау жөніндегі құжаттарда белгіленген сәйкестендіру көрсеткіштері бойынша (өнімге сынақ жүргізу қажет болған жағдайда) сынақтардың нәтижелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Өнім партиясын сәйкестендіру кезінде қосымша партияның мөлшері, артикулдар мен модельдер, қаптама түрі (бар болса) және ілеспе құжаттарда келтірілген өзге де ақпарат тексеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестендіру нәтижелері ҚР СТ 1014 "Өнімді сәйкестендіру. Жалпы ережелер" стандарттау жөніндегі құжаттың талаптарына сәйкес ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31. Өнімді сәйкестікті міндетті түрде растауға жататын немесе жатпайтын объектілерге жатқызу мақсатында СРО өтініш берушінің өтініші бойынша СРО құрамында қызметін жүзеге асыратын сарапшы-аудитордың өз саласы шегінде мынадай жұмыстарға аттестаттау жүргізуін ұйымдастырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z280" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш беруші ұсынатын техникалық құжаттаманы (жобалау және (немесе) конструкторлық және (немесе) технологиялық және (немесе) пайдалану) және өнімнің сәйкестігін тікелей немесе жанама растайтын өзге де құжаттаманы талдау негізінде, сондай-ақ өтініш беруші ұсынатын бірыңғай Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің бірыңғай тауар номенклатурасына (бұдан әрі – ЕАЭО СЭҚ ТН) сәйкес тауарларды сыныптау туралы кеден органдары беретін алдын ала шешім негізінде өнімді сәйкестендіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z281" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) стандарттау жөніндегі құжатқа сәйкес өтініш беруші ұсынатын өнім үлгісін көзбен шолып тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z282" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) техникалық регламенттерге, сондай-ақ Кеден одағы Комиссиясының 2011 жылғы 7 сәуірдегі № 620 шешімімен бекітілген Бірыңғай құжаттарды бере отырып, кеден одағы шеңберінде сәйкестікті міндетті бағалауға (растауға) жататын өнімнің бірыңғай тізбесіне сәйкес сәйкестікті міндетті растау объектілеріне жатқызу бойынша өнімді талдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z283" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы тармақтың 1), 2) және 3) тармақшаларында белгіленген жүргізілген жұмыстардың нәтижелері бойынша СРО техникалық реттеудің ақпараттық жүйесінде техникалық реттеу тізілімінде тіркеумен осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өнімді сәйкестендіру актісін ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z284" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте өнімді сәйкестендіру актісінде көрсетілген өнімнің ЕАЭО СЭҚ ТН коды СРО аккредиттеу саласына енгізілген өнімнің ЕАЭО СЭҚ ТН кодының кемінде төрт бірінші белгісіне сәйкес келуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z285" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасының кодексіне сәйкес Қазақстан Республикасының техникалық реттеу саласындағы заңнамасын бұзғаны үшін жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="38"/>
+    <w:bookmarkStart w:name="z286" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31-1. Осы Қағидаларға 2-2-қосымшаға сәйкес нысан бойынша өнімді сәйкестендіру актісін толтыру кезінде мынадай мәліметтер көрсетіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z287" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-жол – аккредиттеу субъектісі қызметінің бағытын көрсете отырып, СРО тіркеу нөмірлері (кодтық деректемелері) (ҚР СТ 7.17 ұлттық стандартына сәйкес беріледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z288" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-жол – техникалық реттеу тізіліміндегі өнімді сәйкестендіру актісі туралы электрондық жазбаға жылдам өтуге арналған оптикалық оқылатын матрицалық код (QR-код);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z289" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-жол – өнімді сәйкестендіру актілерінің тізіліміне мәліметтер енгізілген күн (саны – екі араб цифрымен, айы – екі араб цифрымен, жылы – төрт араб цифрымен);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z290" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-жол – сәйкестендіру нәтижелері туралы актінің тіркеу нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z291" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-жол – өнімді сәйкестендіру актісін берген сәйкестікті растау жөніндегі органның толық атауы, оның заңды мекенжайы, сондай-ақ қызметті жүзеге асыру орнының нақты мекенжайы (мекенжайлары әртүрлі болған жағдайда), сәйкестікті растау жөніндегі органның аккредиттеу аттестатының тіркеу нөмірі мен тіркелген күні, сондай-ақ телефон нөмірі мен электрондық пошта мекенжайы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z292" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-жол – өнімнің атауы және белгіленуі және (немесе) өнімді дайындаушы берген өнімнің атауы (бар болса), өнімнің мақсаты, өнімді қолдану жөніндегі ұсынымдар, сәйкестікті міндетті растау объектісі болып табылатын өнімге бір мәнді жатқызу мүмкіндігін қамтамасыз ететін өнімнің басқа да негізгі тән қасиеттері мен сипаттамалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z293" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнім туралы оның сәйкестендірілуін қамтамасыз ететін өзге де мәліметтер (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z294" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнім дайындалған құжаттың (құжаттардың) белгісі және атауы (стандарт, ұйым стандарты, техникалық шарттар немесе өзге де құжат) (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z295" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-жол – Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің бірыңғай тауар номенклатурасына сәйкес өнімнің коды (кодтары);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z296" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-жол – дайындаушының толық атауы, оның орналасқан жері (заңды мекенжайы) және өнімді дайындау жөніндегі қызметті жүзеге асыру орнының мекенжайы (мекенжайлары әртүрлі болған жағдайда) – өнімді дайындайтын заңды тұлға мен оның филиалдары үшін немесе тегі, аты және әкесінің аты (бар болса), тұрғылықты жері және өнімді дайындау жөніндегі қызметті жүзеге асыру орнының мекенжайы (мекенжайлары) (егер мекенжайлары әртүрлі болған жағдайда) – дара кәсіпкер ретінде тіркелген жеке тұлға үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z297" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-жол – өнімді сәйкестікті міндетті растау объектілеріне жатқызған жағдайда, осы өнімге қолданылатын техникалық регламенттердің атауы және сәйкестікті бағалау нысаны көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z298" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнімді міндетті сәйкестікті растауға жатпайтын объектілерге жатқызған жағдайда: "техникалық регламенттердің талаптарына сәйкестігін міндетті түрде растауға жатпайды" деп көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z299" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-жол – өтініш берушінің толық атауы, оның заңды мекенжайы және қызметті жүзеге асыру орнының мекенжайы (мекенжайлары әртүрлі болған жағдайда) – заңды тұлға үшін немесе қызметті жүзеге асыру орнының тегі, аты және әкесінің аты (бар болса), тұрғылықты жері және мекенжайы (мекенжайлары) (мекенжайлары әртүрлі болған жағдайда) – жеке кәсіпкер ретінде тіркелген жеке тұлға үшін, сондай-ақ тіркеу бизнесі үшін өтініш берушінің сәйкестендіру нөмірі немесе жеке сәйкестендіру нөмірі, телефон нөмірі және электрондық пошта мекенжайы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z300" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-жол – сәйкестікті міндетті растау объектілерін және нақты өнімге қойылатын талаптарды белгілейтін құқықтық актілер және (немесе) стандарттау жөніндегі құжаттар, техникалық құжаттама (жобалау, және (немесе) конструкторлық, және (немесе) технологиялық және (немесе) пайдалану);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z301" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-жол – сәйкестікті растау жөніндегі орган басшысының немесе ол уәкілеттік берген тұлғаның тегі, аты және әкесінің аты (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z302" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-жол – сарапшы -аудитордың тегі, аты және әкесінің аты (бар болса).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 31-1-тармақпен толықтырылды – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z303" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31-2. Берілген өнімді сәйкестендіру актісінің күшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z304" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) СРО – олардың негізінде өнімді сәйкестендіру актісі ресімделген құқықтық актілерге және (немесе) стандарттау жөніндегі құжаттарға өзгерістер енгізілген жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z305" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уәкілетті орган ведомствосының аумақтық бөлімшесінің лауазымды тұлғасы – сәйкестендірудің дәйексіз нәтижелері анықталған жағдайда жояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z306" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өнімді сәйкестендіру актісінің қолданылуын тоқтату туралы шешім техникалық реттеу тізіліміне тиісті жазба енгізіле отырып және өтініш берушіні хабардар ете отырып, техникалық реттеудің ақпараттық жүйесінде ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z307" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өнімді сәйкестендіру актісінің қолданылуы техникалық реттеудің ақпараттық жүйесіне тиісті мәліметтер енгізілген күннен бастап тоқтатылды деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      28-тармақтың бірінші бөлігі жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 31-2-тармақпен толықтырылды – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 263-НҚ</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...59 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...566 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="40"/>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Үлгілердің саны, оларды іріктеу тәртібі, сәйкестендіру және сақтау қағидалары осы Қағидаларға, техникалық регламенттерге, стандарттау жөніндегі құжаттарға және осы өнімді сынау әдістемесіне сәйкес белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z49" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Сынақтар үшін үлгілерді іріктеуді СРО немесе оның тапсырмасы бойынша аккредиттелген зертхана немесе тиісті аттестаттау жолдамасы бар сарапшы-аудиторды қамтитын СРО-мен келісім бойынша өтініш беруші тағайындаған комиссия жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z50" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Үлгілерді іріктеу осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша үлгілерді іріктеу актісімен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z51" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Іріктелген үлгілер өтініш берушінің қатысуымен буып-түйіледі, пломбаланады (мүмкіндігіне қарай) және өнім үлгілерін іріктеу актісі мен өтінім бойынша шешімді қоса бере отырып, зертханаға жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z52" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Техникалық регламенттерде, стандарттау жөніндегі құжаттарда көзделген жағдайларда өнімнің бақылау үлгілерін өнімнің жарамдылық мерзімі немесе сәйкестік сертификатының қолданылу мерзімі ішінде сақтау жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өнім үлгілерін сақтаудың нақты мерзімдері осы өнімге арналған стандарттау жөніндегі құжаттарда белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-параграф. Өндіріс жағдайын талдау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z54" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Өнімді сертификаттау схемасына байланысты өнім өндірісінің жай-күйіне талдау жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z55" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Өндірістің жай-күйін талдау шығарылатын өнімнің техникалық регламенттердің және стандарттау жөніндегі құжаттардың белгіленген талаптарына тұрақты сәйкестігін қамтамасыз ету үшін дайындаушыда қажетті жағдайлардың болуын анықтау мақсатында жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z56" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Өндіріс жағдайын талдау жұмыстары мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтініш берушіден бастапқы құжаттарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4884,688 +5136,684 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тексеру нәтижелерін ресімдеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тексеру бойынша шешім қабылдау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Тексеру бағдарламасы техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптар шегінде өнімнің қауіпсіздігіне әсер ететін өндірістің әртүрлі аспектілері бойынша тапсырмаларды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z58" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Өндіріс жағдайын талдау кезінде мыналар тексеріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өнімге техникалық регламенттердің, стандарттау жөніндегі құжаттардың және техникалық (жобалық және (немесе) конструкторлық және (немесе) технологиялық және (немесе) пайдалану) құжаттардың болуы, оларды өзектілендіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) білікті персоналдың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) технологиялық процесті сақтау және оны метрологиялық қамтамасыз етудің жай-күйі болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кіру, қабылдау бақылау және кезеңдік сынақтар жүйесінің болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жабдықтар мен сынау құралдарына техникалық қызмет көрсету және жөндеу жүйесінің болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) шикізатпен және материалдармен қамтамасыз етілуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сертификатталатын өнім қауіпсіздігінің тұрақтылығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сақтау шарттарының болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) шағымдарды есепке алу мен талдаудың болуы.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 41-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...226 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="51"/>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Өндірістің жай-күйін талдау нәтижелері еркін нысандағы актімен ресімделеді, онда жүргізілген талдау нәтижелері келтіріледі, анықталған сәйкессіздіктер белгіленеді және өтініш берушінің (дайындаушының) техникалық регламенттердің, стандарттау жөніндегі құжаттардың талаптарына сәйкес келетін өнім шығарудың тұрақтылығын қамтамасыз ету қабілеті туралы тұжырымдары тұжырымдалады және өтініш берушіге жіберіледі. Актіде сертификатталған өнімді бақылау кезіндегі жұмыстардың мазмұны және айналысқа шығарылатын өнімнің қауіпсіздігіне әсер ететін мәселелер бойынша ұсынымдар келтіруге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z60" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Тексеру нәтижелері теріс болған жағдайда өнімді сертификаттаудың таңдалған схемасы бойынша мәлімделген өнімді сертификаттау жөніндегі жұмыс тоқтатылады, бұл туралы СРО өтініш берушіні және уәкілетті органды техникалық реттеудің ақпараттық жүйесіндегі күнтізбелік 3 (үш) күн ішінде өндірістің жай-күйін талдау нәтижелерін жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Анықталған кемшіліктерді жойғаннан немесе өнімді сертификаттаудың өзге схемасын таңдағаннан кейін өтініш беруші жаңа өтінім ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Өтініш берушіде техникалық реттеудің мемлекеттік жүйесі шеңберінде берілген немесе танылатын сертификатталатын өнімді өндіруге сапа менеджменті жүйесіне сәйкестік сертификаты болған жағдайда өндірістің жай-күйіне талдау жүргізілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z62" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Өндірістің жай-күйіне жүргізілген талдау немесе менеджмент жүйесін сертификаттау туралы мәліметтер (құжаттар) өнімді сертификаттау схемасына байланысты өнімге арналған сәйкестік сертификатында көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z63" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-параграф. Сәйкестік сертификатын беру, беруден бас тарту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z64" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Бір және (немесе) бірнеше көрсеткіштер (сипаттамалар) бойынша сынақтардың теріс нәтижелері кезінде объектіні сертификаттау мақсатында сынақтар тоқтатылады, СРО сынақтарын жалғастыру өтініш берушінің келісімі бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z65" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Сынақтардың теріс нәтижелері кезінде СРО бас тарту себептерін көрсете отырып, сәйкестік сертификатын беруден бас тарту туралы шешімді өтініш берушіге және техникалық реттеудің ақпараттық жүйесіндегі уәкілетті органға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z66" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Өтініш беруші СРО-ға өнімді әзірлеу және өндіріске қою кезінде жүргізілген олардың қолданылу мерзімдерін ескере отырып, сынақ хаттамаларын немесе техникалық реттеу жүйесінде аккредиттелген зертханалар орындаған сынақтар туралы құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттарды, олардағы нәтижелердің Қазақстан Республикасының заңнамасына және нормативтік құжаттарға сәйкестігін, оларды беру мерзімдерін, конструкцияға (құрамға), материалдарға, технологияға енгізілген өзгерістерді тексергеннен кейін СРО сәйкестік сертификатын беру немесе сынақтардың көлемін қысқарту немесе жетіспейтін сынақтарды жүргізу туралы шешім қабылдайды, бұл тиісті құжаттарда көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттарда бұзушылықтар анықталған жағдайда өтініш беруші осы бұзушылықтарды жойғаннан кейін анықталған бұзушылықтар бөлігінде ғана СРО-ның қайта қарауына ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. СРО сынау хаттамаларын, өндірісті бағалауды және өнімнің сәйкестігі туралы басқа да құжаттарды талдау кезінде өнімнің техникалық регламенттердің және стандарттау жөніндегі құжаттардың белгіленген талаптарына сәйкестігін бағалауды жүзеге асырады. Бұл бағалаудың нәтижелері сарапшы-аудитордың қорытындысында көрсетіледі. Осы қорытынды негізінде СРО сәйкестік сертификатын беру немесе беруден бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z68" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      50. Сәйкестік сертификатын беру туралы шешім қабылданған жағдайда СРО техникалық реттеудің ақпараттық жүйесінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша сәйкестік сертификатын қалыптастырады, ол бірегей сәйкестендіру нөмірін бере отырып, техникалық реттеу тізілімінде тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәйкестік сертификаты ол тіркелген күннен бастап және тіркеу нөмірі болған жағдайда жарамды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. Сәйкестік сертификаты және оған қосымша осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мәліметтерді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z70" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Сәйкестік сертификатының қолданылу мерзімін өнімді сертификаттаудың таңдалған схемасын, өнімнің ерекшелігін, оны өндіруді, стандарттау жөніндегі құжаттардың қолданылу мерзімін және техникалық регламенттердің талаптарын, сондай-ақ менеджмент жүйесі сертификатталған мерзімді (егер бұл өнімді сертификаттау схемасында көзделген болса) немесе өнімнің жарамдылық мерзімін ескере отырып.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5584,90 +5832,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Сериялық шығарылатын өнімге (сериялық шығарылымға) сәйкестік сертификатының қолданылу мерзімі ішінде дайындаушы өткізетін өнім үшін сәйкестік сертификаты стандарттау жөніндегі құжатта белгіленген өнімнің жарамдылық (қызмет ету) мерзімі ішінде өнімді жеткізу, сату кезінде жарамды болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z72" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Өнімнің жарамдылық мерзімі шегінде сәйкестік сертификатының қолданылу мерзімін сәйкестік сертификатын берген СРО ұзартады. СРО өнімді сәйкестендіру актісін жасайды, ол үшін сәйкестік сертификаты ұзартылады және өнімнің номенклатурасы мен санын (қалдығын) міндетті түрде көрсете отырып, оның бұрын сертификатталған өнімге тиесілігін белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5686,126 +5934,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Сәйкестік сертификатының қолданылу мерзімін ұзарту мынадай тәсілдердің бірімен орындалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сәйкестік сертификаты сол жағындағы "20__ жылғы "__" ______" дейін жарамды" бағанының сарапшы-аудитордың және СРО-ның бірінші басшысының немесе ол уәкілеттік берген тұлғаның ЭЦҚ-мен куәландырылатын "20__ жылғы "__" ______ дейін жарамдылық мерзімі ұзартылды" жазба енгізіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұзартылатын сәйкестік сертификатының тіркеу нөмірі сақтала отырып және өнімнің номенклатурасы мен сәйкестік сертификаты ұзартылатын саны көрсетіле отырып, жаңа сәйкестік сертификаты ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Егер сериялық өндіріс өніміне берілген сәйкестік сертификатының қолданылу мерзімі аяқталса, ал оның қолданылу кезеңінде шығарылған өнім өткізу сатысында болса, онда сәйкестік сертификатының қолданылуы өнімді сақтау шарттары сақталған жағдайда оның барлық жарамдылық немесе сақтау мерзіміне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5824,534 +6072,502 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Өнімнің конструкциясына (құрамына) немесе оны өндіру технологиясына сертификаттау кезінде куәландырылатын көрсеткіштерге әсер ететін өзгерістер енгізілген жағдайда сәйкестік сертификатының иесі бұл туралы сәйкестік сертификатын берген СРО-ға дереу хабарлайды. СРО алынған ақпаратты талдайды және өзгерістердің өнімнің сәйкестігіне әсер ету дәрежесін анықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z76" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. СРО талдау нәтижелері бойынша өзгерістердің өнімнің сәйкестігіне әсер ету дәрежесіне байланысты не сәйкестік сертификатының қолданылуын тоқтата тұру және кезектен тыс кезеңдік бағалау жүргізу туралы, не егер Енгізілген өзгерістер өнімнің сәйкестігіне әсер етпесе, сәйкестік сертификатының қолданылуын жалғастыру туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z77" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Егер осы техникалық регламенттерге және (немесе) стандарттау жөніндегі құжаттарға сәйкестігін растаудан өткен өнімге арналған техникалық регламенттерде және (немесе) стандарттау жөніндегі құжаттарда белгіленген талаптар неғұрлым қатаң болып өзгертілсе немесе өнімге арналған техникалық регламенттерде және (немесе) стандарттау жөніндегі құжаттарда өнімге арналған қосымша талаптар қосылса, оларға сәйкестік сынақтар жүргізілгеннен кейін ғана тексеріледі, сәйкестік сертификатының қолданылуы көрсетілген талаптарға өтпелі кезең өткен соң тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z78" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Сертификатталған өнімге қоса берілетін ілеспе техникалық (жобалық және (немесе) конструкторлық және (немесе) технологиялық және (немесе) пайдалану), пайдалану құжаттамасында (техникалық паспорт, пайдалану жөніндегі нұсқаулық, өнімнің сәйкестігін тікелей немесе жанама растайтын құжаттар), сондай-ақ тауарға ілеспе құжаттамада сәйкестік сертификатының нөмірі мен оның қолданылу мерзімі көрсетіле отырып, жүргізілген сертификаттау туралы ақпаратты көрсетуге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 60-тармақ жаңа редакцияда – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...82 lines deleted...]
-    <w:bookmarkStart w:name="z79" w:id="70"/>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Сәйкестік сертификаты электрондық түрде қалыптастырылады және сарапшы-аудитордың және СРО басшысының немесе ол уәкілеттік берген тұлғаның ЭЦҚ-мен куәландырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z80" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Сертификаттау жөніндегі материалдар және берілген сәйкестік сертификаттарының саны туралы ақпарат оның негізінде берілген құжаттармен бірге техникалық реттеудің ақпараттық жүйесінде тұрақты негізде сақталады. СРО өтініш берушіні, тұтынушыларды, уәкілетті органды және басқа да мүдделі тұлғаларды сәйкестік сертификатының қолданылуын тоқтата тұру немесе тоқтату туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z81" w:id="72"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z81" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Егер сәйкессіздіктер СРО белгілеген мерзімде жойылған жағдайда сәйкестік сертификатының қолданысы қайта басталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z82" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-параграф. Өнімді сәйкестік белгісімен таңбалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z83" w:id="74"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z83" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Сәйкестік сертификатын алған дайындаушы, импорттаушы, дайындаушы уәкілеттік берген тұлға, сатушы сәйкестік белгісін олар үшін белгіленген ұлттық стандарттарда ыңғайлы кез келген тәсілдермен қолдануға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z84" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Өнімді сәйкестік белгісімен таңбалауды Қазақстан Республикасының техникалық реттеу саласындағы заңнамасында белгіленген тәртіппен техникалық реттеу тізілімінде тіркелген сәйкестік сертификаты негізінде дайындаушы, импорттаушы, дайындаушы уәкілеттік берген тұлға, сатушы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z85" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Сәйкестік белгісінің бейнесі, оған қойылатын техникалық талаптар және таңбалау тәртібі ұлттық стандарттарда айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z86" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Өнімнің сәйкестігін декларациялау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z87" w:id="78"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z87" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z88" w:id="79"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z88" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Сәйкестік туралы декларация, егер бұл техникалық регламенттерде көзделген жағдайда, сәйкестігі міндетті расталуға жататын өнімге қатысты ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сәйкестік туралы декларация және сәйкестік туралы декларацияға қосымша осы Қағидалардың 6-тарауында және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мәліметтерді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:bookmarkStart w:name="z89" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Сәйкестік туралы декларацияны қабылдайтын тұлғалар дайындаушы, импорттаушы, дайындаушы уәкілеттік берген тұлға, сатушы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Декларация сәйкестігі расталуға жататын бірыңғай талаптар белгіленген нақты өнімге немесе біртекті өнім тобына қатысты қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Сәйкестікті декларациялау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өзінің дәлелдемелері негізінде сәйкестік туралы декларацияны қабылдаумен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6362,1786 +6578,1722 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сапа менеджменті жүйелерінің СРО және (немесе) аккредиттелген зертхананың және (немесе) СРО-ның қатысуымен алынған дәлелдемелердің негізінде сәйкестік туралы декларацияны қабылдау арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәйкестікті растау үшін дәлелдемелер ретінде пайдалануға жол берілетін құжаттар тізбесі тиісті техникалық регламентпен айқындалады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z91" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Дәлелдемелер ретінде техникалық құжаттама (жобалау және (немесе) конструкторлық және (немесе) технологиялық және (немесе) пайдалану) және өнімнің сәйкестігін тікелей немесе жанама растайтын өзге де құжаттама, өз зерттеулерінің (сынақтарының) және өлшемдерінің нәтижелері және (немесе) өнімнің техникалық регламенттерде белгіленген талаптарға сәйкестігін растау үшін негіз болған басқа да құжаттар пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестікті декларациялау кезінде өзінің дәлелдемелері мен СРО қатысуымен алынған дәлелдемелердің негізінде өтініш беруші өз таңдауы бойынша өз дәлелдемелеріне қосымша зертханада жүргізілген зерттеулер (сынақтар) мен өлшемдердің хаттамаларын пайдалануға, сапа менеджменті жүйесінің сәйкестік сертификатын ұсынуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сапа менеджменті жүйесінің сәйкестік сертификатын, егер мұндай өнім үшін техникалық регламенттерде сәйкестікті растаудың өзге нысаны көзделген жағдайды қоспағанда, сәйкестік туралы декларацияны қабылдау кезінде дәлелдемелер құрамында пайдалануға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 70-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Өтінімді беру және қарау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z93" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Сәйкестік туралы декларацияны тіркеу үшін өтініш беруші СРО-ға ұсынады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мынадай мәліметтерді қамтитын техникалық реттеудің ақпараттық жүйесінде сәйкестік туралы декларацияны тіркеу туралы өтінім:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды тұлға үшін – өтініш берушінің толық атауы, оның орналасқан жері (заңды тұлғаның мекенжайы) және қызметті жүзеге асыру орнының мекенжайы (мекенжайлары әртүрлі болған жағдайда), дара кәсіпкер ретінде тіркелген жеке тұлға үшін – қызметті жүзеге асыру орнының мекенжайы (мекенжайлары әртүрлі болған жағдайда), сондай-ақ өтініш берушінің бизнес-сәйкестендіру нөмірі (бұдан әрі – БСН) немесе жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН), телефон нөмірі және электрондық пошта мекенжайы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнімді дайындаушының толық атауы, оның орналасқан жері (заңды тұлғаның мекенжайы) және өнімді дайындау жөніндегі қызметті жүзеге асыру орнының мекенжайы (мекенжайлары әртүрлі болған жағдайда) – өнімді дайындайтын заңды тұлға және оның филиалдары үшін немесе өнімді дайындау жөніндегі қызметті жүзеге асыру орнының тегі, аты және әкесінің аты (ол болған кезде), мекенжайы (мекенжайлары әртүрлі болған жағдайда) – дара кәсіпкер ретінде тіркелген жеке тұлға үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнімнің атауы мен белгісі және (немесе) өнімді дайындаушы берген өзге де шартты белгі (ол болған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнімнің атауы (ол болған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнімді сәйкестендіруді қамтамасыз ететін өнім туралы мәліметтер (олар болған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнім (техникалық регламент және (немесе) стандарттау жөніндегі құжат) соған сәйкес дайындалған құжаттың (құжаттардың) белгіленуі және атауы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЕАЭО СЭҚ және GTIN (Тауар бірлігінің жаһандық сәйкестендіру нөмірі) немесе N/KZ TIN (Тауар бірлігінің ұлттық/Қазақстандық сәйкестендіру нөмірі) сәйкес өнім коды (кодтары);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      декларациялау объектісінің атауы (сериялық шығарылым, партия немесе бір бұйым). Сериялық шығарылым өнімдері үшін "сериялық шығарылым" жазбасы жазылады. Өнім партиясы үшін партияның мөлшері мен шығару кезеңі, бір бұйым үшін – бұйымның зауыттық нөмірі және шығарылған күні көрсетіледі. Өнім партиясы және бір бұйым үшін өнім партиясын (оның ішінде оның мөлшерін) немесе бір бұйымды сәйкестендіретін тауарға ілеспе құжаттаманың деректемелері көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      талаптарына өнім сәйкес келетін техникалық регламенттің, стандарттау жөніндегі құжаттың атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Қағидалардың 70-тармағында санамаланған дәлелдемелік материалдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өнім өндірудің тұрақтылығын растайтын құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) дайындаушы кәсіпорынның (орындаушының) сынақ зертханаларының техникалық құзыреттілігін растайтын құжаттар (аккредиттеу аттестаттары немесе оларға балама өзге де құжаттар мен мәліметтер) немесе аккредиттелген зертханалармен өнімді дайындаудың технологиялық процесінде және техникалық регламенттерде, осы өнімге арналған стандарттау жөніндегі құжаттарда көзделген сынақтарды жүргізуге арналған шарт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      70-тармақтың бірінші бөлігі жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 71-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің м.а. 09.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. СРО өтініш беруші ұсынған сәйкестік туралы декларацияны тіркеу туралы өтінімді және мәліметтерді қарастырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Қағидаларда белгіленген сәйкестік туралы декларацияны ресімдеуге қойылатын талаптарды сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Қағидалардың 70 және 71-тармақтарында көзделген құжаттар мен мәліметтерді ұсынудың толықтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы өнімнің сәйкестігін растау үшін көзделген техникалық регламенттердің, стандарттау жөніндегі құжаттардың толық және дұрыс көрсетілуі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-параграф. Сәйкестік туралы декларацияны тіркеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z96" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Осы Қағидалардың 71-тармағына сәйкес өтініш беруші ұсынған құжаттар мен мәліметтерді қарау нәтижелері бойынша СРО техникалық реттеудің ақпараттық жүйесі арқылы техникалық реттеу тізілімінде сәйкестік туралы декларацияны тіркеуді жүзеге асырады не сәйкестік туралы декларацияны алған күннен бастап 5 (бес) жұмыс күнінен аспайтын мерзімде оны тіркеуден бас тарту туралы (бас тарту себептерін көрсете отырып) өтініш берушіні хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестік туралы декларация не сәйкестік туралы декларацияны тіркеуден бас тарту туралы хабарлама техникалық реттеудің ақпараттық жүйесі арқылы өтініш берушіге жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Сәйкестік туралы декларацияны тіркеуден бас тарту үшін негіздер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Қағидалардың 71-тармағында көзделген құжаттар мен мәліметтерді толық көлемде ұсынбау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) декларацияны қабылдаған өтініш берушінің заң талаптарына сәйкес келмеуі негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Сәйкестік туралы декларация өнімді дайындаушы (орындаушы) кәсіпорын белгілеген мерзімге, осы өнімді шығарудың жоспарланған мерзімін негізге ала отырып.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 75-тармақ жаңа редакцияда – ҚР Премьер-Министрі орынбасарының - Сауда және интеграция министрінің м.а. 30.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Сәйкестік туралы декларация электрондық түрде ресімделеді және ЭЦҚ-мен қол қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z100" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Оның қолданылу мерзімі аяқталған күннен бастап 3 (үш) жыл ішінде сәйкестік туралы декларация және сәйкестікті растау үшін дәлелдемелер ретінде пайдаланылатын материалдар техникалық реттеудің ақпараттық жүйесінде тұрақты негізде сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z101" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Техникалық реттеу тізіліміне БСН, сәйкестік туралы декларацияны қабылдаған өтініш берушінің атауы мен мекенжайы, сәйкестік туралы декларацияның тіркеу нөмірі және сәйкестігі расталған өнім түрі және сәйкестік туралы декларацияның қолданылу мерзімі енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z102" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Сәйкестік туралы декларация техникалық реттеу тізілімінде тіркелуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z103" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Декларацияға қосымша оның күші қолданылатын өнімнің тізбесін қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z104" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Декларацияда көрсетілген техникалық регламенттердің және стандарттау жөніндегі құжаттардың талаптары өзгерген, сондай-ақ ұйымдық-құқықтық мәртебесі немесе меншік нысаны, мекенжайы, байланыс деректері өзгерген жағдайда өтініш беруші осы Қағидаларға сәйкес сәйкестік туралы жаңа декларацияны ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z105" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Өнімді сынау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z106" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Зертхана СРО-мен немесе басқа өтініш берушілермен шарт талаптарында:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өзінің аккредиттеу саласы шегінде сәйкестікті міндетті немесе ерікті растау мақсаттары үшін объектілерге сынақтар жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сынақтар нәтижелерінің дұрыстығын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жұмыс нәтижелерін ресімдейді және береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) егер техникалық регламентте көзделген болса, сынауларды, зерттеулер (сынақтар) нәтижелерін және өнімді өлшеулерді фото және (немесе) бейнетіркеуді жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) зерттелген (сыналған) өнімнің бақылау үлгілерін сақтайды, егер Қазақстан Республикасының нормативтік құқықтық актілерінде және (немесе) нормативтік техникалық құжаттарда көзделсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 82-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 21.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Сынақтар конструкциясы, құрамы және дайындау технологиясы тұтынушыға (тапсырыс берушіге) жеткізілетін өнімдердегідей үлгілерде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z108" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Сертификаттауға арналған сынақтар осы өнімді сертификаттау кезінде пайдаланылатын техникалық регламенттерде және (немесе) стандарттау жөніндегі құжаттарда көзделген әдістер бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z109" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Сынақтар осы объектіні сынау әдістеріне техникалық регламенттерде және (немесе) стандарттау жөніндегі құжаттарда көзделген және СРО-мен келісілген мерзімдерде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер сынақтар мерзімдері техникалық регламенттерде және (немесе) стандарттау жөніндегі құжаттарда көзделмесе, онда күнтізбелік 30 (отыз) күннен асуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Егер техникалық регламенттерде және стандарттау жөніндегі құжаттарда қаражаттың, уақыттың үлкен шығындарымен байланысты және тасымалдау қиын бұйымдар үшін сертификаттау сынақтарын жүргізу қиын болып, ал үлгілерді іріктеу қымбат болып табылатын сынақтар белгіленсе, СРО сертификаттау сынақтарын аккредиттеу саласында айқындалған сынақтарды жүргізу әдістемелеріне сәйкес СРО немесе зертхана өкілдерінің қатысуымен өндіріс процесінде жүргізілетін сынақтармен біріктіру туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z111" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Зертхана жұмыс нәтижелерін өнімді зерттеу (сынау) және өлшеу хаттамасы (бұдан әрі – сынақ нәтижелері) түрінде ресімдейді және береді, сондай-ақ хаттаманы қоса бере отырып, техникалық реттеудің ақпараттық жүйесі арқылы техникалық реттеу тізілімінде толық көлемде тіркейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сынақ нәтижелерін ресімдеуге қойылатын талаптар МЕМСТ ISO/IEC 17025 "Сынақ және калибрлеу зертханаларының құзыреттілігіне қойылатын жалпы талаптар" мемлекетаралық стандартында айқындалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сынақ нәтижелері өнімді зерттеу (сынау) және өлшеу нәтижелеріне қарамастан өтініш берушіге жіберіледі, ал өнімнің сәйкестігін растау кезінде сертификаттау нысанында техникалық реттеудің ақпараттық жүйесі арқылы СРО жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 87-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданысқа</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...53 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="82"/>
+    <w:bookmarkStart w:name="z112" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Сынақтардың теріс нәтижелері кезінде өнімнің сәйкестігін растау жөніндегі жұмыстар тоқтатыла тұрады немесе тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер түзету іс-шараларын жүргізу арқылы зерттеулердің (сынақтардың) және өлшеулердің теріс нәтижелерін тудырған сәйкессіздіктерді жою мүмкін болса, өнімнің сәйкестігін растау жөніндегі жұмыстар тоқтатыла тұрады немесе егер түзету іс-шараларын жүргізу арқылы зерттеулердің (сынақтардың) және өлшеулердің теріс нәтижелерін тудырған сәйкессіздіктерді жою мүмкін болмаса, тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Өнімнің сертификаттау нысанында сәйкестігі расталған жағдайда СРО өтініш берушіні хабардар етеді немесе техникалық реттеудің ақпараттық жүйесі арқылы сертификаттау жөніндегі жұмыстарды тоқтата тұру немесе тоқтату негіздемесімен шешім жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z114" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-параграф. Өтінімді беру және қарау</w:t>
-[...256 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> 5-тарау. Өнімнің, көрсетілетін қызметтің, процестердің сәйкестігін ерікті растау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z115" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...146 lines deleted...]
-    <w:bookmarkStart w:name="z95" w:id="85"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-параграф. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z116" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Техникалық регламенттерде белгіленген талаптар қолданылмайтын өнімдердің, көрсетілетін қызметтердің, процестердің сәйкестігін ерікті растау өтініш берушінің бастамасы және талаптары бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестікті ерікті растау, егер бұл техникалық регламентте белгіленсе, өнімнің сәйкестігін міндетті растауды алмастырмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Сәйкестікті ерікті растауды СРО шарт негізінде жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z118" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Сәйкестік сертификаты сәйкестікті ерікті растау кезінде ЭЦҚ-ны пайдалана отырып, техникалық реттеудің ақпараттық жүйесінде электрондық түрде ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z119" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Сәйкестік сертификаты сәйкестікті ерікті растау кезінде техникалық реттеудің ақпараттық жүйесі арқылы техникалық реттеу тізілімінде тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z120" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-параграф. Сәйкестік туралы декларацияны тіркеу</w:t>
-[...962 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Қызметтерді, процестерді сертификаттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z121" w:id="110"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z121" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94. Қызметтерді, процестерді сертификаттау стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z122" w:id="111"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z122" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95. Сертификаттау кезінде қызметтердің, процестердің сипаттамалары (көрсеткіштері) тексеріледі және:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметтерді, процестерді сәйкестендіруді жүргізу, оның ішінде оның сыныптау топтамасына тиесілігін, технологиялық құжаттарға (модель-үлгіге, технологиялық сипаттамаға және басқаларға) және функционалдық мақсатына сәйкестігін тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сертификатталатын қызметтердің, процестердің стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкестігін растау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="112"/>
+    <w:bookmarkStart w:name="z123" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96. Сертификаттау кезінде қолданылатын қызметтерді сертификаттау схемаларын өтініш беруші Қызметтерді орындау ерекшеліктерін, сынақтар жүргізу мүмкіндігі процестерін, дәлелдеменің талап етілетін деңгейін, тұтынушы мүлкінің сақталуын қамтамасыз ету кезінде өтініш берушінің ықтимал шығындарын ескере отырып, СРО-мен бірлесіп айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z124" w:id="113"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z124" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97. Қызметтерді сертификаттау схемалары қызметтерді, процестерді сертификаттауды жүргізу тәртібін белгілейтін құжатта және сәйкестік сертификатының өзінде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z125" w:id="114"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z125" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98. Қызметтерді сертификаттау схемалары осы Қағидаларға 6-қосымшада келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z126" w:id="115"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z126" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99. Қызметтерді, процестерді сертификаттау техникалық реттеудің ақпараттық жүйесіндегі келесі кезеңдерден тұрады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8280,204 +8432,204 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) электрондық сәйкестік сертификатын беру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) сертификатталған қызметке кезеңдік бағалау жүргізу (қызметтерді сертификаттау схемасына сәйкес).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="116"/>
+    <w:bookmarkStart w:name="z127" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100. Өтініш беруші өтінім беруші көрсететін қызметтерді, процестерді сертификаттауды жүргізуге аккредиттелген кез келген СРО-ға өтінім жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z128" w:id="117"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z128" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101. Сынақтар (тексерулер) жүргізу кезінде::</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілген қызметтердің, процестердің нәтижелерін стандарттау жөніндегі құжаттардың талаптарына сәйкестігін іріктеп тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сынақтар (тексерулер) хаттамалары бойынша қорытындыларды ресімдеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z129" w:id="118"/>
+    <w:bookmarkStart w:name="z129" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102. Сынақ зертханасы СРО-ға сынақ хаттамасын электрондық түрде жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z130" w:id="119"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z130" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103. СРО сәйкестікті бағалаудың және оларды сараптаудың оң нәтижелері кезінде сәйкестік сертификатын беру туралы шешім қабылдайды, сәйкестік сертификатын қалыптастырады және техникалық реттеудің ақпараттық жүйесі арқылы техникалық реттеу тізілімінде тіркейді және өтініш берушіге техникалық реттеудің ақпараттық жүйесінде жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәйкестікті бағалау нәтижелері бойынша теріс шешім болған жағдайда, СРО себептерін негіздей отырып, сәйкестік сертификатын беруден бас тарту туралы шешім қалыптастырады және техникалық реттеудің ақпараттық жүйесінде өтініш берушіге хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="120"/>
+    <w:bookmarkStart w:name="z131" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104. Сәйкестік сертификатының қолданылу мерзімін қызметке көрсетілетін қызметтерді сертификаттау схемасын, сондай-ақ менеджмент жүйесіне сәйкестік сертификаты берілген мерзімді ескере отырып.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8496,130 +8648,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="121"/>
+    <w:bookmarkStart w:name="z132" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105. Қызмет көрсету шарттарына немесе қызметтерді орындау технологиясына, олардың стандарттау жөніндегі құжаттардың талаптарына сәйкестігіне әсер ететін процестерге өзгерістер енгізу кезінде өтініш беруші техникалық реттеудің ақпараттық жүйесінде бұл туралы сәйкестік сертификатын берген СРО-ға хабарлайды, ол жаңа сынақтар немесе тексерулер жүргізу қажеттігі туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z133" w:id="122"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z133" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106. Сертификаттық сынақтардың (тексерулердің) теріс нәтижелері, сертификатталатын қызметке қойылатын талаптар сақталмаған, өтініш беруші сертификаттау жөніндегі жұмыстарға ақы төлеуден бас тартқан немесе бас тартқан жағдайда ақпараттық жүйеде СРО өтініш берушіге сәйкестік сертификатын беруден бас тарту себептерін көрсете отырып қорытынды береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z134" w:id="123"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z134" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107. Сертификатталған қызметті, процесті кезеңдік бағалауды сәйкестік сертификатын берген СРО жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z135" w:id="124"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z135" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108. Сертификатталған қызметті, процесті кезеңдік бағалау мыналарды көздейді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сертификатталған қызмет, процесс туралы ақпаратты талдау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8648,166 +8800,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тексеру нәтижелерін ресімдеу және шешім қабылдау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="125"/>
+    <w:bookmarkStart w:name="z136" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109. Қызметтердің, процестердің сертификаттау кезінде белгіленген стандарттау жөніндегі құжаттардың талаптарына сәйкестігін кезеңдік бағалаудың кезеңділігі мен көлемін сертификатталған қызметтер сапасының жай-күйі мен тұрақтылығына қарай СРО, бірақ жылына кемінде 1 (бір) рет айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z137" w:id="126"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z137" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110. Жоспардан тыс кезеңдік бағалау көрсетілетін қызметтердің сапасына наразылықтар, жеке және заңды тұлғалардан процестер, техникалық реттеу саласындағы мемлекеттік бақылау мен қадағалауды жүзеге асыратын мемлекеттік органдардың өтініштері туралы ақпарат бірнеше рет келіп түскен жағдайларда жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z138" w:id="127"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z138" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111. Кезеңдік бағалау нәтижелері бойынша СРО техникалық реттеудің ақпараттық жүйесінде акт жасайды, онда кезеңдік бағалау нәтижелерін бағалау және берілген сәйкестік сертификатының қолданылуын сақтау мүмкіндігі туралы қорытынды беріледі, оған кезеңдік бағалауға қатысушылар мен сәйкестік сертификаты иесінің өкілі қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт сәйкестік сертификаты иесі мен СРО техникалық реттеудің ақпараттық жүйесінде сақталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңдік бағалаудың оң нәтижелері кезінде СРО сәйкестік сертификатының қолданылуын растау туралы шешім қабылдайды, ал теріс нәтижелері кезінде СРО берілген сәйкестік сертификатының қолданылуын тоқтата тұрады немесе тоқтатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="128"/>
+    <w:bookmarkStart w:name="z139" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112. Кезеңдік бағалау нәтижелері бойынша СРО көрсетілетін қызмет, процестер стандарттау жөніндегі құжаттардың талаптарына сәйкес келмеген жағдайда, сондай-ақ сәйкестік сертификатының қолданылуын тоқтата тұрады немесе тоқтатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қызметтерді көрсетуге арналған стандарттау жөніндегі құжатты, процесті өзгерту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8854,130 +9006,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кәсіпорынның қызметтер көрсету жөніндегі қызметі, процестер тоқтатылған жағдайда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өтініш беруші кезеңдік бағалау жүргізуден бас тартқан жағдайда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="129"/>
+    <w:bookmarkStart w:name="z140" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113. Сәйкестік сертификатының қолданылуын тоқтата тұру туралы шешім, егер түзету іс-шараларын жүргізу нәтижесінде өтініш берушінің Сәйкессіздік себептерін жоюға және өнімнің, көрсетілетін қызметтердің, процестердің стандарттау жөніндегі құжаттарға сәйкестігін қосымша сертификаттық сынақтар жүргізбестен растауға мүмкіндігі болған жағдайда қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z141" w:id="130"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z141" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114. СРО көрсетілетін қызметтерді, процестерді орындаушыны, тұтынушыларды, уәкілетті органды және басқа да мүдделі тұлғаларды сәйкестік сертификатының қолданылуын тоқтата тұру немесе тоқтату туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z142" w:id="131"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z142" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115. Қызметтердің, процестердің немесе қызмет көрсету шарттарының стандарттау жөніндегі құжаттардың белгіленген талаптарына сәйкес келмеуі анықталған жағдайда түзету әрекеттері жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z143" w:id="132"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z143" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116. СРО түзету әрекеттерін жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сәйкестік сертификатының қолданылуын тоқтата тұрады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9024,324 +9176,344 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) түзету әрекеттерінің орындалуын және тиімділігін тексереді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тұтынушыларды, жұртшылықты, мүдделі ұйымдарды көрсетілетін қызметтерді, процестерді пайдаланудың қауіптілігі (немесе қаламайтындығы) туралы және анықталған бұзушылықтарды жою тәртібі туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="133"/>
+    <w:bookmarkStart w:name="z144" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117. Түзету іс-қимылдарын орындағаннан кейін СРО техникалық реттеудің ақпараттық жүйесінде көрсетілетін қызметтерді орындаушыға, уәкілетті органға сәйкестік сертификатының қолданылуын тоқтата тұруды алып тастау туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z145" w:id="134"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z145" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118. Орындаушы түзету іс-әрекеттерін орындамаған немесе олардың тиімсіздігі кезінде СРО сәйкестік сертификатының қолданылуын тоқтату туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z146" w:id="135"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z146" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119. СРО өтінімді техникалық реттеудің ақпараттық жүйесінде тіркелгеннен кейін 10 (он) жұмыс күнінен кешіктірмей қарайды, өтініш берушіге шешімді хабарлайды және ол қол қойған сәйкестікті бағалау бойынша қызметтер көрсетуге арналған шартты береді. Қызметтерді сертификаттауға өтінім беру туралы шешім қызметтерді сертификаттау схемасын көрсете отырып, осы қызметті сертификаттау тәртібіне сәйкес сертификаттаудың барлық негізгі шарттарын қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z147" w:id="136"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z147" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120. Сертификаттық сынақтар СРО-мен келісілген мерзімде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z148" w:id="137"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z148" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121. Электрондық сәйкестік сертификаты және сертификаттау жөніндегі барлық растайтын құжаттар мен мәліметтер техникалық реттеудің ақпараттық жүйесінде тұрақты негізде сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z149" w:id="138"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z149" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Өнімді сертификаттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z150" w:id="139"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z150" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122. Өнімді ерікті сертификаттау осы Қағидалардың 90-тармағын ескере отырып, 2-тарауда көрсетілген рәсімдерді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z151" w:id="140"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z151" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Сәйкестікті бағалау туралы құжаттардың нысандары, оларды ресімдеу, беру, кезеңдік бағалау, олардың қолданылуын тоқтата тұру, қайта бастау және тоқтату тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z152" w:id="141"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z152" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Сәйкестік сертификаттарын ресімдеу және беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z153" w:id="142"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z153" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123. Сәйкестік сертификатын аккредиттеу субъектілерінің тізіліміне енгізілген СРО ресімдейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z154" w:id="143"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z154" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124. Сәйкестік сертификаты ЭЦҚ пайдалана отырып, техникалық реттеудің ақпараттық жүйесінде қалыптастыру арқылы электрондық түрде ресімделеді және техникалық реттеу тізілімінде тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z155" w:id="144"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z155" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125. Сәйкестік сертификаты мемлекеттік және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z156" w:id="145"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z156" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126. Сәйкестік сертификатын толтыру кезінде бос бағандарға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z157" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      127. Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өнімді міндетті және ерікті сертификаттау кезінде, оның ішінде IAF MLA бірлескен белгісін (аккредиттеу жөніндегі Халықаралық форумды тану туралы көпжақты келісімді аккредиттеу жөніндегі халықаралық форум) (бұдан әрі – IAF MLA бірлескен белгісі) қолдана отырып, сәйкестік сертификатын толтыру кезінде мынадай мәліметтер көрсетіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-жол – аккредиттеу субъектісі қызметінің бағытын көрсете отырып, СРО тіркеу нөмірлері (кодтық деректемелері) (ҚР СТ 7.17 "Аккредиттеу субъектілерінің тізілімін жүргізудің құрылымы мен тәртібі" (бұдан әрі – ҚР СТ 7.17) ұлттық стандартына сәйкес беріледі);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9518,168 +9690,62 @@
       9-жол – сертификатталатын өнімді дайындаушы кәсіпорынның толық атауы, оның орналасқан жері (заңды тұлғаның мекенжайы) және өнімді дайындау жөніндегі қызметті жүзеге асыру орнының мекенжайы (егер мекенжайы әртүрлі болса);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10-жол – жүргізілетін сертификаттау түріне байланысты сертификаттау жүргізілген нормативтік құқықтық актілерді және (немесе) стандарттау жөніндегі құжаттарды белгілеу немесе стандарттарды тұтастай емес (олар қолданылған жағдайда) осы стандарттың бөлімдерін (тармақтарын, тармақшаларын) және (немесе) өзге де құжаттарды сәйкестікке белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...116 lines deleted...]
-      11-жол – өтініш берушінің БСН, атауы және мекенжайы, сондай-ақ өтініш берушінің өнімді сәйкестік белгісімен таңбалау немесе өнімнің жекелеген партияларын белгіленген үлгідегі сәйкестік сертификатының көшірмесімен бірге алып жүру құқығы көрсетіледі;</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-жол – өтініш берушінің БСН (заңды тұлға үшін) немесе ЖСН (жеке кәсіпкер ретінде тіркелген жеке тұлға үшін) атауы және мекенжайы, сондай-ақ өтініш берушінің өнімді сәйкестік белгісімен таңбалау немесе өнімнің жекелеген партияларын белгіленген нысандағы сәйкестік сертификаттарының бірге алып жүру құқығы көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-жол – СРО-ға сәйкестік сертификатын беруге негіз болған құжаттар, ең алдымен аккредиттелген зертхана сертификатының нөмірі, күні, атауы және тіркеу нөмірі көрсетілген сынақ хаттамасы көрсетіледі. Егер зертхана мемлекеттік техникалық реттеу жүйесінде аккредиттелмеген болса, онда зертхана аккредиттелген жүйені көрсетумен толықтырылады. Техникалық реттеудің мемлекеттік жүйесінде танылатын шетелдік сәйкестік сертификаттары болған жағдайда олардың тіркеу нөмірі, күні және осы құжаттарды берген СРО көрсетіледі. Сондай-ақ, өндірістің жай-күйін талдау актісі туралы (өнімді сертификаттау схемасында көзделген жағдайларда), менеджмент жүйесінің сәйкестік сертификаты туралы (өнімді сертификаттау схемасында көзделген жағдайларда) менеджмент жүйесінің сәйкестік сертификатын берген менеджмент жүйесінің СРО атауы, аккредиттеу аттестатының тіркеу нөмірі көрсетілген мәліметтер келтіріледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9827,161 +9893,269 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 127-1-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z270" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      127-1. Табиғи тастан жасалған бұйымдарға сәйкестік сертификатын толтыру кезінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша 13-жолда, оның ішінде IAF MLA бірлескен белгісін қолдана отырып, қосымша мынадай мәліметтер көрсетіледі: табиғи тастың түсі мен мөлшері, тау жыныстарының беріктігі, өңдеу механизмі, кен орнының атауы мен мекенжайы, тегі, аты және әкесінің аты (болған жағдайда бар болса) шығу күнін көрсете отырып, кен орнына шығуды жүзеге асырған сарапшы-аудитор, егер кен орны Қазақстан Республикасынан тыс жерде болса, сынақтар жүргізу үшін іріктелген өнім партиясының (партияны сертификаттау кезінде) немесе өнім үлгілерінің (сериялық өндірісті сертификаттау кезінде) шекарасынан өту күні көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қағидаларды 127-1-тармақпен толықтыру көзделген – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 127-1-тармақпен толықтырылды – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 263-НҚ</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="147"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z158" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      128. Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша, оның ішінде біріктірілген IAF MLA белгісін қолдана отырып, менеджмент жүйесінің сәйкестік сертификатын толтыру кезінде мынадай мәліметтер көрсетіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-жол-аккредиттеу субъектісі қызметінің бағытын көрсете отырып, СРО-ның тіркеу нөмірлері (кодтық деректемелері) (ҚР СТ 7.17 ұлттық стандартына сәйкес беріледі) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10104,310 +10278,98 @@
       6-жол – менеджмент жүйесін алғашқы сертификаттау күні;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-жол – сәйкестік сертификатын берген СРО-ның БСН, атауы және орналасқан жері. Қолданыстағы аккредиттеу аттестатында көрсетілген атауда СРО атауымен сәйкессіздіктерге жол берілмейді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...104 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8-жол – БСН, өндірістік алаңдарды қоса алғанда, өтініш беруші ұйымның атауы мен мекенжайы; </w:t>
+      8-жол – БСН (заңды тұлға үшін) немесе ЖСН (жеке кәсіпкер ретінде тіркелген жеке тұлға үшін), өндірістік алаңдарды қоса алғанда (өндірістік алаңдар болған кезде), өтініш беруші ұйымның атауы мен мекенжайы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өндірістік алаңдардың қосымша тізбелерін және олардың орналасқан жерін менеджмент жүйесінің сәйкестік сертификатына қосымшада көрсеткен жөн;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...116 lines deleted...]
-      9-жол – БСН, өтініш берушінің толық атауы, оның орналасқан жері (заңды тұлғаның мекенжайы);</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-жол – БСН (заңды тұлға үшін) немесе ЖСН (жеке кәсіпкер ретінде тіркелген жеке тұлға үшін), өтініш берушінің толық атауы, оның орналасқан жері (заңды тұлғаның мекенжайы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10-жол – менеджмент жүйесінің атауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10470,112 +10432,214 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-жол – сол жерде аудит жүргізген менеджмент жүйесінің осы түрі бойынша сарапшы-аудиторлардың бірінің аты-жөні, тегі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Сәйкестік сертификатының 11-жолында көрсетілетін қызмет пен қызмет түріне қатысты сертификаттау саласы бойынша ақпараттың едәуір көлемі кезінде мұндай ақпарат осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша сәйкестік сертификатына қосымшада келтіріледі. Қосымша сәйкестік сертификатының ажырамас бөлігі болып табылады. Қосымшаның әрбір беті нөмірленеді, оған сәйкестік сертификатының тіркеу нөмірі, СРО басшысының немесе сәйкестік сертификатын берген ол уәкілеттік берген адамның және сертификаттауды жүргізген сарапшы-аудитордың тегі, аты және әкесінің аты (бар болса) қойылады.</w:t>
+        <w:t xml:space="preserve">
+      Сәйкестік сертификатының 11-жолында көрсетілетін қызмет пен қызмет түріне қатысты сертификаттау саласы бойынша ақпараттың едәуір көлемі кезінде мұндай ақпарат осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша сәйкестік сертификатына қосымшада келтіріледі. Қосымша сәйкестік сертификатының ажырамас бөлігі болып табылады. Қосымшаның әрбір беті нөмірленеді, оған сәйкестік сертификатының тіркеу нөмірі, СРО басшысының немесе сәйкестік сертификатын берген ол уәкілеттік берген адамның және сертификаттауды жүргізген сарапшы-аудитордың тегі, аты және әкесінің аты (бар болса) қойылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қажет болған жағдайда жоғарыда көрсетілген мәліметтер ағылшын тілінде өнімді міндетті және ерікті сертификаттау үшін сәйкестік сертификаттарында, оның ішінде біріктірілген IAF MLA белгісін қолдана отырып толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 128-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z159" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       129. Осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметтерге сәйкестік сертификатын толтыру кезінде мынадай мәліметтер көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-жол – аккредиттеу субъектісі қызметінің бағытын көрсете отырып, СРО-ның тіркеу нөмірлері (кодтық деректемелері) (ҚР СТ 7.17 ұлттық стандартына сәйкес беріледі);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10698,168 +10762,62 @@
       6-жол – сәйкестік сертификатын берген СРО-ның БСН, атауы және орналасқан жері; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы аккредиттеу аттестатында көрсетілген атауда СРО атауымен сәйкессіздіктерге жол берілмейді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...116 lines deleted...]
-      7-жол – БСН, қызметті орындаушының атауы және өтініш беруші ұйымның мекенжайы;</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-жол – БСН (заңды тұлға үшін) немесе ЖСН (жеке кәсіпкер ретінде тіркелген жеке тұлға үшін), қызметті орындаушының атауы және өтініш беруші ұйымның мекенжайы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-жол – қызметтің атауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11025,559 +10983,1055 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 129-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z308" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      129-1. Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша процестің сәйкестік сертификатын толтыру кезінде мынадай мәліметтер көрсетіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z309" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-жол – СРО тіркеу нөмірлері (кодтық деректемелер) (ҚР СТ 7.17 ұлттық стандартына сәйкес беріледі) және аккредитация субъектісінің қызмет бағыты көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z310" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-жол – сәйкестік сертификатының бірегей идентификациялық нөмірі, QR-код түрінде, ол техникалық реттеу ақпараттық жүйесінде кездейсоқ тәртіппен автоматты түрде қалыптастырылады, он төрт таңбадан тұрады және келесі түрде белгіленеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z311" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) алғашқы екі таңба – Қазақстан Республикасы ISO – Халықаралық стандарттау ұйымының коды бойынша әріптік код (екі бас әріп – KZ);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z312" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) үшіншіден он төртіншіге дейінгі таңбалар – бірегей әріптік-сандық код;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z313" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-жол – сәйкестік сертификатының тіркеу күні (күн – екі араб цифрымен, ай – сөзбен, жыл – араб цифрларымен);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z314" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-жол – сәйкестік сертификатының тіркеу н</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өмірі техникалық реттеу ақпараттық жүйесі арқылы беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z315" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-жол – сәйкестік сертификатының қолданылу мерзімі СРО белгілейді. Дата 3-жолдағы сияқты жазылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z316" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-жол – сәйкестікті бағалау органының БСН-і, атауы және орналасқан жері, сертификат берген СРО атауы. Ағымдағы аккредитация аттестатында көрсетілген атау мен СРО атауы арасында сәйкессіздік болмауы тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z317" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-жол – процесс атауы. Егер процестің соңғы нәтижесі өнім болса, онда өнімнің атауы көрсетіледі (ҚР СТ 3111 сәйкес органикалық өнім өндіру процесі үшін процесс мәртебесі: өтпелі кезең немесе органикалық деп қосымша көрсетіледі), дайындау мекенжайы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z318" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-жол – өтініш берушінің БСН-і, атауы және мекенжайы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z319" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-жол – сертификаттау жүргізілген нормативтік құқықтық актілердің және (немесе) стандарттау құжаттарының белгілеулері, сондай-ақ стандарттау құжатының бөлімі мен (немесе) бөлім тармағы көрсетіледі (қажет болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z320" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-жол – СРО сәйкестік сертификатын берген негізінде қабылданған құжаттар (сынақ хаттамасы және (немесе) аудиторлық есеп (аудит қорытындысы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z321" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-жол – сәйкестік сертификатын берген СРО басшысының немесе оның уәкілетті тұлғасының аты-жөні мен тегі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z322" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-жол – сертификаттау жүргізген сарапшы-аудитордың аты-жөні мен тегі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z323" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-жол – өнімді сертификаттаудың қолданылатын схемасы көрсетіледі (болған жағдайда), кезеңдік бағалауды жүзеге асыратын ұйым туралы ақпарат және СРО енгізу қажет деп есептейтін басқа ақпарат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z324" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қызмет түрі мен процестің сипаттамасы бойынша ақпараттың көлемі 7-жолда көрсетілген мәліметтердің сыйымдылығынан асып кеткен жағдайда, бұл ақпарат осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес рәсімделген процестер бойынша сәйкестік сертификатына қосымшада көрсетіледі. Қосымша сәйкестік сертификатының ажырамас бөлігі болып табылады. Қосымшаның әр беті нөмірленеді, оған сәйкестік сертификатының тіркеу нөмірі, СРО басшысының немесе оның уәкілетті тұлғасының және сертификаттау жүргізген сарапшы-аудитордың аты-жөні, тегі жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қағидаларды 129-1-тармақпен толықтыру көзделген – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 129-1-тармақпен толықтырылды – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z160" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130. IAF MLA бірлескен белгісін қолдана отырып, өнімге және менеджмент жүйесіне сәйкестік сертификаты өнімді сертификаттауды және (немесе) менеджмент жүйесін жүзеге асыратын СРО-да толық құқылы мүшенің және тану туралы көпжақты келісімнің (MLA) қол қоюының мәртебесін куәландыратын IAF MLA бірлескен белгісін қолдануға аккредиттеу жөніндегі органмен қол қойылған шарт болған жағдайда ғана толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z161" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>131. Өнімнің сәйкестік сертификатын және оған қосымшаларды қайта шығару (қайта рәсімдеу) осы Қағидалардың 9-бабының 1), 2), 3), 4), 5) және 6) тармақтарында көзделген рәсімдерді орындамай және сәйкестік сертификатының жарамдылық мерзімін өзгертпей келесі жағдайларда рұқсат етіледі (қолданылған сертификаттау схемасына байланысты):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z326" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өнімнің сәйкестік сертификаты мен оған қосымшаларында қателерді (баспа қатесін) анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z327" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өтініш берушіге қатысты ұйымдық-құқықтық нысанды, орналасқан жерін (заңды тұлғаның мекенжайын), жеке кәсіпкер ретінде тіркелген жеке тұлғаның тұрғылықты жерін, қызмет орнындағы мекенжайын (мекенжайлар әр түрлі болған жағдайда), телефон нөмірін және (немесе) электрондық поштасының мекенжайын өзгерту – өтініш берушіге қатысты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z328" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өнім өндірушіге қатысты ұйымдық-құқықтық нысанды, орналасқан жерін (заңды тұлғаның мекенжайын), жеке кәсіпкер ретінде тіркелген жеке тұлғаның тұрғылықты жерін өзгерту, – өнім өндірушіге қатысты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z329" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) өнім өндіру орнындағы мекенжай реквизиттері ретінде көрсетілген географиялық объектінің, көше-көлік желісінің элементінің (көшесі, проспекті, алаңы, переулкі, өткелі, жағалауы, бульвары және тағы басқалар), жоспарлау құрылымының элементінің (ауданы, микроауданы және тағы басқалар), мекенжай нысанының нөмірлеуін (үй, бөлме және тағы басқалар), пошта индексін өзгерту (өнім өндіру орны фактілік өзгермеген жағдайда) – өнім өндірушіге қатысты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z330" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2) заңды тұлғаның атауын, жеке кәсіпкер ретінде тіркелген жеке тұлғаның тегін, атын, әкесінің атын (бар болса) өзгерту, тіркеу немесе есептік (жеке, сәйкестендіру) нөмірі сақталған және өнім өндіру орнын өзгеріссіз қалдырған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z331" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ЕАЭО СЭҚ ТН кодының (кодтарының) өзгеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z332" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өнім өндіру орындарының мекенжайлары санын қысқарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z333" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бұрын сертификатталған өнімге жаңа орама (қаптама) түрін енгізу және (немесе) өзгерту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z334" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Географиялық объектінің, көше-көлік желісінің элементінің (көшесі, проспекті, алаңы, жолағы, өткелі, жағалауы, бульвары және тағы басқалар), жоспарлау құрылымының элементінің (ауданы, микроауданы және тағы басқалар), мекенжай нысанының нөмірлеуін (үй, бөлме және тағы басқалар), пошта индексін өзгерту, өтініш беруші және (немесе) өнім өндіруші болып табылатын заңды тұлғаның мекенжайы, жеке кәсіпкер ретінде тіркелген жеке тұлғаның тұрғылықты жері, өтініш берушінің қызмет көрсету орнының мекенжайы, өнім өндіру орнының мекенжайы (аталған мекенжайлардың фактілік өзгермеуі жағдайында), өтініш берушінің телефон нөмірін және (немесе) электрондық поштасының мекенжайын өзгерту, ЕАЭО СЭҚ ТН кодтарының өзгеруі кезінде сәйкестік сертификатын және (немесе) оған қосымшаларды ауыстыру талап етілмейді және өтініш берушінің талабы бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 131-тармақ жаңа редакцияда – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданысқа</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="149"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z162" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132. Сәйкестік сертификатына осы тарауда көзделмеген мәліметтерді енгізуге, сондай-ақ сөздерді қысқартуға (жалпы қабылданған белгілер мен қысқартулардан басқа) және мәтінді кез келген түзетуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СРО және сарапшы-аудиторлар Қазақстан Республикасының техникалық реттеу саласындағы заңнамасын бұзғаны үшін Қазақстан Республикасының заңдарына сәйкес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z163" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...279 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Сәйкестік туралы декларацияны ресімдеу және беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z164" w:id="152"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z164" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133. Сәйкестік туралы декларацияны тіркеуді аккредиттеу субъектілерінің тізіліміне енгізілген СРО жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z165" w:id="153"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z165" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134. Сәйкестік туралы декларация ЭЦҚ пайдалана отырып, техникалық реттеудің ақпараттық жүйесінде қалыптастыру арқылы электрондық түрде ресімделеді және техникалық реттеу тізілімінде тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z166" w:id="154"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z166" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135. Сәйкестік туралы декларация мемлекеттік және орыс тілдерінде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z167" w:id="155"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z167" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       136. Осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өнімнің сәйкестігі туралы декларацияны толтыру кезінде мынадай мәліметтер көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-жол – СРО тіркеу нөмірлері (кодтық деректемелері) (ҚР СТ 7.17 ұлттық стандартына сәйкес беріледі);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11736,3110 +12190,3156 @@
       7-жол – БСН немесе ЖСН, сәйкестік туралы декларацияны қабылдаған өтініш беруші ұйымның немесе жеке кәсіпкердің атауы, мекенжайы, телефоны, электрондық мекенжайы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-жол – өтініш беруші ұйым басшысының немесе оның атынан сәйкестік туралы декларация қабылданатын жеке кәсіпкердің тегі, аты-жөні және лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-жол – сәйкестік туралы декларация қолданылатын өнімнің атауы, түрі, өнім маркасы, ЕАЭО СЭҚ ТН коды, өнімнің сериялық шығарылымы немесе партиясы туралы мәліметтер (партияның мөлшері көрсетіледі), өндірушінің толық атауы, оның орналасқан жері (заңды тұлғаның мекенжайы) және өнімді дайындау жөніндегі қызметті жүзеге асыру орнының мекенжайы (мекенжайлары) (заңды тұлғаның мекенжайы); егер мекенжайлар әртүрлі болса) – өнімді дайындайтын заңды тұлға және оның филиалдары үшін – дара кәсіпкер ретінде тіркелген жеке тұлға үшін-немесе өнімді дайындау жөніндегі қызметті жүзеге асыратын жердің тегі, аты және әкесінің аты (бар болса), тұрғылықты жері және мекенжайы (мекенжайлары);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-жол – сәйкестігі сәйкестік туралы қабылданған Декларациямен расталатын өнім үшін белгіленген талаптарды қамтитын тармақтарды көрсете отырып, Нормативтік құқықтық актілерді және (немесе) стандарттау жөніндегі құжаттарды белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-жол – негізінде сәйкестік туралы декларация қабылданған құжаттың (құжаттардың) атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-жол – СРО енгізу қажет деп есептейтін басқа ақпарат келтіріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-жол – өзі дайындайтын (өткізетін) өнімге сәйкестік туралы декларацияны қабылдаған өтініш беруші ұйым басшысының немесе дара кәсіпкердің аты-жөні, тегі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-жол – сәйкестік туралы декларацияны тіркеген СРО басшысының немесе ол уәкілеттік берген тұлғаның тегі, аты-жөні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 136-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z168" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>137. Тіркелген сәйкестік декларациясына өзгерістер енгізу рұқсат етілмейді. Өзгерістер енгізу қажеттілігі туындаған жағдайда, өтініш беруші жаңа сәйкестік декларациясын қабылдап, оны осы Қағидаларға сәйкес тіркейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z336" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші жаңа сәйкестік декларациясын қабылдап, техникалық реттеу реестрінде тіркеуді 71-баптың 2) және 3) тармақтарында қарастырылған құжаттар мен мәліметтерді ұсынбай-ақ келесі жағдайларда жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z337" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сәйкестік декларациясы мен оған қосымшаларында қателердің (баспа қатесінің) анықталуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z338" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өтініш берушіге қатысты ұйымдық-құқықтық нысанды, орналасқан жерін (заңды тұлғаның мекенжайын), жеке кәсіпкер ретінде тіркелген жеке тұлғаның тұрғылықты жерін, қызмет орнындағы мекенжайын (мекенжайлар әр түрлі болған жағдайда), телефон нөмірін және (немесе) электрондық поштасының мекенжайын өзгерту – өтініш берушіге қатысты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z339" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3)өнім өндірушіге қатысты ұйымдық-құқықтық нысанды, орналасқан жерін (заңды тұлғаның мекенжайын), жеке кәсіпкер ретінде тіркелген жеке тұлғаның тұрғылықты жерін өзгерту – өнім өндірушіге қатысты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z340" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) өнім өндіру орнындағы мекенжай реквизиттері ретінде көрсетілген географиялық объектінің, көше-көлік желісінің элементінің (көшесі, проспекті, алаңы, переулкі, өткелі, жағалауы, бульвары және тағы басқалар), жоспарлау құрылымының элементінің (ауданы, микроауданы және тағы басқалар), мекенжай нысанының нөмірлеуін (үй, бөлме және тағы басқалар), пошта индексін өзгерту (өнім өндіру орны фактілік өзгермеген жағдайда) – өнім өндірушіге қатысты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z341" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2) заңды тұлғаның атауын, жеке кәсіпкер ретінде тіркелген жеке тұлғаның тегін, атын, әкесінің атын (бар болса) өзгерту, тіркеу немесе есептік (жеке, сәйкестендіру) нөмірі сақталған және өнім өндіру орнын өзгеріссіз қалдырған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z342" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4)ЕАЭО СЭҚ ТН кодтарының өзгеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z343" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5)өнім өндіру орындарының мекенжайлары санын қысқарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z344" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жаңа сәйкестік декларациясының қолданылу мерзімінің аяқталу күні ауыстырылатын сәйкестік декларациясының қолданылу мерзімінің аяқталу күні болып белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z345" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Географиялық объектінің, көше-көлік желісінің элементінің (көшесі, проспекті, алаңы, переулкі, өткелі, жағалауы, бульвары және тағы басқалар), жоспарлау құрылымының элементінің (ауданы, микроауданы және тағы басқалар), мекенжай нысанының нөмірлеуін (үй, бөлме және тағы басқалар), пошта индексін өзгерту, өтініш беруші және (немесе) өнім өндіруші болып табылатын заңды тұлғаның мекенжайы, жеке кәсіпкер ретінде тіркелген жеке тұлғаның тұрғылықты жері, өтініш берушінің қызмет көрсету орнының мекенжайы, өнім өндіру орнының мекенжайы (аталған мекенжайлардың фактілік өзгермеуі жағдайында), өтініш берушінің телефон нөмірін және (немесе) электрондық поштасының мекенжайын өзгерту, ЕАЭО СЭҚ ТН кодтарының өзгеруі кезінде сәйкестік декларациясын және (немесе) оған қосымшаларды ауыстыру талап етілмейді және өтініш берушінің талабы бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      136-тармақтың он үшінші абзацы жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 137-тармақ жаңа редакцияда – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 263-НҚ</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z169" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138. Сәйкестік туралы декларацияның 10-11-жолдарында көрсетілетін ақпараттың едәуір көлемі кезінде мұндай ақпарат сәйкестік туралы декларацияға қосымшада келтіріледі және сәйкестік туралы декларацияның ажырамас бөлігі болып табылады. Қосымшаның әрбір беті нөмірленеді, оған сәйкестік туралы декларацияның тіркеу нөмірі, СРО басшысының немесе сәйкестік туралы декларацияны берген ол уәкілеттік берген тұлғаның тегі, аты және әкесінің аты (бар болса) қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z170" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-параграф. Кезеңдік бағалауды жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z171" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139. Кезеңдік бағалау сертификатталған өнімнің, көрсетілетін қызметтің және процестің техникалық регламенттердің және (немесе) стандарттау жөніндегі құжаттардың сертификаттау кезінде расталған талаптарына сәйкестігін белгілеу мақсатында сәйкестік сертификатының бүкіл қолданылу мерзімі ішінде аккредиттелген СРО жүзеге асыратын сәйкестікті жүйелі бағалауды білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңдік бағалау өнімнің, көрсетілетін қызметтің, процестің техникалық регламенттерде және (немесе) стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкестігін айқындау тәсілдерін белгілейтін өнімді, көрсетілетін қызметті сертификаттау схемаларына сәйкес сәйкестік сертификатының бүкіл қолданылу мерзімі ішінде жылына кемінде 1 (бір) рет жоспарлы және жоспардан тыс кезеңдік бағалау нысанында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңдік бағалау өнімнің өмірлік циклінің процестерін қоса алғанда, өткізілетін өнімнің немесе қандай да бір берілген нәтижеге қол жеткізу жөніндегі өзара байланысты және дәйекті іс-қимылдар (жұмыстар) жиынтығының техникалық регламенттерде және (немесе) стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкес келуін растау үшін өнім үлгілерін сынауды және тексерулерді қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z172" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140. Сәйкестік сертификатын берген аккредиттелген СРО кезеңдік бағалау кезінде сынақтардың кезеңділігі мен көлемін анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертификатталған өнімді, көрсетілетін қызметті және процесті жоспарлы кезеңдік бағалау өнімді, көрсетілетін қызметтерді сертификаттау схемаларына сәйкес өнімнің үлгілерін (сынамаларын) бірдейлендіруді, зерттеуді (сынауды) және өлшеуді жүргізу және (немесе) өндірістің жай-күйіне талдау жүргізу арқылы жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертификатталған өнімді, көрсетілетін қызметті және процесті жоспардан тыс кезеңдік бағалауды тұтынушылардан және (немесе) мемлекеттік бақылау және қадағалау органдарынан өнімнің, көрсетілетін қызметтің, процестің қауіпсіздігіне қойылатын талаптар туралы ақпарат келіп түскен жағдайда СРО жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z173" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141. Кезеңдік бағалаудың кезеңділігі мен көлемін айқындау үшін өлшемшарттар өнімнің, көрсетілетін қызметтің әлеуетті қауіптілік дәрежесі, өндіріс тұрақтылығы, шығару көлемі, менеджмент жүйесінің болуы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z174" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142. Кезеңдік бағалау бағдарламасын тексеру басталғанға дейін аккредиттелген СРО басшысы бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z175" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143. Кезеңдік бағалау, егер бұл өнімді, көрсетілетін қызметтерді сертификаттау схемаларында көзделсе, мынадай жұмыс түрлерін қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сертификатталған өнім, көрсетілетін қызмет, процесс туралы келіп түсетін ақпаратты талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тұрақты сапалы өнім шығару үшін қажетті шарттардың немесе қызмет көрсету процесінің тұрақтылығы үшін қажетті шарттардың сақталуын тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өнімге сынақ жүргізу және олардың нәтижелерін талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бақылау және шешім қабылдау нәтижелерін ресімдеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z176" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144. Сертификатталған өнімді, қызметті, процесті кезеңдік бағалау нәтижелері бойынша СРО келесі шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сәйкестік сертификатының қолданысы расталған деп саналсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сәйкестік сертификатының қолданылуын тоқтата тұру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сәйкестік сертификатының қолданылуын тоқтату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өнімнің, көрсетілетін қызметтің, процестің сәйкестік сертификатының қолданылуын растау туралы шешім сертификатталған өнімді, көрсетілетін қызметті, процесті кезеңдік бағалаудың оң нәтижелері кезінде қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өнімнің, көрсетілетін қызметтің, процестің сәйкестік сертификатының қолданылуын тоқтата тұру туралы шешім, егер түзету іс-шараларын жүргізу нәтижесінде өтініш берушінің өнімнің, көрсетілетін қызметтің, процестің техникалық регламенттің және (немесе) стандарттау жөніндегі құжаттардың талаптарына сәйкес келмеу себептерін жоюға және оның сәйкестігін растауға мүмкіндігі болған жағдайда қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушінің түзету іс-шараларын орындау және оларды СРО қанағаттанарлық деп тану нәтижелері бойынша өнімнің, көрсетілетін қызметтің, процестің сәйкестік сертификатының қолданысы жаңартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші түзету іс-шараларын орындамаған, оның ішінде онда Белгіленген мерзімдерді сақтамаған және (немесе) түзету іс-шараларын нәтижесіз деп таныған жағдайда СРО өнімнің, көрсетілетін қызметтің, процестің сәйкестік сертификатының қолданылуын тоқтату туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер түзету іс-шараларының нәтижесінде өтініш берушінің өнімнің, көрсетілетін қызметтің, процестің техникалық регламенттің және (немесе) стандарттау жөніндегі құжаттардың талаптарына сәйкес келмеу себептерін жоюға және оның сәйкестігін растауға мүмкіндігі болмаса, сәйкестік сертификатының қолданысы тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z177" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145. Өнімнің, көрсетілетін қызметтің, процестің сәйкестік сертификатын берген өнімнің, көрсетілетін қызметтің, СРО процесінің сәйкестік сертификатының қолданылуын тоқтата тұру, қайта бастау немесе тоқтату туралы мәліметтер техникалық реттеудің ақпараттық жүйесі арқылы өтініш берушінің назарына жеткізіледі және техникалық реттеу тізіліміне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z178" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146. Кезеңдік бағалау нәтижелері актімен ресімделеді, онда үлгілерді сынау және басқа да тексерулер нәтижелеріне баға беріледі, сертификатталған өнім өндірісінің немесе процестің қандай да бір тапсырылған нәтижесіне қол жеткізу жөніндегі іс-әрекеттердің (жұмыстардың) жай-күйі және берілген сәйкестік сертификатының іс-әрекетін сақтау мүмкіндігі туралы қорытынды беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт аккредиттелген СРО-ға, өтініш берушіге (өндіруші кәсіпорынға, сатушыға) және кезеңдік бағалауға қатысқан ұйымға қол жетімді техникалық реттеудің ақпараттық жүйесінде сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z179" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147. Кезеңдік бағалауды аккредиттелген СРО шарт негізінде жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z180" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148. Сертификатталған өнімді дайындау (өндіру) тоқтатыла тұрған және (немесе) зерттеулер (сынақтар) мен өлшеулер жүргізу үшін өнім үлгілері (сынамалары) болмаған жағдайда өтініш беруші белгіленген СРО-ға дейін және өтініш берушімен келісілген сертификатталған өнімді кезеңдік бағалауды жүргізу мерзіміне дейін бұл туралы СРО-ны жазбаша хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z181" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149. Алынған хабарлама негізінде СРО сертификатталған өнімге кезеңдік бағалау жүргізу мерзімін, бірақ 6 айдан аспайтын мерзімге ауыстыруға рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z182" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-параграф. Сәйкестікті бағалау туралы құжаттардың қолданылуын тоқтата тұру, қайта бастау және тоқтату тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z183" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150. Сәйкестікті бағалау туралы құжаттардың қолданылуын тоқтата тұрады, қайта бастайды немесе тоқтатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) СРО;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аккредиттелген зертхана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 150-тармақ жаңа редакцияда – ҚР Сауда және интеграция министрінің м.а. 09.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...104 lines deleted...]
-      14-жол – сәйкестік туралы декларацияны тіркеген СРО басшысының немесе ол уәкілеттік берген тұлғаның тегі, аты-жөні.</w:t>
+    <w:bookmarkStart w:name="z184" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151. Сәйкестікті бағалау туралы берілген құжаттардың қолданылуын тоқтата тұру 1 (бір) айға дейінгі мерзімге жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z185" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152. Сәйкестікті бағалау туралы берілген құжаттардың әрекеті СРО-мен тоқтатылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы өнімді, көрсетілетін қызметті, процесті өндіруді тоқтатуды қоспағанда, СРО-мен өтініш беруші арасындағы өзара келісім бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сертификатталған өнімді, көрсетілетін қызметті, процесті кезеңдік бағалаудың теріс нәтижелері бойынша, егер СРО-мен келісілген түзету іс-қимылдары арқылы өтініш беруші анықталған сәйкессіздіктерді жояды және өнімнің, көрсетілетін қызметтің, процестің техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкестігін қосымша сынақтар (тексерулер) жүргізбестен растайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өнімнің конструкциясына (құрамына) немесе оны өндіру технологиясына толық немесе ішінара сынақтар немесе өнім өндірісінің, қызметтер көрсетудің, процестің жай-күйін бағалау жүргізілгенге дейін сертификаттау кезінде куәландырылатын көрсеткіштерге әсер етпейтін өзгерістер енгізу туралы хабарлама болған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) егер көрсетілген өзгерістер қызметтер мен қызмет көрсету шарттарының сертификаттау кезінде тексерілетін талаптарға сәйкессіздігін тудырмаса, өнім өндіру технологиясының, қызметтер көрсетудің технологиялық процесінің талаптарын өзгерту (орындамау) ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өнімнің, көрсетілетін қызметтің, процестің техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкессіздігі туралы техникалық реттеу саласындағы мемлекеттік бақылауды және қадағалауды жүзеге асыратын мемлекеттік органдардан расталған мәліметтер болған жағдайда, егер СРО-мен келісілген түзету іс-қимылдары арқылы өтініш беруші анықталған сәйкессіздіктерді жояды және өнімнің, көрсетілетін қызметтің, процестің жоғарыда көрсетілген талаптарға сәйкестігін қосымша сынақтар (тексерулер) жүргізбестен растайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өнім, көрсетілетін қызмет, процесс техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкес келмеген жағдайда, егер СРО-мен келісілген түзету іс-қимылдары арқылы өтінім беруші анықталған сәйкессіздіктерді жояды және қосымша сынақтар (тексерулер) жүргізбестен өнімнің, көрсетілетін қызметтің, процестің жоғарыда көрсетілген талаптарға сәйкестігін растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z186" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153. Сәйкестікті бағалау туралы берілген құжаттардың әрекетін СРО тоқтатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы өнімді, көрсетілетін қызметті, процесті өндіруді тоқтатуға байланысты немесе негізделген өзге де себептер бойынша СРО мен өтініш беруші арасындағы өзара келісім бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) егер анықталған сәйкессіздік түзетілмейтін болса немесе өнімнің, көрсетілетін қызметтің, процестің техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкестігіне қосымша сынақтар (тексерулер) жүргізу талап етілсе, сертификатталған өнімді, көрсетілетін қызметті, процесті кезеңдік бағалаудың теріс нәтижелері бойынша жүргізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өнімнің конструкциясына (құрамына) немесе оны өндіру технологиясына толық немесе ішінара сынақтар немесе өнім өндірісінің, қызметтер көрсетудің, процестің жай-күйін бағалау жүргізілгенге дейін сертификаттау кезінде куәландырылатын көрсеткіштерге әсер ететін өзгерістер енгізу туралы хабарлама болған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өнім, көрсетілетін қызмет, процесс техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкес келмеген жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) егер өтініш беруші олардың арасында жасалған шартта көзделген өнімді сертификаттау схемасында (кезеңдік бағалау) белгіленген СРО алдындағы өз міндеттемелерін орындамаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) егер өтініш беруші сәйкестікті растау саласындағы құжаттың қолданылуын тоқтата тұру кезеңінде осы Қағидалардың 152-тармағының 2), 5) және 6) тармақшаларының талаптарын орындамаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) егер анықталған сәйкессіздік түзетілмейтін болса немесе өнімнің, көрсетілетін қызметтің, процестің техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкестігіне қосымша сынақтар (тексерулер) жүргізу талап етілсе, өнімнің, көрсетілетін қызметтің, процестің техникалық реттеу саласында мемлекеттік бақылауды және қадағалауды жүзеге асыратын мемлекеттік органдардан өнімнің, көрсетілетін қызметтің, процестің техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкес еместігі туралы расталған мәліметтер болған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) стандарттау жөніндегі құжат, бақылау және сынау әдісі, менеджмент жүйесі, өнімнің конструкциясы (құрамы), жиынтықтылығы, өнімді, көрсетілетін қызметтерді өндіруді ұйымдастыру және (немесе) технологиясы, процесс өзгерген жағдайда СРО-ны тиісті хабардар етпестен немесе келісімінсіз жол берілмейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) стандарттау жөніндегі құжат, бақылау және сынау әдісі, менеджмент жүйесі, өнімнің конструкциясы (құрамы), жиынтықтылығы, өндіріс ұйымы және (немесе) технологиясы өзгерген жағдайда, егер көрсетілген өзгерістер қызметтер мен қызмет көрсету шарттарының сертификаттау кезінде тексерілетін талаптарға сәйкес келмеуін туындататын болса, өнім өндіру технологиясының, қызметтер көрсету технологиялық процесінің талаптарын өзгерту (орындамау);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154. Сәйкестікті бағалау туралы құжаттың қолданылуын тоқтата тұру немесе тоқтату туралы шешімді сәйкестікті растау саласында берілген құжаттарды есепке алу үшін техникалық реттеу тізіліміне тиісті жазбаны енгізе отырып, техникалық реттеудің ақпараттық жүйесіндегі СРО қабылдайды және өтініш берушіні, тұтынушыларды, уәкілетті органды және сертификаттауға мүдделі қатысушыларды хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестікті бағалау туралы құжаттардың қолданылуы тоқтатылған жағдайда СРО олардың тоқтатылғаны туралы мәліметтерді техникалық реттеудің ақпараттық жүйесінде уәкілетті органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z188" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155. Өнімнің сәйкестік сертификатын берген СРО-мен келісілген түзету іс-шараларын әзірлеу және жүргізу кезеңінде өнімнің сәйкестік сертификатының қолданылуын тоқтата тұру туралы шешім, егер өтініш беруші түзету іс-шараларын жүргізу арқылы анықталған сәйкессіздіктерді жойса және өнімнің техникалық регламент талаптарына сәйкестігін растаса қабылданады. Егер мұны істеу мүмкін болмаса, өнімнің сәйкестік сертификатының қолданылуы тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z189" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156. Өнімнің сәйкестік сертификатын берген СРО өнімінің сәйкестік сертификатының қолданысы тоқтатыла тұрған жағдайда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өнімнің сәйкестік сертификатының қолданылуын тоқтата тұру туралы шешім қабылдайды және бірыңғай айналым белгісін қолдануға уақытша тыйым салады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнімнің сәйкестік сертификатының қолданылуын тоқтата тұру туралы ақпаратты техникалық реттеу тізіліміне енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өтініш берушінің түзету іс-шараларын жүргізу мерзімін белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өтініш берушінің түзету іс-шараларын жүргізуін бақылайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z190" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157. Өнімнің сәйкестік сертификатының қолданысы тоқтатыла тұрған жағдайда өтініш беруші:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) техникалық регламент талаптарына сәйкес келмейтін өнім санын сәйкестендіреді және айқындайды;;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) анықталған сәйкессіздіктерді жою бойынша түзету іс-шараларын әзірлейді және жүргізуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мүше мемлекеттердің заңнамасында белгіленген тәртіппен тұтынушыларды өнімді қолдану (пайдалану) қаупі туралы хабардар етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) СРО-ға түзету іс-шараларын жүргізудің аяқталғаны туралы жазбаша хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z191" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158. Өтініш беруші өнімнің сәйкестік сертификатын берген СРО түзету іс-шараларын жүргізгеннен кейін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өнімнің сәйкестік сертификатының қолданылуын қайта бастау туралы шешім қабылдайды және айналыстың бірыңғай белгісін қолдануға рұқсат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнімнің сәйкестік сертификатының қолданылуын қайта бастау туралы ақпаратты техникалық реттеу тізіліміне енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z192" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159. Өнімнің сәйкестік сертификатының қолданылуын тоқтату туралы шешім, егер өтініш беруші анықталған сәйкессіздіктер мен олардың себептерін жоймаса, сондай-ақ өнімді қолдану (пайдалану) қаупі болған жағдайда қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Берілген өнімнің сәйкестік сертификатының қолданылуын тоқтата тұру, қайта бастау немесе тоқтату қажет болған жағдайда өтініш беруші өтініш берушінің бастамасы бойынша көрсетілген сертификатты берген СРО-ға тиісті өтініш (себептерін көрсете отырып) жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінішпен бірге өнімнің сәйкестік сертификаты және берілген өнімнің сәйкестік сертификатының қолданылуын тоқтата тұру, қайта бастау немесе тоқтату үшін негіз болып табылатын құжаттар ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z193" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160. СРО берілген өнімнің сәйкестік сертификатының қолданылуын тоқтата тұру, қайта бастау немесе тоқтату туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z194" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161. Өтініш беруші өнімнің сәйкестік сертификатының қолданысы тоқтатыла тұрғаннан кейін оның қолданылуын қалпына келтіру туралы шешім қабылдаған жағдайда, СРО өтініш берушінің өтініші бойынша сертификатталған өнімге кезеңдік бағалау жүргізілгеннен кейін көрсетілген сәйкестік сертификатының қолданылуын қайта бастау туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z195" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162. СРО өнімнің сәйкестік сертификатының қолданылуын тоқтата тұру, қайта бастау немесе тоқтату туралы тиісті ақпаратты техникалық реттеу тізіліміне енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z196" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163. Өнімнің сәйкестік сертификатының қолданылуы берілген сәйкестік сертификаттарының және тіркелген сәйкестік туралы декларациялардың бірыңғай тізіліміне тиісті мәліметтер енгізілген күннен бастап тоқтатыла тұрады, қайта басталады немесе тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z197" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164. Өнімге, көрсетілетін қызметке сәйкестікті бағалау туралы құжаттардың қолданылуын, процесті уәкілетті органның лауазымды адамдары мынадай жағдайларда тоқтата тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке және заңды тұлғалардың (дайындаушы, орындаушы, сатушы) техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкес келмейтін өнімді айналымға шығаруы, көрсетілетін қызметтерді, процестерді жүзеге асыруы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнімді, көрсетілетін қызметті, процесті техникалық реттеу саласындағы мемлекеттік бақылау мен қадағалаудың теріс нәтижелері бойынша, егер СРО-мен келісілген түзету іс-қимылдары арқылы өтініш беруші анықталған сәйкессіздіктерді жояды және қосымша сынақтар жүргізбестен өнімнің, көрсетілетін қызметтің, процестің техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкестігін растайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өнімнің, көрсетілетін қызметтердің, процестің техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкессіздігі туралы техникалық реттеу саласындағы мемлекеттік бақылауды және қадағалауды жүзеге асыратын мемлекеттік органдардан расталған мәліметтер болған жағдайда, егер СРО-мен келісілген түзету іс-қимылдары арқылы өтініш беруші анықталған сәйкессіздіктерді жояды және өнімнің, көрсетілетін қызметтің, процестің жоғарыда көрсетілген талаптарға сәйкестігін қосымша сынақтар жүргізбестен растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165. Сәйкестікті бағалау туралы берілген құжаттардың қолданылуы уәкілетті органның лауазымды тұлғаларымен келесі жағдайларда тоқтатылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш берушінің сәйкестікті растау саласындағы құжаттардың қолданылуын тоқтату туралы негізделген шешім қабылдауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) егер анықталған сәйкессіздік түзетілмейтін болса немесе өнімнің, көрсетілетін қызметтің, процестің техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкестігіне қосымша сынақтар (тексерулер) жүргізу талап етілсе, өнімге, көрсетілетін қызметке, процеске мемлекеттік бақылау мен қадағалаудың сынақтарының (тексерулерінің) теріс нәтижелері қоса беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өнімнің, көрсетілетін қызметтің, процестің техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкес келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) егер өтініш беруші сәйкестікті растау саласындағы құжаттың қолданылуын тоқтата тұру кезеңінде осы Қағидалардың 164-тармағы 2) және 3) тармақшаларының талаптарын орындамаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өнім өндіру, қызметтер көрсету жөніндегі, процестер бойынша кәсіпорын қызметін тоқтатқан, берген немесе таратылған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өнімнің, көрсетілетін қызметтің, процестің техникалық регламенттерде, стандарттау жөніндегі құжаттарда белгіленген талаптарға сәйкес еместігі туралы техникалық реттеу саласындағы мемлекеттік бақылауды және қадағалауды жүзеге асыратын мемлекеттік органнан расталған мәліметтердің болуы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) СРО сәйкестікті растау және (немесе) бағалау рәсімдерін жүргізу қағидаларын бұзған жағдайларда жүргізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сәйкестікті растауды және (немесе) бағалауды жүргізу кезінде сынақтардың (тексерулердің) анық емес нәтижелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) стандарттау жөніндегі құжат, бақылау және сынау әдісі, менеджмент жүйесі, өнімнің конструкциясы (құрамы), жиынтықтылығы, өнімді, көрсетілетін қызметтерді өндіруді ұйымдастыру және (немесе) технологиясы, процесс өзгерген жағдайда СРО-ны тиісті хабардар етпестен немесе келісімінсіз жол берілмейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) стандарттау жөніндегі құжат, бақылау және сынау әдісі, менеджмент жүйесі, өнімнің конструкциясы (құрамы), жинақтылығы, өндіріс ұйымы және (немесе) технологиясы өзгерген жағдайда, егер көрсетілген өзгерістер қызметтер мен қызмет көрсету шарттарының сертификаттау кезінде тексерілетін талаптарға сәйкес келмеуін туындататын болса, өнім өндіру технологиясының, қызметтер көрсету технологиялық процесінің талаптарын өзгертуді (орындамауды) білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z260" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165-1. Аккредиттелген зертханамен көлік құралы конструкциясының қауіпсіздігі туралы берілген куәліктің қолданылуын тоқтату мынадай негіздер бойынша жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z265" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кеден саласындағы уәкілетті органмен көлік құралын еркін айналымға шығарғанға дейін аккредиттелген зертханаға көлік құралы иесінің берілген өтініші;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z266" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аккредиттеу жөніндегі органның көлік құралы конструкциясының қауіпсіздігі туралы куәлікте көрсетілген көлік құралының құрылымдық параметрлері мен сипаттамалары туралы деректердің сәйкессіздігін анықтауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z267" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) техникалық реттеу саласындағы мемлекеттік бақылау мен қадағалауды және сәйкестікті бағалау саласындағы аккредиттеу туралы заңнаманың сақталуын мемлекеттік бақылауды жүзеге асыру кезінде уәкілетті орган ведомствосының аумақтық бөлімшелерімен бұзушылықтарды анықтауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аккредиттелген зертхана өз қызметін тоқтатқан жағдайларда көлік құралы конструкциясының қауіпсіздігі туралы куәліктің қолданылуын уәкілетті орган тоқтатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 165-1-тармақпен толықтырылды – ҚР Сауда және интеграция министрінің м.а. 09.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z261" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165-2. Аккредиттелген зертхана техникалық реттеудің ақпараттық жүйесінде көлік құралы конструкциясының қауіпсіздігі туралы куәліктің қолданылуын тоқтату кезінде осы Қағидалардың 165-1-тармағы бірінші бөлігінің 1), 2) және 3) тармақшаларында көзделген негіздердің бірін көрсетеді және аккредиттелген зертхананың көлік құралы конструкциясының қауіпсіздігі туралы куәліктің қолданылуын тоқтату туралы шешімінің көшірмесін электрондық түрде қоса береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      137-тармақ жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 165-2-тармақпен толықтырылды – ҚР Сауда және интеграция министрінің м.а. 09.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 263-НҚ</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z262" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165-3. Көлік құралы конструкциясының қауіпсіздігі туралы куәліктің қолданылуын тоқтату кезінде техникалық реттеудің ақпараттық жүйесі көлік құралы конструкциясының қауіпсіздігі туралы куәліктің қолданылуын тоқтату туралы хабарламаны автоматты түрде қалыптастырады, ол жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органның ресми электрондық поштасына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 165-3-тармақпен толықтырылды – ҚР Сауда және интеграция министрінің м.а. 09.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...145 lines deleted...]
-    <w:bookmarkStart w:name="z170" w:id="157"/>
+    <w:bookmarkStart w:name="z263" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165-4. Егер көлік құралы конструкциясының қауіпсіздігі туралы куәліктің қолданылуын тоқтату себебі КО ТР 018/2011 белгіленген қауіпсіздік талаптарына сәйкес келмеуімен байланысты болмаса, аккредиттелген зертханасы осы көлік құралына көлік құралы конструкциясының қауіпсіздігі туралы жаңа куәлік ресімдейді, бұл ретте КО ТР 018/2011 № 17 қосымшасында "ҚОСЫМША АҚПАРАТ" бағанында "Көлік құралы конструкциясының қауіпсіздігі туралы куәліктің ОРНЫНА №___" деген жазба жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 165-4-тармақпен толықтырылды – ҚР Сауда және интеграция министрінің м.а. 09.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z264" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165-5. Тоқтатылғанның орнына шығарылған көлік құралы конструкциясының қауіпсіздігі туралы куәлікті ресімдеу туралы хабарлама техникалық реттеудің ақпараттық жүйесімен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тіркеу мәліметтерін түзету үшін жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органның;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кедендік төлемдерді, салықтар мен алымдарды қосымша есептеу үшін салықтар мен бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті органның;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кәдеге жарату алымын қосымша есептеу бөлігінде өндірушілердің (импорттаушылардың) кеңейтілген міндеттемелерінің операторының ресми электрондық пошталарына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 165-5-тармақпен толықтырылды – ҚР Сауда және интеграция министрінің м.а. 09.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z199" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166. Техникалық реттеу саласындағы өнімді, көрсетілетін қызметті, процесті техникалық регламенттердің талаптарына сәйкестігіне мемлекеттік бақылау және қадағалау нәтижелері бойынша, өнімнің, көрсетілетін қызметтің, процестің Кеден одағының (Еуразиялық экономикалық одақтың) техникалық регламенттерінің талаптарына сәйкестігін бағалау туралы құжаттарды беру (қабылдау) кезінде сәйкестікті бағалау қағидаларының сақталуына, сондай-ақ мемлекеттік органдар мониторингінің нәтижелері бойынша, Қазақстан Республикасының заңнамасына сәйкес техникалық реттеу саласындағы мемлекеттік бақылауды және қадағалауды жүзеге асыруға уәкілетті уәкілетті органның лауазымды адамдары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) техникалық регламенттердің, стандарттау жөніндегі құжаттардың талаптарына сәйкес келмейтін өнімге, көрсетілетін қызметке, процеске сәйкестікті бағалау туралы құжаттардың Қазақстан Республикасының аумағында күшін жою немесе қолданысын тоқтата тұру туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының аумағында өнімге, көрсетілетін қызметке, процеске сәйкестікті бағалау туралы құжаттардың күшін жою немесе қолданылуын тоқтата тұру туралы шешімді техникалық регламенттер талаптарының сақталуын техникалық реттеу саласында бақылауды және қадағалауды жүзеге асыратын мемлекеттік органдарға, сондай-ақ осындай өнімнің Қазақстан Республикасының аумағына әкелінуін және (немесе) айналысын болғызбау үшін кеден органдарына жібереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Еуразиялық экономикалық одаққа мүше басқа мемлекет берген сәйкестікті бағалау туралы құжаттарға қатысты қабылданған шешім туралы ақпаратты он күн мерзімде Еуразиялық экономикалық комиссияға және аумағында көрсетілген құжаттар берілген Еуразиялық экономикалық одаққа мүше мемлекеттің уәкілетті органдарына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестік туралы декларацияның қолданылуы техникалық реттеудің ақпараттық жүйесіне тиісті мәліметтер енгізілген күннен бастап тоқтатыла тұрған, жаңартылған немесе тоқтатылған деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z200" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167. Сәйкестік сертификатының қолданылуын тоқтата тұру, қайта бастау және тоқтату техникалық реттеудің ақпараттық жүйесі арқылы техникалық реттеу тізілімінде тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z201" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-параграф. Кезеңдік бағалауды жүргізу тәртібі</w:t>
-[...2508 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 8-тарау. Қолайсыз эпидемиологиялық ахуал жағдайларында сериялы шығарылатын өнімді сертификаттау кезінде қолданылатын уақытша шаралар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z202" w:id="197"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z202" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168. Осы тараудың ережелері Қазақстан Республикасының Бас мемлекеттік санитариялық дәрігері Еуразиялық экономикалық одақтың кедендік шекарасымен тұспа-тұс келетін Қазақстан Республикасының Мемлекеттік шекарасы арқылы өткізу пункттерінде немесе кәсіпкерлік және (немесе) өзге де қызмет пен халықтың өмірінің ерекше жағдайлары бар Қазақстан Республикасының бүкіл аумағында шектеу іс-шараларын, оның ішінде карантин енгізген жағдайда қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z203" w:id="198"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z203" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169. Осы тараудың мақсаттары үшін қашықтықтан бағалау деп қашықтықтан өзара іс-қимыл жасау құралдарын (аудио-және бейне-конференцбайланыс) пайдалана отырып, бағалау объектісінің орналасқан жеріне бармай-ақ сертификаттау шеңберінде бағалау рәсімдерін жүргізуді қамтамасыз ететін (бағалау объектісінің орналасқан жеріне баруды көздейтін) қашықтықтан бағалау әдісі түсініледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z204" w:id="199"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z204" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170. СРО-ға қашықтықтан бағалау нысанында сериялық шығарылатын өнімді сертификаттау жүргізуге өтінім келіп түскен жағдайда, СРО шешімі бойынша сертификатталған өнім өндірісінің жай-күйін алдыңғы талдау нәтижелері немесе өндіріс жай-күйін талдау нәтижелерін қоса алғанда, көрсетілген сертификатталған өнімді кезеңдік бағалау мынадай шарттар сақталған жағдайда осы өнімге ішінара немесе толық таратуға жол беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілген сертификатталатын өнімге қатысты СРО-да техникалық регламенттердің міндетті талаптарын бұзудың анықталған фактілері туралы мәліметтер жоқ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14868,128 +15368,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өнімді сертификаттауды жүргізуге өтінімді өтініш беруші өндірістің жай-күйіне бұрын жүргізілген талдау және өндірістің жай-күйін талдау нәтижелері туралы актіні немесе сертификатталған өнімді кезеңдік бағалауды ресімдеу және сертификатталған өнімді кезеңдік бағалау актісін ресімдеу күнінен бастап 24 (жиырма төрт) ай өткенге дейін берсе, тоқтатыла тұрады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өнімнің конструкциясында (құрамында) немесе оны өндіру технологиясында бұрын сертификатталған өнімнен өнімнің техникалық регламенттердің талаптарына сәйкестігін қамтамасыз етуге әсер етпейтін айырмашылықтары болмайды немесе болмашы айырмашылықтары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="200"/>
+    <w:bookmarkStart w:name="z205" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171. Қолайсыз эпидемиологиялық жағдай жағдайларында мақсаттарда қабылданған шектеулердің қолданылу кезеңінде сертификатталған өнімді жоспарлы кезеңдік бағалау мерзімі басталған жағдайда, оны жүргізу өнім үлгілерін (сынамаларын) зерттеу (сынау) және өлшеу арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, СРО техникалық реттеудің ақпараттық жүйесінде СРО-ның тиісті рәсімі шеңберінде сертификатталған өнімді өндірудің технологиялық процесінің және өнімге арналған техникалық құжаттаманың өзгермейтіндігі туралы дайындаушының хабарламасы болған жағдайда кезеңдік бағалауды 6 (алты) айға дейінгі мерзімге ауыстыру туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z206" w:id="201"/>
+    <w:bookmarkStart w:name="z206" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172. Қолайсыз эпидемиологиялық жағдай жағдайларында қабылданған шектеулерді бұзбай өнімді дайындау (өндіру) жөніндегі қызметті жүзеге асыру орнындағы өндірістің жай-күйін талдау рәсімі шеңберінде өндірістің жай-күйіне бұрын жүргізілген талдау нәтижелерін қабылдау және тиісті жұмыстарды ұйымдастыру үшін не Қазақстан Республикасының аумағында алғаш рет айналысқа шығарылатын өнімге жаңа сәйкестік сертификатын беру кезінде мүмкіндік болмаған жағдайда, СРО өнімді өндіру шарттарын тексеруді қоса алғанда, өндірістің жай-күйіне талдау, Қазақстан Республикасының аумағында айналымға шығарылатын өнімнің техникалық регламенттердің талаптарына тұрақты (тұрақты) сәйкестігін қамтамасыз ету үшін дайындаушыда қажетті жағдайлардың болуын анықтауға мүмкіндік беретін дайындаушының сапа менеджменті жүйесін Құжаттамалық бағалаумен біріктірілген қашықтықтан бағалау арқылы мүмкін болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z207" w:id="202"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z207" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173. Қашықтықтан бағалау арқылы өндірістің жай-күйіне талдау жүргізу кезінде мынадай объектілер тексеріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сертификатталатын өнімнің қауіпсіздік көрсеткіштеріне әсер ететін шикізатты, материалдарды немесе жинақтаушы бұйымдарды кіріс бақылау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15054,452 +15554,336 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өнімнің техникалық регламентте белгіленген талаптарға сәйкестігін қамтамасыз ету үшін қажетті өлшеу құралдары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       техникалық регламентте міндетті талаптар белгіленген сипаттамаларды бақылауға байланысты дайын өнімді қабылдау бақылауы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="203"/>
+    <w:bookmarkStart w:name="z208" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174. Қазақстан Республикасының аумағында айналымға шығарылатын өнімнің техникалық регламенттер талаптарына тұрақты (тұрақты) сәйкестігін қамтамасыз ету үшін дайындаушыда қажетті жағдайлардың болуын анықтау үшін өндірістің жай-күйіне талдау жүргізу кезінде өзге объектілерді тексеруді қашықтықтан бағалауды пайдаланбай, дайындаушы ұсынған құжаттарды талдау арқылы СРО жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z209" w:id="204"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z209" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175. Қашықтықтан бағалау арқылы өндірістің жай-күйіне талдау жүргізу желіде СРО сарапшы-аудиторы мен өнімді дайындау (өндіру) жөніндегі қызметті жүзеге асыратын орында тұрған дайындаушының өкілі бір мезгілде онлайн режимінде болған жағдайда жүзеге асырылады, бұл ретте, өндірістің жай-күйіне талдау жүргізу синхронды телебағдарлама (бейнетрансляция) түрінде нақты уақыт режимінде телекоммуникациялық арналар арқылы трансляцияланады. Бұл ретте, СРО өнімді сәйкестендіру мақсатында оны дайындау (өндіру) жөніндегі қызметті жүзеге асыру орнының геолокациясы (нақты географиялық орналасуы), оның ішінде оның дайындаушының құжаттарында көрсетілген мәліметтерге сәйкестігі тұрғысынан көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қашықтықтан бағалау арқылы өндірістің жай-күйіне талдау жүргізу кезінде өндірістің жай-күйін талдау басталған сәттен бастап оның аяқталуына дейін нақты бейне бейненің үздіксіз берілуін қамтамасыз ету қажет. Бейне-конференц байланыс үзілген жағдайда өндіріс жай-күйін талдау оны жүргізу басталған жағдайда басталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z210" w:id="205"/>
+    <w:bookmarkStart w:name="z210" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176. Өнімнің техникалық регламенттер талаптарына сәйкестігі сертификатын, оның ішінде қашықтықтан бағалау арқылы жүргізілген өндірістің жай-күйін талдау нәтижелерінің негізінде ресімдеу кезінде сәйкестік сертификатында "өндірістің жай-күйін талдау қашықтықтан бағалау арқылы жүргізілгені" туралы қосымша ақпарат көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өндірістің жай-күйіне талдау жүргізу кезінде қашықтықтан бағалау арқылы алынған дәлелдемелік материалдар СРО-да белгіленген рәсімдерге сәйкес СРО-да сақталады және техникалық регламенттер талаптарының сақталуына мемлекеттік бақылауды және қадағалауды жүзеге асыруға жауапты мемлекеттік бақылау және қадағалау органдарына, сондай-ақ Қазақстан Республикасының заңнамасында белгіленген жағдайларда өзге де мүдделі тұлғаларға ұсынылады (талап ету бойынша).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z211" w:id="206"/>
+    <w:bookmarkStart w:name="z211" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177. Өнімді сертификаттауды (оның ішінде жаңасын) немесе сертификатталған өнімді жоспарлы кезеңдік бағалауды жүргізу кезінде өнім үлгілерін сәйкестендіруді және іріктеуді қашықтықтан бағалау арқылы жүзеге асырылатын СРО бақылауымен дайындаушының дайын өнім қоймасында, уақытша сақтау қоймасында, кеден қоймасында, көлік құралының сыйымдылығында өнім үлгілерін сәйкестендіруді және іріктеуді жүргізу үшін құзыреттілігі бар өтініш берушінің (дайындаушының) өкілі жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өнім үлгілерін іріктеу процесінде дайын өнімді сақтау шарттарының қашықтықтан бағалау арқылы сертификаттаудың белгіленген талаптарына сәйкестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z212" w:id="207"/>
+    <w:bookmarkStart w:name="z212" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178. Қашықтықтан бағалау арқылы өнім үлгілерін (сынамаларын) сәйкестендіру және іріктеу СРО желісінде (сарапшы-аудиторлар) және өтініш берушінің (дайындаушының) өкілі бір мезгілде онлайн режимінде болған жағдайда жүргізіледі, бұл ретте, өнім үлгілерін сәйкестендіру және іріктеу (оның ішінде дайын өнімді сақтау шарттарының белгіленген талаптарға сәйкестігін тексеру) синхронды телехабар (бейнетрансляция) түрінде нақты уақыт режимінде телекоммуникациялық арналар арқылы трансляцияланады. Бұл ретте, СРО өнімнің үлгілерін (сынамаларын) сәйкестендіру және іріктеу орнының геолокациясы (нақты географиялық орналасуы) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қашықтықтан бағалау арқылы жүзеге асырылатын СРО бақылауымен өнім үлгілерін сәйкестендіруді және іріктеуді жүргізу кезінде өнімнің үлгілерін (сынамаларын) сәйкестендіру және іріктеу басталған сәттен бастап олар аяқталғанға дейін нақты бейне кескінді үздіксіз беруді қамтамасыз ету қажет. Бейне-конференц-байланыс үзілген жағдайда өнімнің үлгілерін (сынамаларын) сәйкестендіру және іріктеу оларды жүргізу басталған сәттен басталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z213" w:id="208"/>
+    <w:bookmarkStart w:name="z213" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179. Өнімнің үлгілерін (сынамаларын) сәйкестендіруді және іріктеуді жүргізу кезінде қашықтықтан бағалау арқылы алынған дәлелдемелер материалдары СРО-да белгіленген рәсімдерге сәйкес СРО-да сақталады және техникалық регламенттер талаптарының сақталуын мемлекеттік бақылауды және қадағалауды жүзеге асыруға жауапты мүше мемлекеттердің мемлекеттік бақылау және қадағалау органдарына, сондай-ақ Қазақстан Республикасының заңнамасында белгіленген жағдайларда өзге де мүдделі тұлғаларға ұсынылады (талап ету бойынша).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z214" w:id="209"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z214" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180. Егер бағалауды жүргізудің мұндай форматы өнімнің техникалық регламенттер талаптарына сәйкестігін бағалаудың объективтілігін қамтамасыз етпесе, оның ішінде осы Қағидалардың 175 және 178-тармақтарында көзделген шарттар орындалмаған жағдайда қашықтықтан бағалау қолданылмайды. Бұл ереже СРО мен өтініш беруші арасында жасалатын шартта көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z215" w:id="210"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z215" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181. Қашықтықтан бағалау арқылы сериялы шығарылатын өнімнің техникалық регламенттер талаптарына сәйкестігін растау мақсатында бағалаудың міндетті рәсімдерін жүзеге асыру мүмкін болмаған жағдайда және оны дайындау (өндіру) жөніндегі қызметті жүзеге асыру орнында өнім өндірісінің жай-күйін талдау рәсімдері шеңберінде жұмыстарды ұйымдастыру мүмкіндігі болмаған жағдайда, сондай-ақ қолайсыз эпидемиологиялық ахуал жағдайында қабылданған шектеулерді бұзбай өнімнің үлгілерін (сынамаларын) сәйкестендіру және іріктеу, СРО сериялы шығарылатын өнімді техникалық регламенттердің талаптарына сәйкестігіне сертификаттау жөніндегі жұмыстарды жүргізуге өтінімдер түскен жағдайда өнім партиясына немесе дара бұйымға сәйкестік сертификатын ресімдей отырып, өнім партиясына немесе дара бұйымға арналған өнімді сертификаттау схемалары қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z216" w:id="211"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z216" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182. Осы Қағидалардың 170-тармағында көзделген шарттар сақталған жағдайда сәйкестік сертификаттары берілген сертификатталған өнімді кезеңдік бағалауды аумағында СРО қызметін жүзеге асыратын Қазақстан Республикасында да, сондай-ақ аумағында сертификатталған өнімді дайындау (өндіру) жөніндегі қызметті жүзеге асыру орны орналасқан мемлекетте де қолайсыз эпидемиологиялық ахуал жағдайларында қабылданған шектеулер алып тасталған күннен бастап 6 (алты) ай ішінде қашықтықтан бағалауды пайдаланбай, өндірістің жай-күйін талдау не өндіріс және зерттеулер (сынақтар) және өнім үлгілерін (сынамаларын) өлшеу арқылы жүргізу қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkEnd w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Қағидалардың 172-тармағында көзделген жағдайларда сәйкестік сертификаттары берілген сертификатталған өнімді кезеңдік бағалау сәйкестік сертификаты берілген күннен бастап 12 (он екі) ай ішінде өндірістің жай-күйін талдау не өнімнің үлгілерін (сынамаларын) өндіру мен зерттеулердің (сынақтардың) және өлшеулердің жай-күйін талдау арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте, сертификатталған өнімді кезеңдік бағалауды жүргізу кезінде СРО-ны қашықтықтан бағалауды қолдану эпидемиологиялық жағдай жағдайларына байланысты болады. </w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15548,64 +15932,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сәйкестікті бағалау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидаларына </w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>қағидаларына 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -15632,612 +16003,686 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z218" w:id="212"/>
+    <w:bookmarkStart w:name="z218" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сертификаттауды жүргізуге өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда – ҚР Сауда және интеграция министрінің м.а. 09.10.2024 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 350-НҚ</w:t>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...160 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z346" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сәйкестікті растау жөніндегі орган ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z347" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өтініш беруші туралы мәліметтер:  Заңды тұлға үшін – бизнес-сәйкестендіру нөмірі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z348" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (БСН) немесе дара кәсіпкер ретінде тіркелген жеке тұлға үшін – жеке сәйкестендіру нөмірі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z349" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (ЖСН)  _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z350" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйымның толық атауы_____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z351" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z352" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон нөмірі___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z353" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық пошта мекенжайы ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z354" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есеп айырысу шоты (IBAN) ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z355" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банктік сәйкестендіру коды (БСК) ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z356" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының жеке сәйкестендіру нөмірі (ЖСН)__________________________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z357" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшының тегі, аты, әкесінің аты (ол болған кезде)_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z358" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының лауазымы ______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z359" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өнімді, процесті, қызметтерді сертификаттау схемасы ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z360" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мәлімделген өнімнің, процестің, қызметтің атауы ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z361" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нақты талаптардың атауы ________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z362" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нормактивтік құжаттың атауы, нөмірі және күні _____________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z363" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. ЕАЭО СЭҚ ТН және GTIN немесе N/KZ TIN сәйкес өнімнің коды (кодтары)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...178 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z364" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Өнім дайындалған құжаттың (құжаттардың) белгіленуі және атауы (техникалық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z365" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регламент, стандарттау жөніндегі құжат, техникалық шарттар немесе  өзге де құжат)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z366" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (ол болған кезде)  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z367" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z368" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Сертификаттау объектісінің атауы (сериялық шығарылым, партия немесе жеке</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z369" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнім, процесс, қызмет) _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z370" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша:  Осы өтінішпен сәйкестікті растайтын рәсімдерді орындауға, сертификатталатын өнімнің, процестің, қызметтің көрсеткіштерінің (сипаттамаларының) тұрақтылығын қамтамасыз етуге, сертификаттау және өнімнің, процестің, қызметтің аралық бағалауы  бойынша келісімшартқа сәйкес шығындарды төлеуге міндеттенемін.  Ұсынылған ақпараттың шынайылығын растаймын және заңмен қорғалатын құпия мәліметтерді, сондай-ақ жеке деректер мен басқа да ақпаратты жинауға,  өңдеуге, сақтауға, шығаруға және пайдалануға келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z371" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушінің электрондық цифрлық қолтаңбасының деректері: _______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z372" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушінің электрондық цифрлық қолтаңбамен қол қойылған күні мен уақыты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z373" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16290,2727 +16735,2835 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сәйкестікті бағалау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z220" w:id="213"/>
+    <w:bookmarkStart w:name="z220" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өнімді сертификаттау схемалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымшаға өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1651"/>
+        <w:gridCol w:w="1952"/>
+        <w:gridCol w:w="1360"/>
+        <w:gridCol w:w="3136"/>
+        <w:gridCol w:w="2248"/>
+        <w:gridCol w:w="1953"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Схеманың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестікті растау тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өндірісті тексеру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3136" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезеңдік бағалау***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2248" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік сертификатының қолданылу мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3136" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2248" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Типті сынау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3136" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6 ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таңбалау жүргізілмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Типті сынау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өндірістің жағдайын талдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3136" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сатушыдан алынған үлгілерді сынау.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өндірістің жағдайынн талдау.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2248" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12 ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Осы типтің барлық шығарылатын өнімі таңбаланады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Типті сынау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өндірістің жағдайын талдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3136" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сатушыдан алынған үлгілерді сынау. Өндірістің жағдайын талдау.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2248" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12 ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Осы типтің барлық шығарылатын өнімі таңбаланады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Типті сынау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өндірістің жағдайын талдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3136" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сатушыдан алынған үлгілерді сынау. Дайындаушыдан алынған үлгілерді сынау.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өндірістің жағдайын талдау.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2248" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18 ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Осы типтің барлық шығарылатын өнімі таңбаланады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Типті сынау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сапа менеджменті жүйесін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3136" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сатушыдан алынған үлгілерді сынау. Дайындаушыдан алынған үлгілерді сынау.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өндірісті бақылау (сапа менеджменті жүйелері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2248" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36 ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Осы типтің барлық шығарылатын өнімі таңбаланады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Типті сынау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сапа менеджменті жүйесін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3136" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сапа менеджменті жүйесін бақылау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2248" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36 ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таңбалау жүргізілмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Партияны сынау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3136" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Белгіленеді, бірақ өнімнің жарамдылық мерзімінен аспайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таңбалау жүргізілмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әрбір бұйымды сынау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3136" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Белгіленеді, бірақ өнімнің жарамдылық мерзімінен аспайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әрбір өнім таңбаланады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қоса берілетін құжаттармен бірге өтінімді қарау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3136" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Белгіленеді, бірақ өнімнің жарамдылық мерзімінен аспайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таңбалау жүргізілмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қоса берілетін құжаттармен бірге өтінімді қарау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өндірістің жағдайын талдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3136" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12 ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19042,224 +19595,118 @@
       Ескертпелер: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * – сынақтардың қажеттілігі мен көлемін Сапа менеджментінің сертификатталған жүйесін (Өндірісті) бақылау нәтижелері бойынша өнімнің СРО айқындайды);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      **– сапа менеджменті жүйесіне сәйкестік сертификатын берген "Сәйкестікті бағалау саласындағы аккредиттеу туралы" Қазақстан Республикасының Заңына сәйкес аккредиттелген СРО жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *** – нақты өнімнің сапа менеджменті жүйесіне сәйкестік сертификаты және кезеңдік бағалаудың оң нәтижелері болған жағдайда тұрақты сападағы өнімді шығару үшін жағдайларды талдау жүргізілмейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кезеңдік бағалаудың кезеңділігі мен көлемін айқындау үшін сол дайындаушы шығаратын ұқсас өнім туралы ақпаратты, сәйкестік сертификатын беру алдындағы жұмыстардың нәтижелерін, сондай-ақ бұйрықта белгіленген талаптарды қоса алғанда, дайындаушы, мемлекеттік бақылау және қадағалау органдары жүргізген Өнімді сынау мен тексеру нәтижелері туралы ақпарат өлшемшарттар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z233" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...159 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өнімді сертификаттау схемаларын қолдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 1-6 және 10 өнімді сертификаттау схемалары (бұдан әрі – схемалар) сериялы шығарылатын өнімді сертификаттау кезінде қолданылады, 7, 8, 9-схемалар шығарылған өнімді сертификаттау кезінде қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19556,166 +20003,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. 10-схеманы отандық өндірушілердің тұрақты шығарылмайтын немесе шағын көлемде шығарылатын ұзаққа созылған өндірісте өнімдерді сертификаттаған жағдайда қолдану ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Схеманы шағын кәсіпкерлік субъектілері мәлімдеген өнімдерді сертификаттаған жағдайда қолданған орынды.</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19764,1800 +20095,4609 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сәйкестікті бағалау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...77 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>қағидаларына 2-1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z375" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20__ жылғы "___" ___________№ __ өтінім бойынша  20__ жылғы "__" ______ үлгілерді іріктеу актісі</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Өнімді декларациялау схемалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда – ҚР Сауда және интеграция министрінің м.а. 09.10.2024 </w:t>
+      Ескерту. Қағидаларды 2-1-қосымшамен толықтырылды – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 350-НҚ</w:t>
+        <w:t>№ 263-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...466 lines deleted...]
-      Үлгілер атаумен ұсынылған өнімнен іріктеп алынды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="439"/>
+        <w:gridCol w:w="3615"/>
+        <w:gridCol w:w="2029"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="4190"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z376" w:id="326"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұсынылған өнім үлгілерінің атауы (түрі, маркасы, моделі)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Схема номері</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="326"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшем бірлігі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+Сәйкестікті растау тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2029" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Партия нөмірі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Өндірісті бағалау (бақылау)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Партия мөлшері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Декларацияның қолданылу мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Партия мөлшері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Ескерту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z382" w:id="327"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жарамдылық мерзімі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="327"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Іріктелген өнім үлгілерінің саны</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2029" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Код ТНВЭД</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-GTIN немесе N/KZ TIN</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z388" w:id="328"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="328"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Өнім үлгілерін (сынамаларын) сынау дайындаушының жеке сынақ зертханасында және (немесе) аккредиттелген зертханада (егер техникалық регламентте өзгеше белгіленбесе) жүргізіледі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2029" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Өндірістік бақылауды дайындаушы жүзеге асырады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+6 айдан аспау керек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+сериялық шығарылатын өнім үшін дайындаушы-өтініш беруші немесе ҚР аумағында шетелдік дайындаушы уәкілеттік берген тұлға.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z394" w:id="329"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="329"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Өнімнің немесе бір бұйымның үлгілерін (сынамаларын) сынау дайындаушының жеке сынақ зертханасында және (немесе) аккредиттелген зертханада (егер Техникалық регламентте өзгеше белгіленбесе) жүргізіледі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2029" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өнімнің жарамдылық мерзіміне, бірақ 6 айдан аспау керек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өнім немесе бір бұйым партиясы үшін, дайындаушы – өтініш беруші, сатушы (импорттаушы) немесе шетелдік дайындаушы уәкілеттік берген тұлға ҚР аумағында.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="439" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z400" w:id="330"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="330"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнім үлгілерін (сынамаларын) сынау аккредиттелген сынақ зертханасында (орталықта) жүргізіледі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірістік бақылауды дайындаушы жүзеге асырады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 айдан аспау керек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сериялық шығарылатын өнім үшін дайындаушы-өтініш беруші немесе ҚР аумағында шетелдік дайындаушы уәкілеттік берген тұлға.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="439" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z406" w:id="331"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="331"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аккредиттелген сынақ зертханасында (орталықта) өнімнің немесе бір бұйымның үлгілерін (сынамаларын) сынау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өнімнің жарамдылық мерзіміне, бірақ 12 айдан аспау керек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өнім немесе бір бұйым партиясы үшін, дайындаушы – өтініш беруші, сатушы (импорттаушы) немесе шетелдік дайындаушы уәкілеттік берген тұлға ҚР аумағында.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="439" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z412" w:id="332"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="332"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнім түрін зерттеу (сынау).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірістік бақылауды дайындаушы жүзеге асырады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 айдан аспау керек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сериялық өндіріске қоюға арналған өнім үшін, өнімнің модификацияларын шығаруды жоспарлау жағдайында, дайындаушы – өтініш беруші, сатушы (импорттаушы) немесе ҚР аумағында шетелдік дайындаушы уәкілеттік берген тұлға.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="439" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z418" w:id="333"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="333"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аккредиттелген сынақ зертханасында (орталықта) өнім үлгілерін (сынамаларын) сынау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z420" w:id="334"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сапа менеджменті жүйесін сертификаттау және сапа менеджменті жүйесінің сәйкестігін растау жөніндегі органның инспекциялық бақылауы*</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірістік бақылауды дайындаушы жүзеге асырады</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="334"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 ай, бірақ сапа менеджменті жүйесінің сәйкестік сертификатының қолданылу мерзімінен аспайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сериялық шығарылатын өнім үшін дайындаушы-өтініш беруші немесе ҚР аумағында шетелдік дайындаушы уәкілеттік берген тұлға.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z425" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z426" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Іріктеп алынған өнімнің бақылау үлгілерінің саны _________________ </w:t>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+      * – сапа менеджменті жүйесіне сәйкестік сертификатын берген "Сәйкестікті бағалау саласындағы аккредиттеу туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес аккредиттелген СРО жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z427" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестік туралы декларацияны қабылдау үшін негіз болып табылатын құжаттар жиынтығы мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z428" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сериялық өндіріс өнімдері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z429" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнімнің техникалық регламент талаптарына сәйкестігін бағалау мақсатында өнімнің негізгі параметрлері мен сипаттамаларын, сондай-ақ оның сипаттамасын қамтитын техникалық құжаттаманың (жобалау және (немесе) конструкторлық және (немесе) технологиялық және (немесе) пайдалану құжаттамасының) көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z430" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стандарттау жөніндегі құжаттардың немесе стандарттау саласындағы өзге де нормативтік құжаттардың тізімі, оларға сәйкес өнім дайындалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z431" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнім дайындалған құжаттың (құжаттардың) көшірмесі (ұйымның стандарттау жөніндегі құжаты, техникалық шарттар немесе өзге де құжат) (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z432" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасына жеткізілетін өнімнің техникалық регламент талаптарына сәйкестігін қамтамасыз етуді және мұндай өнімнің көрсетілген талаптарға (дайындаушы уәкілеттік берген тұлға үшін) сәйкес келмеуі үшін жауапкершілікті көздейтін дайындаушымен (оның ішінде шетелдік дайындаушымен) шарт (сәйкестікті декларациялау схемасында көзделген жағдайларда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z433" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      менеджмент жүйесінің сәйкестік сертификаты (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z434" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жиынтықтаушы бұйымдарға сәйкестік сертификаттары (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z435" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнім үлгілерін (сынамаларын) зерттеу (сынау) және өлшеу хаттамалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z436" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестік туралы декларацияны (бар болса)қабылдауға негіз болған өтініш берушінің таңдауы бойынша өзге де құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z437" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнім партиясы немесе бір бұйым үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z438" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      келісімшарттың (жеткізу шартының) көшірмесі және өнім партиясын немесе бір бұйымды сәйкестендіретін тауарға ілеспе құжаттар, оның ішінде мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z439" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пайдалану құжаттарының көшірмесі (қажет болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z440" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стандарттау жөніндегі құжаттардың немесе стандарттау саласындағы өзге де нормативтік құжаттардың тізімі, оларға сәйкес өнім дайындалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z441" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнім дайындалған құжаттың (құжаттардың) көшірмесі (ұйымның стандарттау жөніндегі құжаты, техникалық шарттар немесе өзге де құжат) (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z442" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнім үлгілерін (сынамаларын) зерттеу (сынау) және өлшеу хаттамалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z443" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестік туралы декларацияны (бар болса) қабылдауға негіз болған өтініш берушінің таңдауы бойынша өзге де құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәйкестікті бағалау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына 2-2-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өнімді сәйкестендіру актісінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z445" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ  МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Іріктелген үлгілер зертханалық зерттеулер жүргізу үшін жіберілді </w:t>
-[...53 lines deleted...]
-      Қосымша ақпарат</w:t>
+      Ескерту. Қағидаларды 2-2-қосымшамен толықтырылды – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="6640"/>
+        <w:gridCol w:w="5660"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z446" w:id="355"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сәйкестікті растау жөніндегі органның өкілі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аккредиттеу белгісінің суреті KZ. (1)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="355"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+QR-код (2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z449" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өнімді сәйкестендіру актісі  мемлекеттік техникалық реттеу жүйесінің  деректер тізілімінде тіркелген   20___ жылғы "____" ________ (3) № ________________________ (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z450" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестікті растау жөніндегі орган (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z451" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы өнімді сәйкестендіру актісі тиісті түрде куәландырады</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z452" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестендірілген өнім (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z453" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЕАЭО ТН СЭҚ коды (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z454" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өндірілген (8)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z455" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техникалық регламенттердің (регламенттердің) талаптарына сәйкестігі міндетті түрде расталуға жатады/жатпайды (9)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z456" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z457" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы өнімді сәйкестендіру актісі: (11) негізінде ресімделді</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z458" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Растау жөніндегі органның басшысы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z459" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      немесе ол уәкілеттік берген тұлға (12) аты-жөні, тегі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z460" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сарапшы-аудитор (13) аты-жөні, тегі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z461" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бұл құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Қазақстан Республикасы Заңының 7-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қағаз жеткізгіштегі құжатқа тең.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z462" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық құжаттың қолданылу мәртебесін және түпнұсқалығын мемлекеттік техникалық реттеу жүйесінің деректер тізілімінде интернет желісі арқылы тексеруге болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәйкестікті бағалау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20__ жылғы "___" ___________№ __ өтінім бойынша  20__ жылғы "__" ______ үлгілерді іріктеу актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымша жаңа редакцияда – ҚР Сауда және интеграция министрінің м.а. 09.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кәсіпорын ________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (бизнес-сәйкестендіру нөмірі (БСН)/жеке сәйкестендіру нөмірі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (ЖСН) және атауы, мекенжайы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мекенжайы және іріктеу орны _______________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Акт жасалды ______________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (жеке сәйкестендіру нөмірі (ЖСН), тегі, аты, әкесінің аты (ол болған кезде)) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тапсырыс берушінің немесе оның өкілінің қатысуымен __________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (жеке сәйкестендіру нөмірі (ЖСН), тегі, аты, әкесінің аты (ол болған кезде)) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сертификаттық сынақтар үшін ұсынылған өнімнің үлгілері сәйкес таңдалды </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                        (нормативтік құжаттың атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бойынша алынған өнім___________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (тауар-көлік жүкқұжаты; теміржол түбіртектері №, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      келісімшарт бойынша күні; шарт №, күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Дайындаушы _____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (бизнес-сәйкестендіру нөмірі (БСН)/жеке сәйкестендіру нөмірі (ЖСН), </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      атауы, елі, мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеткізуші _______________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (бизнес-сәйкестендіру нөмірі (БСН)/жеке сәйкестендіру нөмірі (ЖСН), </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      атауы, елі, мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексерумен анықталады____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сақтау шарттары__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ыдыстың, орамның, ыдыстардың түрі мен жай-күйі____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орамдағы және заттаңбадағы жазулар________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілер атаумен ұсынылған өнімнен іріктеп алынды:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2200"/>
+        <w:gridCol w:w="645"/>
+        <w:gridCol w:w="646"/>
+        <w:gridCol w:w="646"/>
+        <w:gridCol w:w="646"/>
+        <w:gridCol w:w="646"/>
+        <w:gridCol w:w="825"/>
+        <w:gridCol w:w="646"/>
+        <w:gridCol w:w="5400"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аты-жөні, тегі</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+Ұсынылған өнім үлгілерінің атауы (түрі, маркасы, моделі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аккредиттелген зертхананың өкілі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+Өлшем бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="646" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Партия нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="646" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аты-жөні, тегі</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+Партия мөлшері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="646" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтініш беруші</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+Партия мөлшері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="646" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жарамдылық мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="825" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Іріктелген өнім үлгілерінің саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="646" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код ТНВЭД</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+GTIN немесе N/KZ TIN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="646" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="646" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="646" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="646" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="825" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="646" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау сынамалардың үлгілерін сақтау (талап ету) мерзімі осы актіге қол</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қойылған күннен бастап ____ ай.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Іріктеп алынған өнімнің бақылау үлгілерінің саны _________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Іріктелген үлгілер зертханалық зерттеулер жүргізу үшін жіберілді </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (сынақ зертханасының (орталығының) атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6085"/>
+        <w:gridCol w:w="860"/>
+        <w:gridCol w:w="5355"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәйкестікті растау жөніндегі органның өкілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аты-жөні, тегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аккредиттелген зертхананың өкілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аты-жөні, тегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш беруші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21762,156 +24902,155 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сәйкестік сертификатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z236" w:id="215"/>
+    <w:bookmarkStart w:name="z236" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="370"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="5975"/>
+        <w:gridCol w:w="1242"/>
+        <w:gridCol w:w="5083"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5975" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 KZ аккредиттеу белгісінің бейнесі. (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1242" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік белгісінің суреті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5083" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 QR-код (2)</w:t>
@@ -22162,161 +25301,160 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қосымша ақпарат (13)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="9744"/>
+        <w:gridCol w:w="2556"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="9744" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестікті растау жөніндегі органның басшысы немесе ол уәкілеттік берген тұлға (14)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні, тегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="9744" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сарапшы-аудитор (15) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні, тегі</w:t>
@@ -22546,210 +25684,197 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z238" w:id="216"/>
+    <w:bookmarkStart w:name="z238" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkEnd w:id="371"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="758"/>
+        <w:gridCol w:w="9699"/>
+        <w:gridCol w:w="1843"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="758" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік белгісінің суреті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9699" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік сертификатына қосымша</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 20___ жылғы "____" ________ </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 № ____________________ </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20___ жылғы "____" ________ дейін жарамды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 QR-код</w:t>
@@ -22765,175 +25890,174 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сәйкестік сертификатының күші қолданылатын нақты өнімнің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="3812"/>
+        <w:gridCol w:w="3059"/>
+        <w:gridCol w:w="1735"/>
+        <w:gridCol w:w="1062"/>
+        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="2617"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р / с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЕАЭО СЭҚ ТН коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өнімнің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22967,254 +26091,289 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өнім шығарылатын құжаттаманың белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестікті растау жөніндегі органның басшысы немесе ол уәкілеттік берген тұлға (14)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2617" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23248,51 +26407,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сарапшы-аудитор (15) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2617" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23540,156 +26699,155 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z240" w:id="217"/>
+    <w:bookmarkStart w:name="z240" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="372"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="8120"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="3360"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="8120" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аралас IAF MLA белгісінің суреті KZ. (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік белгісінің бейнесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3360" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 QR-код (2)</w:t>
@@ -23904,161 +27062,160 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қосымша ақпарат (13)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="9744"/>
+        <w:gridCol w:w="2556"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="9744" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестікті растау жөніндегі органның басшысы немесе ол уәкілеттік берген тұлға (14)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні, тегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="9744" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сарапшы-аудитор (15) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні, тегі</w:t>
@@ -24301,156 +27458,155 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z242" w:id="218"/>
+    <w:bookmarkStart w:name="z242" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="373"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="300"/>
+        <w:gridCol w:w="11269"/>
+        <w:gridCol w:w="731"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік белгісінің суреті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11269" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік сертификатына қосымша 20___ жылғы "____" ________ № ____________________ 20___ жылғы "____" _______ дейін жарамды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="731" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 QR-код</w:t>
@@ -24468,175 +27624,174 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәйкестік сертификатының күші қолданылатын нақты өнімнің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="3812"/>
+        <w:gridCol w:w="3059"/>
+        <w:gridCol w:w="1735"/>
+        <w:gridCol w:w="1062"/>
+        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="2617"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р / с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЕАЭО СЭҚ ТН коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өнімнің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24670,254 +27825,289 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өнім шығарылатын құжаттаманың белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестікті растау жөніндегі органның басшысы немесе ол уәкілеттік берген тұлға (14)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2617" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24951,51 +28141,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сарапшы-аудитор (15) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2617" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25152,156 +28342,155 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сәйкестік сертификатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z244" w:id="219"/>
+    <w:bookmarkStart w:name="z244" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="374"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="5975"/>
+        <w:gridCol w:w="1242"/>
+        <w:gridCol w:w="5083"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5975" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 KZ аккредиттеу белгісінің бейнесі. (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1242" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік белгісінің бейнесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5083" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 QR-код (2)</w:t>
@@ -25480,161 +28669,160 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       талаптарға сәйкес келеді (11)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="9744"/>
+        <w:gridCol w:w="2556"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="9744" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестікті растау жөніндегі органның басшысы немесе ол уәкілеттік берген тұлға (14)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні, тегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="9744" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сарапшы-аудитор (15) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні, тегі</w:t>
@@ -25851,156 +29039,155 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z246" w:id="220"/>
+    <w:bookmarkStart w:name="z246" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="375"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="296"/>
+        <w:gridCol w:w="11283"/>
+        <w:gridCol w:w="721"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="296" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік белгісінің бейнесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11283" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәйкестік сертификатына қосымша 20___ жылғы "____" ________ № ____________________ 20___ жылғы "____" ________ дейін жарамды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="721" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 QR-код</w:t>
@@ -26017,96 +29204,95 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәйкестік сертификатының күші қолданылатын нақты өнімнің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="5771"/>
+        <w:gridCol w:w="3941"/>
+        <w:gridCol w:w="32"/>
+        <w:gridCol w:w="2556"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5771" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3941" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЭҚЖЖ коды</w:t>
@@ -26130,170 +29316,191 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Менеджмент жүйесін сертификаттау саласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5771" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3941" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестікті растау жөніндегі органның басшысы немесе ол уәкілеттік берген тұлға (14)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні, тегі</w:t>
@@ -26317,51 +29524,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сарапшы-аудитор (15) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні, тегі</w:t>
@@ -26591,156 +29798,155 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z248" w:id="221"/>
+    <w:bookmarkStart w:name="z248" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="376"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="8120"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="3360"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="8120" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IAF MLA KZ біріктірілген белгісінің бейнесі. (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік белгісінің бейнесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3360" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 QR-код (2)</w:t>
@@ -26919,161 +30125,160 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       талаптарға сәйкес келеді (11)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="9744"/>
+        <w:gridCol w:w="2556"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="9744" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестікті растау жөніндегі органның басшысы немесе ол уәкілеттік берген тұлға (14)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні, тегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="9744" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сарапшы-аудитор (15) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні, тегі</w:t>
@@ -27316,156 +30521,155 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z250" w:id="222"/>
+    <w:bookmarkStart w:name="z250" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="377"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="11324"/>
+        <w:gridCol w:w="692"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік белгісінің бейнесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11324" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік сертификатына қосымша 20___ жылғы "____" ___________ № ____________________ 20___ жылғы "____" ________ дейін жарамды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="692" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 QR-код</w:t>
@@ -27482,96 +30686,95 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәйкестік сертификатының күші қолданылатын нақты өнімнің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="5771"/>
+        <w:gridCol w:w="3941"/>
+        <w:gridCol w:w="32"/>
+        <w:gridCol w:w="2556"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5771" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3941" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЭҚЖЖ коды</w:t>
@@ -27595,170 +30798,191 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Менеджмент жүйесін сертификаттау саласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5771" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3941" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестікті растау жөніндегі органның басшысы немесе ол уәкілеттік берген тұлға (14)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні, тегі</w:t>
@@ -27782,51 +31006,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сарапшы-аудитор (15) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні, тегі</w:t>
@@ -28030,156 +31254,155 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z252" w:id="223"/>
+    <w:bookmarkStart w:name="z252" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkEnd w:id="378"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="5975"/>
+        <w:gridCol w:w="1242"/>
+        <w:gridCol w:w="5083"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5975" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 KZ аккредиттеу белгісінің бейнесі. (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1242" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік белгісінің бейнесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5083" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 QR-код (2)</w:t>
@@ -28376,161 +31599,160 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Кезеңдік бағалауды жүзеге асыратын ұйым (12) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="9744"/>
+        <w:gridCol w:w="2556"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="9744" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестікті растау жөніндегі органның басшысы немесе ол уәкілеттік берген тұлға (14)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні, тегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="9744" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сарапшы-аудитор (15) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні, тегі</w:t>
@@ -28682,156 +31904,155 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сертификатына қосымшаның</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z254" w:id="224"/>
+    <w:bookmarkStart w:name="z254" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="379"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="296"/>
+        <w:gridCol w:w="11283"/>
+        <w:gridCol w:w="721"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="296" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік белгісінің бейнесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11283" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәйкестік сертификатына қосымша 20___ жылғы "____" ________ № ____________________ 20___ жылғы "____" ________ дейін жарамды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="721" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 QR-код</w:t>
@@ -28852,139 +32073,138 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2505"/>
+        <w:gridCol w:w="1753"/>
+        <w:gridCol w:w="1753"/>
+        <w:gridCol w:w="2914"/>
+        <w:gridCol w:w="2103"/>
+        <w:gridCol w:w="1272"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЭҚТӨЖ коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29013,248 +32233,283 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сертификаттау кезінде расталатын қызмет сипаттамаларын регламенттейтін құжаттаманы белгілеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызмет санаттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29427,166 +32682,50 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағына сәйкес қағаз жеткізгіштегі құжатпен бірдей.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық құжаттың түпнұсқалығын интернет арқылы тексере аласыз.</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -29635,738 +32774,869 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сәйкестікті бағалау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына 5-қосымша</w:t>
+              <w:t>қағидаларына 4-1-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Процестің сәйкестік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификатының нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z463" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ  МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 4-1-қосымшамен толықтырылды – ҚР Сауда және интеграция министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6122"/>
+        <w:gridCol w:w="959"/>
+        <w:gridCol w:w="5219"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z464" w:id="381"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аккредиттеу белгісінің суреті KZ. (1)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="381"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z465" w:id="382"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәйкестік белгісінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+суреті</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="382"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5219" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+QR-код (2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z469" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сәйкестік сертификаты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z470" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік техникалық реттеу жүйесінің  деректер тізілімінде тіркелген</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z471" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20____ жылғы "____" _________ (3) № _______________________ (4) 20____ жылғы "___" ___________ дейін жарамды (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z472" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестікті растау жөніндегі орган (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z473" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы сәйкестік сертификаты куәландырады,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z474" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұл процесс (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z475" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші (8)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z476" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      талаптарға сәйкес келеді (9)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z477" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестік сертификаты (10) негізінде берілген</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z478" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша ақпарат (11)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z479" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл сертификат сәйкестікті міндетті растау құжаттарын және сәйкестікті бағалау объектісінің қауіпсіздігін куәландыратын рұқсат құжаттарын алмастырмайды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9364"/>
+        <w:gridCol w:w="406"/>
+        <w:gridCol w:w="2530"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z480" w:id="394"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәйкестікті растау жөніндегі органның басшысы немесе ол уәкілеттік берген тұлға (12)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="394"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аты-жөні, тегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...189 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="9364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z484" w:id="395"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KZ аккредиттеу белгісінің бейнесі. (1)</w:t>
-[...6 lines deleted...]
-            <w:tcBorders/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Эксперт-аудитор (13)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="395"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...35 lines deleted...]
-QR-код (2)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+аты-жөні, тегі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...349 lines deleted...]
-    </w:tbl>
+    <w:bookmarkStart w:name="z488" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Аталған құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Қазақстан Республикасы Заңының </w:t>
-[...39 lines deleted...]
-    </w:p>
+      Осы құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Қазақстан Республикасы Заңының 7-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қағаз жеткізгіштегі құжатқа тең. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z489" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сіз интернет желісі арқылы электрондық құжаттың түпнұсқалығын тексере аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -30400,876 +33670,936 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәйкестік туралы декларацияға</w:t>
+              <w:t>Процестің сәйкестік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қосымшаның </w:t>
-[...55 lines deleted...]
-            </w:pPr>
+              <w:t>сертификатына қосымшаның</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z258" w:id="226"/>
+    <w:bookmarkStart w:name="z491" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
-[...138 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ  МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="642"/>
+        <w:gridCol w:w="169"/>
+        <w:gridCol w:w="9985"/>
+        <w:gridCol w:w="1504"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z492" w:id="399"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-р/с №</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәйкестік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЕАЭО СЭҚ ТН коды</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>белгісінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өнімнің атауы</w:t>
-[...37 lines deleted...]
-          </w:p>
+суреті</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="399"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өнім шығарылатын құжаттаманың белгіленуі</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+Сәйкестік сертификатына қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20___ жылғы "____" ________ (3)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ _________________________ (4)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20__ жылғы "___" ________ дейін жарамды (5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1504" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...103 lines deleted...]
-        </w:tc>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+QR-код</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z498" w:id="400"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...16 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="400"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:t>
+Процестің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1504" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-аты-жөні, тегі</w:t>
+Сертификаттау кезінде расталатын процестің сипаттамаларын реттейтін құжаттаманы белгілеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...13 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z510" w:id="401"/>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәйкестікті растау жөніндегі органның басшысы немесе ол уәкілеттік берген тұлға (12)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="401"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аты-жөні, тегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z513" w:id="402"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Эксперт-аудитор (13)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="402"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 аты-жөні, тегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z516" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Аталған құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Қазақстан Республикасы Заңының </w:t>
-[...39 lines deleted...]
-    </w:p>
+      Бұл құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Қазақстан Республикасы Заңының 7-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қағаз жеткізгіштегі құжатқа тең. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z517" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сіз интернет желісі арқылы электрондық құжаттың түпнұсқалығын тексере аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -31316,2523 +34646,741 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сәйкестікті бағалау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>қағидаларына 5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәйкестік туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6-қосымша</w:t>
+              <w:t>декларацияның</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z226" w:id="227"/>
+    <w:bookmarkStart w:name="z256" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қызметтерді сертификаттау схемалары</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="227"/>
+        <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="6518"/>
+        <w:gridCol w:w="237"/>
+        <w:gridCol w:w="5545"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6518" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Схеманың нөмірі</w:t>
-[...11 lines deleted...]
-            </w:tcBorders>
+KZ аккредиттеу белгісінің бейнесі. (1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="237" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5545" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орындалу шеберлігін бағалау</w:t>
-[...11 lines deleted...]
-            </w:tcBorders>
+QR-код (2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестік туралы декларация техникалық реттеудің мемлекеттік жүйесі деректерінің тізілімінде тіркелген</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20___ жылғы "____" ________ (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № ____________________ (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20___ жылғы "____" ________ дейін жарамды (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестікті растау жөніндегі орган (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйым (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұлғада (8)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзінің айрықша жауапкершілігіне өнімнің (9)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      талаптарға сәйкес келеді (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      негізінде қабылданды (11)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша ақпарат (12)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9744"/>
+        <w:gridCol w:w="2556"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9744" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...12 lines deleted...]
-            </w:tcBorders>
+              <w:t xml:space="preserve">
+Ұйым басшысы немесе жеке кәсіпкер (13) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіпорынды аттестаттау</w:t>
-[...107 lines deleted...]
-Кезеңдік бағалау</w:t>
+аты-жөні, тегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="9744" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...12 lines deleted...]
-            </w:tcBorders>
+              <w:t xml:space="preserve">
+Сәйкестікті растау жөніндегі органның басшысы немесе ол уәкілеттік берген тұлға (14) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...1396 lines deleted...]
-Қызметтер көрсету процесінің тұрақтылығын бақылау</w:t>
+аты-жөні, тегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескертпе: </w:t>
-[...663 lines deleted...]
-      Материалдық емес қызметтерді сертификаттау сараптамалық немесе әлеуметтік бағалау арқылы жүзеге асырылады.</w:t>
+      Аталған құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағына сәйкес қағаз жеткізгіштегі құжатпен бірдей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық құжаттың түпнұсқалығын интернет арқылы тексере аласыз.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -33868,313 +35416,3932 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Сәйкестік туралы декларацияға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сауда және интеграция</w:t>
-[...51 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t xml:space="preserve">қосымшаның </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z228" w:id="228"/>
+    <w:bookmarkStart w:name="z258" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТЕХНИКАЛЫҚ РЕТТЕУ ЖҮЙЕСІ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="294"/>
+        <w:gridCol w:w="11290"/>
+        <w:gridCol w:w="716"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="294" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәйкестік белгісінің бейнесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11290" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәйкестік туралы декларацияға қосымша 20___ жылғы "____" ________ № ____________________ 20___ жылғы "____" ________ дейін жарамды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+QR-код</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестік туралы декларацияның күші қолданылатын нақты өнімнің тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2868"/>
+        <w:gridCol w:w="3542"/>
+        <w:gridCol w:w="2013"/>
+        <w:gridCol w:w="1236"/>
+        <w:gridCol w:w="23"/>
+        <w:gridCol w:w="2618"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЕАЭО СЭҚ ТН коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнімнің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дайындаушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнім шығарылатын құжаттаманың белгіленуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ұйым басшысы немесе жеке кәсіпкер (13) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аты-жөні, тегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сәйкестікті растау жөніндегі органның басшысы немесе ол уәкілеттік берген тұлға (14) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аты-жөні, тегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аталған құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағына сәйкес қағаз жеткізгіштегі құжатпен бірдей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық құжаттың түпнұсқалығын интернет арқылы тексере аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәйкестікті бағалау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z226" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қызметтерді сертификаттау схемалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1429"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="1827"/>
+        <w:gridCol w:w="1531"/>
+        <w:gridCol w:w="1531"/>
+        <w:gridCol w:w="1828"/>
+        <w:gridCol w:w="2624"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Схеманың нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындалу шеберлігін бағалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметтер көрсету процесін бағалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіпорынды аттестаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Менеджмент жүйесін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметтердің нәтижесін іріктеп тексеру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кезеңдік бағалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметтердің нәтижелерін тексеру*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметтер көрсету процесінің тұрақтылығын бақылау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметтердің нәтижелерін іріктеп тексеру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметтердің нәтижелерін іріктеп тексеру*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметтер көрсету процесінің тұрақтылығын бақылау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * – Материалдық емес қызметтерді сертификаттау социологиялық бағалау әдісімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қызметтерді сертификаттау схемаларын қолдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. 1-схема қызмет орындаушының шеберлігін бағалауды көздейді, оған жұмыс жағдайларын, технологиялық құжаттаманы, стандарттау жөніндегі құжаттаманы білуін, жұмыс тәжірибесін, біліктілігін арттыру туралы мәліметтерді тексеру және қызмет нәтижесін (жөнделген, тазартылған және басқа да бұйымдар) іріктеп тексеру, сондай-ақ кейіннен кезеңдік бағалау кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке кәсіпкерлер мен шағын кәсіпорындар көрсететін қызметтерді сертификаттау үшін қолдану ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 2-схема қызмет көрсету процесін бағалауды көздейді, оны жүзеге асыруға екі тәсілмен жол беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      технологиялық процесті, Орындаушының шеберлігін, қызмет көрсету шарттарын тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      менеджмент жүйесін бағалау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңдік бағалау қызмет көрсету процесінің тұрақтылығын бақылау жолымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Технологиялық процесті тексеру кезінде мыналар бақыланады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) технологиялық құжаттаманың толықтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жабдықтың орындалатын технологиялық процестің талаптарына сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) орындаушылардың біліктілігінің орындалатын технологиялық процестің талаптарына сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) технологиялық тәртіпті сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жабдықтардың, бақылау-өлшеу аспаптары мен құрал-саймандардың орындалатын технологиялық процестің талаптарына сәйкестігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Менеджмент жүйесін бағалау кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сапа саласындағы саясат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сапа жөніндегі нұсқаулық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) менеджмент жүйесі элементтерінің белгіленген талаптарға сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сапа саласында белгіленген мақсаттарға қол жеткізу тұрғысынан менеджмент жүйесінің тиімділігі тексеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушіде менеджмент жүйесіне сәйкестік сертификаты болған жағдайда менеджмент жүйесін бағалау жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 3-схема қызмет көрсету нәтижесін жаппай тексеруді көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Схеманы материалдық қызметтерді (жеке тапсырыстар бойынша бұйымдарды жөндеу және дайындау) сертификаттау үшін қолдануға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңдік бағалау қызмет көрсету нәтижесін іріктеп тексеру жолымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 4-схема кәсіпорынды аттестаттауды қарастырады, оған мынадай тексеру кіреді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оның материалдық-техникалық базасының жай-күйі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұтынушыларға қызмет көрсетудің санитарлық-гигиеналық жағдайлары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мақсатты және қосымша қызметтерді қоса алғанда, қызметтердің ассортименті мен сапасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызмет көрсетудің нақтылығы мен уақтылылығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызмет көрсету сапасы (қарым-қатынас этикасы, жайлылық, эстетика, тұтынушының сұраныстарын есепке алу және өзгесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметкерлердің кәсіби шеберлігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қонақүйлерді, мейрамханаларды, шаштараздарды, кинотеатрларды және басқаларды сертификаттау кезінде қолдану ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кәсіпорынды бағалау нәтижесі ретінде разряд (санат, сынып, жұлдыз) беруге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңдік бағалауды социологиялық әдістерді пайдалана отырып жүзеге асыруға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 5-схема менеджмент жүйесін сертификаттауды және оның жұмыс істеу тұрақтылығын кейіннен мерзімді бақылауды көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Менеджмент жүйесін сертификаттауды Қазақстан Республикасының Мемлекеттік техникалық реттеу жүйесінің нормативтік құжаттарына сәйкес менеджмент жүйелері бойынша сарапшы-аудиторларды тарта отырып, менеджмент жүйесінің сәйкестігін растау жөніндегі орган жүзеге асырады. Қызметтердің барлық түрлерін сертификаттау кезінде қолдануға рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Материалдық емес қызметтерді сертификаттау сараптамалық немесе әлеуметтік бағалау арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сауда және интеграция</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің м.а.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2021 жылғы 29 маусымдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 433-НҚ бұйрыққа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z228" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Күші жойылған кейбір бұйрықтардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z229" w:id="229"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z229" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Сәйкестікті растау қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 12 қазандағы № 710 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17758 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z230" w:id="230"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z230" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Сәйкестік сертификаты бланкілерінің нысандарын және оларды толтыру тәртібін бекіту туралы" Қазақстан Республикасы Сауда және интеграция министрінің 2020 жылғы 21 қыркүйектегі № 203-НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21272 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z231" w:id="231"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z231" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Сәйкестік туралы декларация нысанын бекіту, ресімдеу және тіркеу тәртібін бекіту туралы" Қазақстан Республикасы Сауда және интеграция министрінің 2020 жылғы 14 қазандағы № 224-НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21450 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkEnd w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>