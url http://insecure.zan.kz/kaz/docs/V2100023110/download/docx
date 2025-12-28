--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dd07ba4" w14:textId="dd07ba4">
+    <w:p w14:paraId="37b0b2a" w14:textId="37b0b2a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,83 +93,87 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мемлекеттік көміртегі кадастрын жүргізу қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Экология, геология және табиғи ресурстар министрінің 2021 жылғы 10 маусымдағы № 190 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 19 маусымда № 23110 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Экология, геология және табиғи ресурстар министрінің 2021 жылғы 10 маусымдағы № 190 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 19 маусымда № 23110 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы бұйрық 01.07.2021 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -360,140 +364,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы бұйрық 2021 жылғы 1 шілдеден бастап қолданысқа енгізіледі және ресми жариялануға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Экология, геология және табиғи</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ресурстар министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -819,51 +839,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Мемлекеттік көміртегі кадастры - парниктік газдардың шығарылу көздерін, олар шығарған шығарындылар көлемін, сондай-ақ қондырғының операторы үшін белгіленген шекаралар шегінде парниктік газдардың шығарылуын қысқарту немесе сіңірілуін ұлғайту көлемін есепке алу жүйесін;</w:t>
+      1) Мемлекеттік көміртегі кадастры – парниктік газдардың шығарылу көздерін, олар шығарған шығарындылар көлемін, сондай-ақ қондырғының операторы үшін белгіленген шекаралар шегінде парниктік газдардың шығарылуын қысқарту немесе сіңірілуін ұлғайту көлемін есепке алу жүйесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Көміртегі бірліктерінің саудасы жүйесінің операторы - парниктік газдардың шығарылуы мен сіңірілуі саласындағы мемлекеттік реттеу мен халықаралық ынтымақтастықты техникалық және сараптамалық қолдап отыруды қамтамасыз ететін, қоршаған ортаны қорғау саласындағы уәкілетті органның парниктік газдардың шығарылуын реттеу жөніндегі ведомстволық бағынысты ұйымы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -874,50 +894,112 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Квоталау субъектісі - парниктік газдардың квоталанатын шығарылу көлемі экономиканың реттелетін секторларында жылына жиырма мың тонна көміртегі диоксидінен асатын квоталанатын қондырғының операторы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Әкімшілендіру субъектісі - парниктік газдардың квоталанатын шығарылуының көлемі экономиканың реттелетін секторларында жылына он мыңнан жиырма мың тоннаға дейінгі көміртегі диоксидін құрайтын қондырғы әкімшілендірілетін қондырғының операторы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Экология және табиғи ресурстар министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 309</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік көміртегі кадастрын (бұдан әрі – Мемлекеттік кадастр) Көміртегі бірліктерінің сауда жүйесінің операторы қалыптастырады және жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
@@ -1769,31 +1851,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>