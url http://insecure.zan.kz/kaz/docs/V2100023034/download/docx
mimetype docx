--- v0 (2025-10-05)
+++ v1 (2025-12-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9c4eec0" w14:textId="9c4eec0">
+    <w:p w14:paraId="22c00a2" w14:textId="22c00a2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -848,50 +848,176 @@
         <w:t>
       3) көлік құралының типін мақұлдау – бір типке жататын айналымға шығарылған көлік құралдарының КО ТР 018/2011 талаптарына сәйкестігін куәландыратын электронды құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) көлік құралының (шассидің, құрауыштың) типі – бір дайындаушы дайындаған, техникалық сипаттауда белгіленген жалпы конструктивтік белгілері бар көлік құралдары (шассиі, құрауышы);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақ 4) тармақшамен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Сауда және интеграция министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 308-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өтiнiм берушi – Қазақстан Республикасының немесе Еуразиялық экономикалық одаққа мүше мемлекеттің заңнамасына сәйкес тіркелген, сәйкестікті бағалауды жүргізу үшін өнімді, процестерді және көрсетілетін қызметті ұсынған заңды тұлға немесе дара кәсіпкер ретінде тіркелген жеке тұлға (дайындаушы, импорттаушы, дайындаушы уәкілеттік берген тұлға, сатушы);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1346,50 +1472,176 @@
         <w:t>
       12) егер өтінім беруші дайындаушы болып табылмаса, дайындаушы мен өтінім беруші арасындағы сәйкестікті бағалауды жүргізуге өтінім берушіге өкілеттік беру туралы және КО ТР 018/2011 талаптарына сәйкес көлік құралдарының (шассидің) қауіпсіздігін қамтамасыз ету үшін дайындаушымен ортақ жауапкершілік туралы келісім;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) егер дайындаушы Еуразиялық экономикалық одаққа мүше мемлекеттің резиденті болып табылмаса, айналымға шығарылатын көлік құралдарының (шассидің) КО ТР 018/2011 талаптарына сәйкестігін қамтамасыз ету үшін дайындаушымен бірге жауапты өз өкілін Еуразиялық экономикалық одаққа мүше әрбір мемлекетте тағайындауды растайтын келісім;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақ 13-1) тармақшамен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Сауда және интеграция министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 308-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1488,130 +1740,254 @@
         <w:t xml:space="preserve">
       5. Осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша көлік құралы типін мақұлдаулар, шасси типін мақұлдаулар көлік құралы типін мақұлдаулар, шасси типін мақұлдаулар тізілімінде тіркеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Сауда және интеграция министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 308-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Көлік құралы типін мақұлдауларды, шасси типін мақұлдауларды ресімдеудің дұрыстығын және негізділігін тексеруді олардың техникалық хатшылыққа келіп түскен күнінен бастап есептелетін 30 (отыз) жұмыс күні ішінде техникалық хатшылық жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Көлік құралы типін мақұлдауларды, шасси типін мақұлдауларды ресімдеу дұрыстығы мен негізділігін тексеру кезінде техникалық хатшылық сонымен қатар тексереді:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
-[...15 lines deleted...]
-      7. Көлік құралы типін мақұлдауларды, шасси типін мақұлдауларды ресімдеу дұрыстығы мен негізділігін тексеру кезінде техникалық хатшылық сонымен қатар тексереді:</w:t>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Еуразиялық экономикалық кеңес Алқасының 2014 жылғы 9 желтоқсандағы № 232 шешімімен бекітілген, Қауіпсіздік талаптарымен өзгерістер енгізілген көлік құралдары құрастырылымының сәйкестігі туралы куәліктердің және көлік құралы құрастырылымының қауіпсіздігі туралы куәліктердің, берілген техникалық регламенттің талаптарына сәйкестігін растайтын құжатты жою туралы, көлік құралы типін мақұлдаулар, шасси типін мақұлдаулар бланкісін толтыру қағидаларына сәйкес көлік құралының типін мақұлдау бланкісі нысанын толтырылу дұрыстығын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
-[...15 lines deleted...]
-      1) Еуразиялық экономикалық кеңес Алқасының 2014 жылғы 9 желтоқсандағы № 232 шешімімен бекітілген, Қауіпсіздік талаптарымен өзгерістер енгізілген көлік құралдары құрастырылымының сәйкестігі туралы куәліктердің және көлік құралы құрастырылымының қауіпсіздігі туралы куәліктердің, берілген техникалық регламенттің талаптарына сәйкестігін растайтын құжатты жою туралы, көлік құралы типін мақұлдаулар, шасси типін мақұлдаулар бланкісін толтыру қағидаларына сәйкес көлік құралының типін мақұлдау бланкісі нысанын толтырылу дұрыстығын;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сәйкестік туралы декларациялар мен сәйкестік сертификаттарын берудің заңдылығын айқындау мақсатында Еуразиялық экономикалық одақтың сәйкестікті бағалау жөніндегі органдарының бірыңғай тізілімінде сәйкестікті растау жөніндегі органдардың болуы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1630,90 +2006,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Техникалық хатшылық көлік құралы типін мақұлдауларды, шасси типін мақұлдауларды ресімдеудің дұрыстығы мен негізділігін тексерудің оң нәтижесі кезінде осы Қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көлік құралы типін мақұлдауларды, шасси типін мақұлдауларды ресімдеудің дұрыстығы мен негізділігін тексерудің қорытындысын рәсімдейді және көлік құралы типін мақұлдауларды, шасси типін мақұлдауларды ақпараттық жүйе арқылы бекіту үшін уәкілетті органға ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1731,52 +2107,159 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Сауда және интеграция министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 308-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Ұсынылған құжаттар толық болмаған және (немесе) олар осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1811,51 +2294,166 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптарға сәйкес келмеген жағдайларда, техникалық хатшылық Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптарды сақтай отырып, күнтізбелік 15 (он бес) күн ішінде сәйкестікті растау жөніндегі органға жазбаша дәлелді бас тартуды қоса бере отырып, ұсынылған құжаттарды қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар 10-тармақпен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Сауда және интеграция министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 308-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2038,68 +2636,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көлік құралы типін мақұлдаулардың, шасси типін мақұлдаулардың сәйкестендіру карточкасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3495,80 +4093,80 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сәйкестікті растау жөніндегі орган басшысы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрондық цифрлық қолтаңба       Тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Ескертпе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәйкестендіру карточкасы бір парақта орналасатындай форматтағы қаріп таңдалады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -3756,68 +4354,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көлік құралы типін мақұлдаулардың, шасси типін мақұлдаулардың тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
@@ -5067,70 +5665,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *9 және 10-бағандар көлік құралдарының типтерін бекіту үшін толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -5266,68 +5864,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көлік құралы типін мақұлдауларды, шасси типін мақұлдауларды ресімдеудің дұрыстығы мен негізділігін тексерудің қорытындысы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 3-қосымшамен толықтырылды - ҚР Сауда және интеграция министрінің 10.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5745,55 +6343,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>