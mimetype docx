--- v1 (2025-12-16)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="22c00a2" w14:textId="22c00a2">
+    <w:p w14:paraId="e76d78e" w14:textId="e76d78e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -848,1248 +848,1056 @@
         <w:t>
       3) көлік құралының типін мақұлдау – бір типке жататын айналымға шығарылған көлік құралдарының КО ТР 018/2011 талаптарына сәйкестігін куәландыратын электронды құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) көлік құралының (шассидің, құрауыштың) типі – бір дайындаушы дайындаған, техникалық сипаттауда белгіленген жалпы конструктивтік белгілері бар көлік құралдары (шассиі, құрауышы);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:p>
-[...125 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z58" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) көлік құралын жасаушыға халықаралық сәйкестендіру кодын беру туралы куәлік – Қазақстан Республикасының аумағында қызметін жүзеге асыратын көлік құралын жасаушы заңды тұлғаға немесе дара кәсіпкер ретінде тіркелген жеке тұлғаға халықаралық сәйкестендіру кодының берілгенін растайтын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өтiнiм берушi – Қазақстан Республикасының немесе Еуразиялық экономикалық одаққа мүше мемлекеттің заңнамасына сәйкес тіркелген, сәйкестікті бағалауды жүргізу үшін өнімді, процестерді және көрсетілетін қызметті ұсынған заңды тұлға немесе дара кәсіпкер ретінде тіркелген жеке тұлға (дайындаушы, импорттаушы, дайындаушы уәкілеттік берген тұлға, сатушы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z18" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) сәйкестендіру – көлік құралында (шассиде) немесе оның компоненттерінде бар зауыттық таңбаның және көлік құралын (шассиді) және оның компоненттерін бөлшектемей өткізілетін өтініш беруші тапсырған құжаттамадағы немесе сәйкестікті растайтын құжаттардағы деректердің бірдейлігін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) сәйкестікті растау жөніндегі орган – сәйкестікті растау жөніндегі қызметті жүзеге асыру үшін "Сәйкестікті бағалау саласындағы аккредиттеу туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес аккредиттелген заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) техникалық реттеудің ақпараттық жүйесі (бұдан әрі – ақпараттық жүйе) – техникалық реттеу тізілімдеріндегі, өлшем бірлігін қамтамасыз етудің мемлекеттік жүйесінің, ұлттық стандарттау жүйесінің және Еуразиялық экономикалық одақтың сәйкестікті бағалау туралы берілген немесе қабылданған құжаттарының бірыңғай тізілімдерінің мәліметтері мен ақпараттарын сақтауға, өңдеуге, іздеуге, таратуға, беруге және ұсынуға арналған автоматтандырылған ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) техникалық реттеу саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – техникалық реттеу саласында басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) техникалық хатшылық – көлік құралы типін мақұлдауды, шасси типін мақұлдауды ресімдеудің дұрыстығы мен негізділігін тексеру, көлік құралы конструкциясының қауіпсіздігі туралы берілген куәліктер жөніндегі мәліметтерді жинау және көлік құралдарын жасаушыларға халықаралық сәйкестендіру кодтарын беру жөніндегі қызметті жүзеге асыруға уәкілетті орган айқындайтын ұйым;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) типтің ресми бекітілгені туралы хабарлама – көлік құралдарының немесе оның құрауыштарының Біріккен Ұлттар Ұйымының қағидалары талаптарына сәйкестігін растайтын "Дөңгелекті көлік құралдарына, дөңгелекті көлік құралдарына орнатылуы және (немесе) пайдаланылуы мүмкін жабдықтау заттары мен бөлшектерге арналған біркелкі техникалық ұйғарымдарды қабылдау туралы және осы ұйғарымдардың негізінде берілетін ресми бекітуді өзара мойындау шарттары туралы келісімді ратификациялау туралы" Қазақстан Республикасының Заңымен ратификацияланған Дөңгелекті көлік құралдарына, дөңгелекті көлік құралдарына орнатылуы және (немесе) пайдаланылуы мүмкін жабдықтау заттары мен бөлшектерге арналған біркелкі техникалық ұйғарымдарды қабылдау туралы және осы ұйғарымдардың негізінде берілетін ресми бекітуді өзара мойындау шарттары туралы келісімі негізінде берілетін құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) шасси типін мақұлдау – бір типке жататын айналымға шығарылған көлік құралдарының КО ТР 018/2011 талаптарына сәйкестігін куәландыратын электронды құжат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді – ҚР Сауда және интеграция министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 308-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Көлік құралы типін мақұлдауларды, шасси типін мақұлдауларды ресімдеу дұрыстығы мен негізділігін тексеру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Көлік құралының типін мақұлдауларды, шасси типін мақұлдауларды ресімдеу дұрыстығы мен негізділігін тексеруді құзыретті органның техникалық хатшылығы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сәйкестікті растау жөніндегі орган техникалық хатшылықпен көлік құралы типін мақұлдауларды, шасси типін мақұлдауларды ресімдеудің дұрыстығы мен негізділігін тексеру үшін ақпараттық жүйеде келесі құжаттарды ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сәйкестікті растау жөніндегі орган басшысының немесе оның өкілінің электрондық цифрлық қолтаңбасы қойылған көлік құралының типін мақұлдау, шасси типін мақұлдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сәйкестікті бағалау жұмыстарын жүргізуге берілетін өтінім;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өтінім бойынша сәйкестікті растау жөніндегі органның шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сәйкестікті растау жөніндегі орган қорытындысы (ұсынылған құжатты ресімдеу кезінде қолданылатын рәсімге байланысты КО ТР 018/2011 40, 60, 65-тармақтарына сәйкес);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) КО ТР 018/2011 № 12 қосымшасының ережелерін ескере отырып ресімделген көлік құралдарының (шассидің) жалпы техникалық сипаттамасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) КО ТР 018/2011 № 13 қосымшасымен бекітілген дайындаушының өндіріс жағдайларын тексеру нәтижелері туралы сәйкестікті растау жөніндегі органның актісі (көлік құралының типін мақұлдауларды, шасси типін мақұлдауларды беру алдында тексеру жағдайында) немесе дайындаушының өндіріс жағдайларын тексеруді талдау материалы (егер мұндай тексеру жүргізілген болса);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) КО ТР 018/2011 № 12 қосымшасының 1.3-тармағына сәйкес құжаттар (басқа тараптың дайындаушысынан сатып алынатын шассидің немесе көлік құралдарының негізінде дайындалатын көлік құралдарының сәйкестігін бағалау кезінде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) КО ТР 018/2011 № 12 қосымшасының 1.4-тармағына сәйкес құжаттар (құрастырылуы өнеркәсіптік құрастыру режимінде құрастыру жиынтықтарынан жүзеге асырылатын көлік құралының типіне қатысты, бұрын сәйкестігін бағалау жүргізілген басқа өндірістің жағдайында дайындалатын конструктивтік ұқсамаларға қатысты алғаш өткізілетін сәйкестігін бағалау кезінде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) КО ТР 018/2011 32-тармағында көзделген аккредиттелген сынақ зертханасы ресімдеген, жиынтық көлік құралын сәйкестендіру және сынау нәтижелерінің хаттамасы (ресімдеу кезінде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) көлік құралының типін мақұлдауларды ресімдеу кезінде жиынтықты көлік құралын сәйкестендіру хаттамалары мен сынау нәтижелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) өнімнің көлік құралы типін мақұлдауды, шасси типін мақұлдауды ресімдеуге үшін негіз болып табылған КО ТР 018/2011 талаптарына сәйкестігін растайтын дәлелдемелік материалдар (типін ресми бекіту туралы хабарлама, сәйкестік сертификаты, сәйкестік туралы декларация, сынақ хаттамасы, техникалық сараптама хаттамасы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) егер өтінім беруші дайындаушы болып табылмаса, дайындаушы мен өтінім беруші арасындағы сәйкестікті бағалауды жүргізуге өтінім берушіге өкілеттік беру туралы және КО ТР 018/2011 талаптарына сәйкес көлік құралдарының (шассидің) қауіпсіздігін қамтамасыз ету үшін дайындаушымен ортақ жауапкершілік туралы келісім;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) егер дайындаушы Еуразиялық экономикалық одаққа мүше мемлекеттің резиденті болып табылмаса, айналымға шығарылатын көлік құралдарының (шассидің) КО ТР 018/2011 талаптарына сәйкестігін қамтамасыз ету үшін дайындаушымен бірге жауапты өз өкілін Еуразиялық экономикалық одаққа мүше әрбір мемлекетте тағайындауды растайтын келісім;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-[...126 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z57" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1) Қазақстан Республикасының техникалық хатшылығы берген көлік құралын дайындаушыға болған жағдайда халықаралық сәйкестендіру кодын беру туралы куәлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z41" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша көлік құралы типін мақұлдаулардың, шасси типін мақұлдаулардың сәйкестендіру карточкасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 10.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 50-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 308-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша көлік құралы типін мақұлдаулар, шасси типін мақұлдаулар көлік құралы типін мақұлдаулар, шасси типін мақұлдаулар тізілімінде тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z43" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қазақстан Республикасының техникалық хатшылығы берген көлік құралын дайындаушыға халықаралық сәйкестендіру кодын беру туралы куәлік болған жағдайда, көлік құралының типін мақұлдаулардың, шасси типін мақұлдаулардың ресімделуінің дұрыстығы мен негізділігін тексеруді техникалық хатшылық олар техникалық хатшылыққа келіп түскен күннен бастап есептелетін 10 (он) жұмыс күні ішінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 31.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 308-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Көлік құралы типін мақұлдауларды, шасси типін мақұлдауларды ресімдеу дұрыстығы мен негізділігін тексеру кезінде техникалық хатшылық сонымен қатар тексереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z45" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Еуразиялық экономикалық кеңес Алқасының 2014 жылғы 9 желтоқсандағы № 232 шешімімен бекітілген, Қауіпсіздік талаптарымен өзгерістер енгізілген көлік құралдары құрастырылымының сәйкестігі туралы куәліктердің және көлік құралы құрастырылымының қауіпсіздігі туралы куәліктердің, берілген техникалық регламенттің талаптарына сәйкестігін растайтын құжатты жою туралы, көлік құралы типін мақұлдаулар, шасси типін мақұлдаулар бланкісін толтыру қағидаларына сәйкес көлік құралының типін мақұлдау бланкісі нысанын толтырылу дұрыстығын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z46" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сәйкестік туралы декларациялар мен сәйкестік сертификаттарын берудің заңдылығын айқындау мақсатында Еуразиялық экономикалық одақтың сәйкестікті бағалау жөніндегі органдарының бірыңғай тізілімінде сәйкестікті растау жөніндегі органдардың болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      6-тармақ жаңа редакцияда көзделген - </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 10.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 50-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Сауда және интеграция министрінің м.а. 31.10.2025 </w:t>
-[...39 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Техникалық хатшылық көлік құралы типін мақұлдауларды, шасси типін мақұлдауларды ресімдеудің дұрыстығы мен негізділігін тексерудің оң нәтижесі кезінде осы Қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көлік құралы типін мақұлдауларды, шасси типін мақұлдауларды ресімдеудің дұрыстығы мен негізділігін тексерудің қорытындысын рәсімдейді және көлік құралы типін мақұлдауларды, шасси типін мақұлдауларды ақпараттық жүйе арқылы бекіту үшін уәкілетті органға ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2107,159 +1915,52 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...107 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Ұсынылған құжаттар толық болмаған және (немесе) олар осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2294,150 +1995,251 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптарға сәйкес келмеген жағдайларда, техникалық хатшылық Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптарды сақтай отырып, күнтізбелік 15 (он бес) күн ішінде сәйкестікті растау жөніндегі органға жазбаша дәлелді бас тартуды қоса бере отырып, ұсынылған құжаттарды қайтарады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидалардың 6-тармағының екінші бөлігінде көзделген жағдайлар үшін дәлелді бас тартуды ұсыну мерзімі ең көбі 7 (жеті) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 308-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Мәтінде грамматикалық және орфографиялық қателер анықталған жағдайда, қателері бар бетті техникалық хатшылық сәйкестікті растау жөніндегі органға қателерді жою және (немесе) беттерді ауыстыру үшін қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестікті растау жөніндегі орган 5 (бес) күнтізбелік күн ішінде техникалық хатшылық қайтарған, мәтіндегі грамматикалық және орфографиялық қателерді жояды және (немесе) беттерді ауыстырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мәтіндегі грамматикалық және орфографиялық қателер осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігінде көзделген мерзімде жойылмаған және (немесе) беттер ауыстырылмаған жағдайда, техникалық хатшылық жазбаша дәлелді бас тартуды қоса бере отырып, ұсынылған құжаттарды сәйкестікті растау жөніндегі органға қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қағидалар 10-тармақпен толықтыру көзделген - </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 10-тармақпен толықтырылды - ҚР Сауда және интеграция министрінің м.а. 31.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Сауда және интеграция министрінің м.а. 31.10.2025 </w:t>
+        <w:t>№ 308-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 308-НҚ</w:t>
-[...29 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -2636,68 +2438,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="45"/>
+    <w:bookmarkStart w:name="z50" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көлік құралы типін мақұлдаулардың, шасси типін мақұлдаулардың сәйкестендіру карточкасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4093,80 +3895,80 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сәйкестікті растау жөніндегі орган басшысы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрондық цифрлық қолтаңба       Тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:bookmarkStart w:name="z51" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Ескертпе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәйкестендіру карточкасы бір парақта орналасатындай форматтағы қаріп таңдалады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -4354,68 +4156,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көлік құралы типін мақұлдаулардың, шасси типін мақұлдаулардың тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
@@ -5665,70 +5467,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *9 және 10-бағандар көлік құралдарының типтерін бекіту үшін толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -5864,68 +5666,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көлік құралы типін мақұлдауларды, шасси типін мақұлдауларды ресімдеудің дұрыстығы мен негізділігін тексерудің қорытындысы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 3-қосымшамен толықтырылды - ҚР Сауда және интеграция министрінің 10.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6343,55 +6145,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>