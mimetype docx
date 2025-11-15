--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9c2497f" w14:textId="9c2497f">
+    <w:p w14:paraId="aa30d0f" w14:textId="aa30d0f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -7412,184 +7412,152 @@
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Сәйкестікті растау жөніндегі сарапшы-аудиторларды аттестаттау, аттестаттарының қолданылуын ұзарту және "Сәйкестікті растау жөніндегі сарапшы-аудиторды аттестаттау" мемлекеттік қызметін көрсету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Сәйкестікті растау жөніндегі сарапшы-аудиторды аттестаттау" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Сауда және интеграция министрлігінің Техникалық реттеу және метрология комитеті (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сәйкестікті растау жөніндегі сарапшы-аудиторларды аттестаттау үшін уәкілетті орган кемінде бес адамнан тұратын сәйкестікті растау жөніндегі сарапшы-аудиторларды аттестаттау жөніндегі комиссия құрады. Сәйкестікті растау жөніндегі сарапшы-аудиторларды аттестаттау жөніндегі комиссияның құрамына дауыс беру құқығынсыз уәкілетті органның, аккредиттеу жөніндегі органның, сондай-ақ Қоғамдық кеңестің өкілдері байқаушы ретінде енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сәйкестікті растау жөніндегі сарапшы-аудитор аттестатын алу үшін сарапшы-аудиторларға үміткер жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) портал арқылы көрсетілетін қызметті берушіге мынадай құжаттарды жолдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7958,70 +7926,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Аттестаттан айырылған немесе тоқтатыла тұрған немесе мерзімі өткен сарапшы-аудиторларды қоспағанда, сәйкестікті растау жөніндегі сарапшы-аудитор аттестатының қолданысын ұзарту үшін аттестаттау мерзімі аяқталғанға дейін кемінде күнтізбелік 30 (отыз) күнде көрсетілетін қызметті берушіге портал арқылы мынадай құжаттарды жолдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8092,70 +8060,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша мәлімделетін аттестаттау бағытындағы сарапшы-аудитордың қызметі туралы есептің электрондық көшірмесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Бұрын аттестатталған сәйкестікті растау жөніндегі сарапшы-аудиторлар "Техникалық реттеу саласындағы мамандарды даярлауды (қайта даярлауды) және олардың біліктілігін арттыруды жүзеге асыратын ұйымдар. Жалпы талаптар" ҚР СТ 1.45-те белгіленген тәртіппен Техникалық реттеу саласындағы мамандарды даярлауды (қайта даярлауды) және олардың біліктілігін арттыруды жүзеге асыратын ұйымдардың тізіліміне енгізілген ұйымда кемінде 40 (қырық) академиялық сағат көлемінде мәлімделетін аттестаттау бағытында біліктілікті арттыру курстарынан өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8174,148 +8142,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Атын немесе тегін ауыстыруға байланысты сәйкестікті растау жөніндегі сарапшы-аудитор аттестатына өзгерістер енгізу үшін көрсетілетін қызметті алушы көрсетілетін қызметті берушіге портал арқылы редакциялауға еркін нысандағы өтініш жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті беруші редакциялауға өтінішті ол тіркелген күннен бастап 2 (екі) жұмыс күні ішінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті беруші жеке басты куәландыратын құжаттар туралы мәліметтерді "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z60" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z60" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Сәйкестікті растау жөніндегі сарапшы-аудиторды аттестаттау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8334,90 +8302,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Мемлекеттік қызметті көрсету үшін құжаттарды және (немесе) мәліметтерді қабылдау туралы мәртебе көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік көрсетілетін қызмет нәтижесін алу күнін көрсете отырып көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Көрсетілетін қызметті беруші электрондық құжаттар және (немесе) мәліметтер келіп түскен күні оларды қабылдауды және тіркеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде Қазақстан Республикасы Еңбек кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8432,70 +8400,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құжаттарды қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Көрсетілетін қызметті беруші тіркелген сәттен бастап ұсынылған құжаттардың және (немесе) мәліметтердің толықтығын және қолданылу мерзімін тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы осы Қағидалардың 6 және 7-тармақтарында көрсетілген құжаттар топтамасын толық ұсынбаған, (немесе) қолданылу мерзімі өткен құжаттарды ұсынған жағдайларда көрсетілетін қызметті беруші Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8552,110 +8520,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша сәйкестікті растау жөніндегі сарапшы-аудитор аттестатын (бұдан әрі – аттестат) беру не аттестаттың қолданылу мерзімін 5 (бес) жылға ұзарту не осы Қағидалардың 17-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап мемлекеттік қызмет көрсету нәтижесі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Сәйкестікті растау жөніндегі сарапшы-аудиторларды аттестаттау жөніндегі комиссияның шешімі сәйкестікті растау жөніндегі сарапшы-аудитор аттестатын беру, мерзімін ұзарту не бас тарту туралы дәлелді жауап беру үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8674,110 +8642,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында жіберіледі және сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Заңның 19-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуден бас тарту үшін негіздер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дәйексіздігін анықтау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8926,284 +8894,284 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызметті көрсетуден бас тарту туралы шешім қабылданғанға дейін көрсетілетін қызметті беруші мемлекеттік қызметті қарау мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірмей көрсетілетін қызметті алушыға алдын ала шешім жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы оны алған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмейтін мерзімде көрсетілетін қызметті берушінің алдын ала шешіміне қарсылығын ұсынады немесе айтады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Сәйкестікті растау жөніндегі сарапшы-аудиторларды аттестаттау бес жылда бір рет жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Сәйкестікті растау жөніндегі сарапшы-аудиторды аттестаттау аттестаттан айырылған күннен бастап екі жыл өткен соң жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Тиісті мемлекеттік органдардың шектеу шаралары, оның ішінде карантин, әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар кезінде аяқталатын сәйкестікті растау жөніндегі сарапшы-аудиторлар аттестаттарының қолданысын тиісті мемлекеттік органдардың шектеу шараларының, оның ішінде карантин, әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлардың қолданылу кезеңіне және оның күші жойылған күннен бастап күнтізбелік 30 (отыз) күнге ұзартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Көрсетілетін қызметті беруші Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызмет көрсету кезінде оны көрсету сатысы туралы деректер мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне автоматты режимде түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Ақпараттық жүйе істен шыққан жағдайда, көрсетілетін қызметті беруші техникалық ақаулардың туындауын анықтаған сәттен бастап дереу sd@nitec.kz электрондық поштасы бойынша бірыңғай қолдау қызметіне сұрау салу жіберу арқылы, мемлекеттік көрсетілетін қызметтің атауы, өтініштің әкімшілік құжатының нөмірі мен коды немесе өтініштің бірегей сәйкестендіру нөмірі, әкімшілік құжаттың нөмірі мен коды немесе рұқсат беру құжатының бірегей сәйкестендіру нөмірі бойынша ақпарат міндетті түрде ұсыныла отырып, көрсетілетін қызметті алушының жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі, авторизация сәтінен бастап қатенің нақты уақытын көрсете отырып, қате туындаған сәтке дейінгі қадамдық скриншоттарды қоса бере отырып "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымы операторын хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды тұлғаларының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану үшін шағым көрсетілетін қызметті алушыға әкімшілік актіні қабылдау немесе көрсетілетін қызметті берушінің іс-әрекеттер (әрекетсіздіктер) жасағаны туралы белгілі болған күннен бастап 3 (үш) айдан кешіктірілмей беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шағымды қарайтын органға (жоғары тұрған әкімшілік органға және (немесе) лауазымды адамға);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9498,90 +9466,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Шағымды қарайтын органның шешімімен келіспеген жағдайда көрсетілетін қызметті алушы шағымды қарайтын басқа органға немесе ҚР ӘРПК 100-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9600,90 +9568,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="37"/>
+    <w:bookmarkStart w:name="z58" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Сәйкестікті растау жөніндегі сарапшы-аудитор аттестатының қолданылуын тоқтата тұру техникалық реттеу туралы Заңның 15-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9702,90 +9670,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="38"/>
+    <w:bookmarkStart w:name="z59" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Сәйкестікті растау жөніндегі сарапшы-аудитор аттестатынан айыру (кері қайтарып алу) техникалық реттеу туралы Заңның 15-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10760,68 +10728,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тағылымдамадан өткені туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________ сәйкестікті растау жөніндегі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12028,68 +11996,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сәйкестікті растау бойынша сарапшы-аудиторларды аттестаттау бағыттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Сауда және интеграция министрінің 28.09.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13623,77 +13591,77 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметін көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Сарапшы-аудитор аттестатының қолданылуын ұзартуға беретін жеке тұлға мәліметтерінің нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _______________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
@@ -14783,68 +14751,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сарапшы-аудитордың қызметі туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша жаңа редакцияда - ҚР Сауда және интеграция министрінің 28.09.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15826,146 +15794,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Есепті кезеңде сертификатталған өнімді сертификаттау/декларациялау/инспекциялық бақылау жүргізу бойынша кемінде жиырма бес жұмыс немесе сәйкестікті растауды аттестаттау бағыттары бойынша кемінде он бес жұмыс көрсетіледі: менеджмент жүйелері, қызметтер, персонал, процесс;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Декреттік демалыстағы сарапшы-аудитор бала күтімі бойынша декреттік демалыста екендігі туралы анықтаманы ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16144,51 +16016,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-қосымшаға өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 09.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 405-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17037,185 +16929,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...98 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 13:00-ден 14:30-ға дейінгі түскі үзіліспен сағат 9:00-ден 18:30-ға дейін.</w:t>
+              <w:t>
+1) Портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (Қазақстан Республикасының еңбек кодексіне сәйкес көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік көрсетілетін қызмет нәтижелерін беру келесі жұмыс күні жүзеге асырылады) жұмыс істейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті беруші – Кодекске және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының 5-бабына сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 12:30-дан 13:30-ға дейінгі түскі үзіліспен сағат 08:30-ден 17:30-ға дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету мекенжайы Министрліктің www.beta.egov.kz интернет-ресурсында, "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -18104,68 +17916,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="43"/>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ЕЛТАҢБАСЫ Қазақстан Республикасы Сауда және интеграция министрлігінің Техникалық реттеу және метрология комитеті Қазақстан Республикасының Мемлекеттік техникалық реттеу жүйесі Сәйкестікті растау жөніндегі сарапшы-аудитордың аттестаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сарапшы-аудиторлар тізілімінде тіркелген</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>