--- v0 (2025-11-15)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c88d909" w14:textId="c88d909">
+    <w:p w14:paraId="1b47712" w14:textId="1b47712">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2944,148 +2944,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...96 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -3244,51 +3146,91 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 19.09.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 334</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР ҚР Ауыл шаруашылығы министрінің м.а. 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 357</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3961,194 +3903,246 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z327" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк көрсетілетін қызмет көрсетілетін қызметті алушыға ақылы негізде көрсетiледi.</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушы жекелеген қызмет түрлерімен айналысу құқығы үшін лицензиялық алым төлейді, ол "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
-[...9 lines deleted...]
-              <w:t>554-бабына</w:t>
+Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушы жекелеген қызмет түрлерімен айналысу құқығы үшін лицензиялық алым төлейді, ол Қазақстан Республикасы Салық кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>616-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) лицензия бергені үшін – 10 (он) айлық есептік көрсеткішті;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) лицензия бергені үшін – 10 (он) айлық есептік көрсеткішті;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) лицензияларды қайта ресімдегені үшін – лицензия беру кезіндегі мөлшерлеменің 10 (он) пайызын құрайды.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) лицензияларды қайта ресімдегені үшін – лицензия беру кезіндегі мөлшерлеменің 10 (он) пайызын құрайды.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лицензиялық алымды төлеу қолма-қол және қолма-қол емес нысанда екінші деңгейлі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы, сондай-ақ "электрондық үкімет" төлем шлюзі арқылы қолма-қол емес нысанда жүзеге асырылады.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лицензиялық алымды төлеу қолма-қол және қолма-қол емес нысанда екінші деңгейлі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы, сондай-ақ "электрондық үкімет" төлем шлюзі арқылы қолма-қол емес нысанда жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лицензиялық алым:</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лицензиялық алым:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) лицензияға қосымшаларды беру кезінде;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) лицензияға қосымшаларды беру кезінде;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -13912,68 +13906,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -14624,68 +14618,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензияға қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицензияның нөмірі ____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15369,68 +15363,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Уәкілетті органның атауы]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетуден уәжді бас тарту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берілген күні: [Берілген күні]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15749,242 +15743,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2021 жылғы 1 маусымдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 178 бұйрығына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ауыл шаруашылығы министрлігінің күші жойылған кейбір бұйрықтар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Астық қолхаттарын шығара отырып, қойма қызметі бойынша қызметтер көрсетуге лицензия беру" мемлекеттік көрсетілетін қызмет стандартын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 22 мамырдағы № 4-1/468 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11625 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Астық қолхаттарын беру арқылы қойма қызметі бойынша қызметтер көрсетуге лицензия беру" мемлекеттік көрсетілетін қызмет стандартын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 22 мамырдағы № 4-1/468 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2017 жылғы 2 ақпандағы № 53 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14899 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Астық қолхаттарын шығара отырып, қойма қызметі бойынша қызметтер көрсетуге лицензия беру" мемлекеттік көрсетілетін қызмет стандартын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 22 мамырдағы № 4-1/468 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2019 жылғы 6 қыркүйектегі № 327 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19374 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>