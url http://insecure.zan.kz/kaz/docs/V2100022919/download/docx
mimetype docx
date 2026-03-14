--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4373a6f" w14:textId="4373a6f">
+    <w:p w14:paraId="d72bd64" w14:textId="d72bd64">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5433,1633 +5433,181 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...2 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">3. Күші жойылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...1070 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...2 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">4. Күші жойылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...331 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:bookmarkStart w:name="z31" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Пруденциалдық қалыптардың қалыптық және өзге де орындалуы міндетті нормалар мен лимиттерді маңызы мен есептеу әдістемелерін, белгілі бір күнге шекті банк капиталының мөлшерін және Ашық валюталық позицияларды есептеу қағидалары мен олардың лимиттерін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 13 қыркүйектегі № 170 қаулысына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 12 қарашадағы № 191 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19613 болып тіркелген) мынадай өзгеріс енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7090,90 +5638,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5. Осы қаулы, 2022 жылғы 1 қаңтардан бастап қолданысқа енгізілетін осы қаулыға 6-қосымшаның 10-жолын қоспағанда, 2020 жылғы 1 қаңтардан бастап қолданысқа енгізіледі және ресми жариялануға тиіс.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="16"/>
+    <w:bookmarkStart w:name="z33" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасының қаржы нарығын реттеу мәселелері бойынша кейбір нормативтік құқықтық актілеріне өзгерістер мен толықтыру енгізу және Қазақстан Республикасының кейбір нормативтік құқықтық актілерінің жекелеген нормаларының қолданылуын тоқтата тұру туралы" Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2020 жылғы 30 қазандағы № 106 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21554 болып тіркелген) мынадай өзгеріс енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18890,70 +17438,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>активтерiнiң кестесiне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленуге тиісті банк активтерінің есебіне түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="17"/>
+    <w:bookmarkStart w:name="z37" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Салымдар, дебиторлық берешек, сатып алынған исламдық бағалы қағаздар, банкте түзетілген құны аталған активтер көлемінің 50 (елу) пайызынан кем емес қамтамасыз етуі бар (Кредиттік тәуекел дәрежесі бойынша мөлшерленген банк активтері кестесінің (бұдан әрі – Кесте) 1, 2, 3, 11, 12 және 13-жолдарында көрсетілген активтер түріндегі), сауда делдалы ретінде сауда қызметін қаржыландырған кездегі коммерциялық кредиттер осы тармаққа сәйкес банктерде түзетілген қамтамасыз ету құнын анықтауға мүмкіндік беретін барабар есепке алу жүйесі болған кезде түзетілген қамтамасыз ету құнын шегергендегі тәуекел дәрежесі бойынша мөлшерленген активтер есебіне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Түзетілген қамтамасыз ету құны (Кестенің 1, 2, 3, 11, 12 және 13-жолдарында көрсетілген активтер түріндегі) мыналарға:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19000,146 +17548,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қамтамасыз етуге берілген тазартылған бағалы металдардың нарықтық құнының 85 (сексен бес) пайызына тең болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоғарыда көрсетілген салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың қамтамасыз етілмеген бөлігі салымдарға, дебиторлық берешекке, сатып алынған бағалы қағаздарға сәйкес келетін тәуекел дәрежесі бойынша Кестеге сай мөлшерленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="18"/>
+    <w:bookmarkStart w:name="z38" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Банкте "Самұрық-Қазына" ұлттық әл-ауқат қоры" және "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамдарының қайтарылып алынбайтын және сөзсіз кепілдігі, экспортты қолдау жөніндегі функцияларды жүзеге асыратын және Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі бар ұлттық компаниямен жасалған сақтандыру төлемі бойынша міндеттемелерді сөзсіз және қайтарып алынбайтын орындау туралы тармақтарды қамтитын сақтандыру шарты түріндегі қамтамасыз етуі бар, сомасы көрсетілген қарыздар көлемінің кемінде 50 (елу) пайызын өтейтін қарыздар активтердің есебіне тәуекел дәрежесі бойынша мөлшерленген қамтамасыз етудің түзетілген құны шегеріле отырып қосылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Самұрық-Қазына" ұлттық әл-ауқат қоры" және "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамдарының кепілдігі, экспортты қолдау жөніндегі функцияларды жүзеге асыратын және Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі бар ұлттық компаниямен жасалған сақтандыру төлемі жөніндегі міндеттемелерді сөзсіз және қайтарып алынбайтын орындау туралы тармақтарды қамтитын сақтандыру шарты түріндегі қамтамасыз етудің түзетілген құны кепілдік, сақтандыру шарты сомасының 95 (тоқсан бес) пайызына тең болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="19"/>
+    <w:bookmarkStart w:name="z39" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контрагенттен төмен тәуекел дәрежесі бар ұйымдар кепілдік берген (сақтандырылған) банк инвестициялары есебіне енгізілмеген салымдар, дебиторлық берешек, сатып алынған исламдық бағалы қағаздар, сауда делдалы ретінде сауда қызметін қаржыландыру кезіндегі коммерциялық кредиттер, инвестициялар тәуекел дәрежесі бойынша мөлшерленген (банк инвестициялары есебіне енгізілмеген салымдардың, дебиторлық берешектің, сатып алынған исламдық бағалы қағаздардың, қарыздардың, инвестициялардың кепілдік берген (сақтандырылған) сомасын шегергендегі) активтердің есебіне борышкердің тәуекел дәрежесі бойынша енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк инвестициялары есебіне енгізілмеген салымдардың, дебиторлық берешектің, сатып алынған исламдық бағалы қағаздардың, сауда делдалы ретінде сауда қызметін қаржыландыру кезіндегі коммерциялық кредиттердің, инвестициялардың кепілдік берген (сақтандырылған) сомасы тиісті кепілгердің (сақтандырушының) дебиторлық берешегінің тәуекел дәрежесі бойынша мөлшерленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="20"/>
+    <w:bookmarkStart w:name="z40" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасының мынадай бейрезиденттеріне ұсынылған, осы Түсіндірменің 1-тармағында көрсетілген салымдар, дебиторлық берешек, сатып алынған исламдық бағалы қағаздар және сауда делдалы ретінде сауда қызметін қаржыландыру кезіндегі коммерциялық кредиттер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) офшорлық аймақ аумағында заңды тұлға ретінде тіркелгендерге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19168,70 +17716,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) офшорлық аймақ азаматтары болып табылатындарға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы Түсіндірменің 1-тармағында көрсетілген қамтамасыз етудің болуына қарамастан, Кестеге сәйкес тәуекел дәрежесі бойынша мөлшерленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="21"/>
+    <w:bookmarkStart w:name="z41" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасының мынадай бейрезиденттеріне ұсынылған, осы Түсіндірменің 1-тармағында көрсетілген салымдар, дебиторлық берешек, сатып алынған исламдық бағалы қағаздар және сауда делдалы ретінде сауда қызметін қаржыландыру кезіндегі коммерциялық кредиттер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) офшорлық аймақ аумағында заңды тұлға ретінде тіркелген, бірақ Standard &amp; Poor's агенттігінің "АА-"-тен төмен емес рейтингі бар немесе басқа рейтингтік агенттіктердің бірінің осыған ұқсас деңгейдегі рейтингі бар немесе міндеттемелерінің барлық сомасының қамтамасыз етілуіне аталған деңгейден төмен емес рейтингі бар бас ұйымның тиісті кепілдігі барларына;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19242,166 +17790,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) офшорлық аймақ аумағында тіркелген заңды тұлғалар немесе олардың азаматтары не Экономикалық ынтымақтастық және даму ұйымы ақпарат алмасу жөнінде міндеттеме қабылдамаған офшорлық аумақтар тізбесіне енгізген мемлекеттердің аумағында тіркелген заңды тұлғалар немесе олардың азаматтары болып табылатын Қазақстан Республикасының бейрезиденттеріне немесе жекелей алғанда жарғылық капиталдың 5 (бес) пайыздан астамын иеленуші не көрсетілген офшорлық аймақ аумағында тіркелген заңды тұлғаға қатысы бойынша еншілес болып табылатын ұйымдарға қойылатын талаптарды қоспағанда, жекелей алғанда жарғылық капиталдың 5 (бес) пайызынан астамын иеленуші, офшорлық аймақ аумағында тіркелген заңды тұлғаға тәуелді немесе офшорлық аймақ аумағында тіркелген заңды тұлғаға қатысы бойынша еншілес болып табылатын, бірақ аталған деңгейден төмен емес рейтингі бар немесе рейтингі аталған деңгейден төмен емес бас ұйымның тиісті кепілдігіне сәйкес келетіндеріне міндеттемелерінің барлық сомасының қамтамасыз етуіне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тәуекелдің нөл дәрежесі бойынша мөлшерленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="22"/>
+    <w:bookmarkStart w:name="z42" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Салымдардың тәуекел дәрежесі бойынша мөлшерленген банктің активтерін есептеу мақсатында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке тұлғаларға тұрғын үй салу үшін не оны сатып алу және (немесе) жөндеу мақсатында берілетін ипотекалық қарыз ипотекалық тұрғын үй қарызын білдіреді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке тұлғаларға кәсіпкерлік қызметті жүзеге асыруға байланысты емес тауарларды, жұмыстарды және көрсетілетін қызметтерді сатып алуға ұсынылған, сауда делдалы ретінде сауда қызметін қаржыландыру кезіндегі коммерциялық кредит тұтынушылық кредит дегенді білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="23"/>
+    <w:bookmarkStart w:name="z43" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Егер исламдық бағалы қағаз шығарылымының арнайы шығарылым рейтингі болса, онда тәуекел дәрежесі бойынша банк активтерін мөлшерлеу кезінде бағалы қағаз рейтингін ескеру қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z44" w:id="24"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z44" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Нормативтердің 11-тармағына сәйкес нарықтық тәуекелді ескере отырып, активтердің, шартты және ықтимал талаптар мен міндеттемелердің есебіне енгізілген активтер валюталардың айырбас бағамдарының және бағалы металдар бағамдарының өзгеруіне байланысты нарықтық тәуекелі бар қаржы құралдарының есебіне енгізілген активтерді қоспағанда, кредиттік тәуекел дәрежесі бойынша мөлшерленетін активтердің, шартты және ықтимал міндеттемелердің есебіне енгізілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z45" w:id="25"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z45" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Салымдардың тәуекел дәрежесі бойынша мөлшерленген банктің активтерін есептеу мақсаттары үшін қамтамасыз етілмеген тұтынушылық қарыздар ретінде жылжымайтын мүлік кепілімен қамтамасыз етілген қарыздарды, тұрғын үй құрылысына үлестік қатысу шарттары, жылжымайтын мүлікті сатып алу мәні болып табылатын өзге де шарттар бойынша талап ету құқықтарын, қамтамасыз етуі автокөлік болып табылатын қарыздарды, банктік салым шартына немесе ақша кепілі шартына сәйкес банкте орналастырылған, берілетін қарыз сомасын толығымен өтейтін ақша қамтамасыз етуі болып табылатын қарыздарды, білім беруді кредиттеу жүйесі шеңберінде берілетін қарыздарды және тұрғын үй құрылысы жинақ ақшасы жүйесінің шеңберінде берілетін қарыздарды қоспағанда, тұтынушылық қарыз түсініледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -40367,70 +38915,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленген банк активтерінің кестесіне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленген банк активтерінің есебіне түсініктемелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="26"/>
+    <w:bookmarkStart w:name="z50" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар, банкте түзетілген құны аталған активтер көлемінің 50 (елу) пайызынан кем емес қамтамасыз етуі бар қарыздар (Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленген банк активтері кестесінің (бұдан әрі – Кесте) 1, 2, 3, 10, 11, 12, 15, 16, 17, 18, 19 және 20-жолдарында көрсетілген активтер түріндегі) осы тармаққа сәйкес банктерде түзетілген қамтамасыз ету құнын анықтауға мүмкіндік беретін барабар есепке алу жүйесі болған кезде түзетілген қамтамасыз ету құнын шегергендегі тәуекел дәрежесі бойынша мөлшерленген активтер есебіне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Түзетілген қамтамасыз ету құны (Кестенің 1, 2, 3, 10, 11, 12, 15, 16, 17, 18, 19 және 20-жолдарында көрсетілген активтер түріндегі) мыналарға:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -40477,146 +39025,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қамтамасыз етуге берілген тазартылған бағалы металдардың нарықтық құнының 85 (сексен бес) пайызына тең болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоғарыда көрсетілген салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың қамтамасыз етілмеген бөлігі салымдарға, дебиторлық берешекке, сатып алынған бағалы қағаздарға сәйкес келетін тәуекел дәрежесі бойынша Кестеге сай мөлшерленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="27"/>
+    <w:bookmarkStart w:name="z51" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Банкте "Самұрық-Қазына" ұлттық әл-ауқат қоры" және "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамдарының қайтарып алынбайтын және сөзсіз кепілдігі, экспортты қолдау жөніндегі функцияны жүзеге асыратын және Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі бар ұлттық компаниямен жасалған сақтандыру төлемі бойынша міндеттемелерді сөзсіз және қайтарып алынбайтын орындау туралы тармақтарды қамтитын сақтандыру шарты түрінде қамтамасыз етуі бар, сомасы көрсетілген қарыздар көлемінің кемінде 50 (елу) пайызын жабатын қарыздар қамтамасыз етудің түзетілген құны шегеріле отырып тәуекел дәрежесі бойынша мөлшерленген активтердің есебіне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Самұрық-Қазына" ұлттық әл-ауқат қоры" және "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамдарының кепілдігі, экспортты қолдау жөніндегі функцияларды жүзеге асыратын және Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі бар ұлттық компаниямен жасалған сақтандыру төлемі жөніндегі міндеттемелерді сөзсіз және қайтарып алынбайтын орындау туралы тармақтарды қамтитын сақтандыру шарты түріндегі қамтамасыз етудің түзетілген құны кепілдік, сақтандыру шарты сомасының 95 (тоқсан бес) пайызына тең болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="28"/>
+    <w:bookmarkStart w:name="z52" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контрагенттен төмен тәуекел дәрежесі бар ұйымдар кепілдік берген (сақтандырылған), банк инвестицияларының есебіне енгізілмеген салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар, қарыздар, инвестициялар борышкердің тәуекел дәрежесі бойынша тәуекел дәрежесі бойынша мөлшерленген (салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың, қарыздардың, банк инвестицияларының есебіне енгізілмеген инвестициялардың кепілдік берілген (сақтандырылған) сомасын шегере отырып) активтердің есебіне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банк инвестициялары есебіне енгізілмеген салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың, қарыздардың, инвестициялардың кепілдік берілген (сақтандырылған) сомасы тиісті кепілгердің (сақтандырушының) дебиторлық берешегінің тәуекел дәрежесі бойынша мөлшерленеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="29"/>
+    <w:bookmarkStart w:name="z53" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленуге тиіс банк активтерінің есебіне осы түсіндірменің (бұдан әрі – Түсіндірме) 1-тармағында көрсетілген, мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оффшорлық аймақтар аумағында заңды тұлға ретінде тіркелген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -40645,70 +39193,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оффшорлық аймақтардың азаматтары болып табылатын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бейрезиденттеріне ұсынылған салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар және қарыздар Түсіндірмелердің 1-тармағында көрсетілген қамтамасыз етудің болуына қарамастан, Кестеге сәйкес тәуекел дәрежесі бойынша мөлшерленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="30"/>
+    <w:bookmarkStart w:name="z54" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Түсіндірменің 1-тармағында көрсетілген, мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оффшорлық аймақтар аумағында заңды тұлға ретінде тіркелген, бірақ Standard&amp;Poor's агенттігінің "АА-"-тен төмен емес борыштық рейтингі немесе басқа рейтингтік агенттіктердің бірінің осыған ұқсас деңгейдегі рейтингі немесе міндеттемелерінің барлық сомасының қамтамасыз етуіне борыштық рейтингі көрсетілген деңгейден төмен емес бас ұйымның тиісті кепілдігі бар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -40719,184 +39267,184 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оффшорлық аймақтардың аумағында тіркелген заңды тұлғалар немесе олардың азаматтары не Экономикалық ынтымақтастық және даму ұйымы ақпарат алмасу жөнінде міндеттемелер қабылдамаған оффшорлық аумақтар тізбесіне жатқызған мемлекеттердің аумағында тіркелген заңды тұлғалар немесе олардың азаматтары болып табылатын Қазақстан Республикасының бейрезиденттеріне немесе жекелей алғанда жарғылық капиталдың 5 (бес) пайыздан астамын иеленуші заңды тұлғаларға тәуелді не көрсетілген оффшорлық аймақтардың аумағында тіркелген заңды тұлғаларға қатысты еншілес болып табылатын ұйымдарға қойылатын талаптарды қоспағанда, оффшорлық аймақтардың аумағында тіркелген, жекелей алғанда жарғылық капиталдың 5 (бес) пайызынан астамын иеленуші заңды тұлғаларға тәуелді немесе оффшорлық аймақтың аумағында тіркелген, бірақ көрсетілген деңгейден төмен емес борыштық рейтингі немесе міндеттемелерінің барлық сомасының қамтамасыз етуіне борыштық рейтингі көрсетілген деңгейден төмен емес бас ұйымның тиісті кепілдігі бар заңды тұлғаға қатысты еншілес болып табылатын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бейрезиденттеріне ұсынылған салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар және қарыздар тәуекелдің нөл дәрежесі бойынша мөлшерленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="31"/>
+    <w:bookmarkStart w:name="z55" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Салымдардың тәуекел дәрежесі бойынша мөлшерленген банктің активтерін есептеу мақсатында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ипотекалық тұрғын үй қарызы деп жеке тұлғаларға тұрғын үй салу үшін не оны сатып алу және (немесе) жөндеу мақсатында берілетін ипотекалық қарыз түсініледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұтынушылық кредит деп жеке тұлғаларға кәсіпкерлік қызметті жүзеге асырумен байланысты емес тауарларды, жұмыстарды және көрсетілетін қызметтерді сатып алуға берілген кредит түсініледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="32"/>
+    <w:bookmarkStart w:name="z56" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Егер бағалы қағаз шығарылымының арнайы борыштық рейтингі болса, онда тәуекел дәрежесі бойынша банк активтерін мөлшерлеу кезінде бағалы қағаз рейтингін ескеру қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z57" w:id="33"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z57" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Борыш жүктемесінің коэффициентін есептеу кезінде кепілсіз тұтынушылық қарыздар бойынша Кестеге немесе Салымдардың кредиттік тәуекел дәрежесін мөлшерлеу коэффициенттерінің мәндеріне сәйкес қарыз бойынша кредит тәуекелінің дәрежесі Нормативтерге 5-1-қосымшаға (бұдан әрі – Мәндер) сәйкес егер осындай қарызға қатысты қарыз алушы-жеке тұлға Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15541 болып тіркелген "Банктік қызметтерді көрсету және банктердің, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың банктік қызметтерді көрсету үдерісінде туындайтын клиенттердің өтініштерін қарау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 28 шілдедегі № 136 қаулысының 19-тармағына сәйкес жасалған оңалту жоспарын орындауды жүзеге асырса, екі есе азайтылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақтың бірінші бөлігінде көрсетілген оңалту жоспарын қарыз алушы-жеке тұлға орындамаған жағдайда, қарыз Кестеге немесе Мәндерге сәйкес кредит тәуекелінің дәрежесі бойынша мөлшерленеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="34"/>
+    <w:bookmarkStart w:name="z58" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Нормативтердің 21-тармағына сәйкес нарықтық тәуекелі ескерілген активтердің, шартты және ықтимал талаптар мен міндеттемелердің есебіне қосылған шартты және ықтимал міндеттемелер валюталарды айырбастау бағамдарының және бағалы металдар бағамдарының өзгеруіне байланысты нарықтық тәуекелі бар қаржы құралдарының есебіне енгізілген шартты және ықтимал міндеттемелерді қоспағанда, кредиттік тәуекел дәрежесі бойынша мөлшерленетін активтердің, шартты және ықтимал міндеттемелердің есебіне қосылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -44166,55 +42714,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>