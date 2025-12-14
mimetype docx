--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a5aa98c" w14:textId="a5aa98c">
+    <w:p w14:paraId="2a28152" w14:textId="2a28152">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Жерүсті көздерінің су ресурстарын пайдаланғаны үшін төлемақы төлеушілер және салық салу объектілері, олардың орналасқан жері, арнайы су пайдалануға берілген рұқсаттар, су пайдаланудың белгіленген лимиттері, су пайдаланудың рұқсаттары мен лимиттеріне енгізілген өзгерістер туралы, Қазақстан Республикасының су заңнамасының сақталуын тексерулер нәтижелері, Қазақстан Республикасының су заңнамасының сақталуын тексерулер нәтижелеріне шағым жасау бойынша сот шешімдері туралы, жануарлар дүниесін пайдаланғаны үшін төлемақы төлеушілер мен салық салу объектілері туралы, орманды пайдаланғаны үшін төлемақы төлеушілер мен салық салу объектілері туралы, табиғи ортадан өсімдіктердің сирек кездесетін және жойылып кету қаупi төнген түрлерін, олардың бөліктерін немесе дериваттарын алып қою туралы шешім қабылданған кезде орманды пайдаланғаны үшін төлемақы төлеушілер және салық салу объектілері туралы, ерекше қорғалатын табиғи аумақтарды пайдаланғаны үшін төлемақы төлеушілер және салық салу объектілері туралы мәліметтер нысандарын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 26 наурыздағы № 404 бұйрығына өзгеріс енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қаржы министрінің 2021 жылғы 31 мамырдағы № 508 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 2 маусымда № 22902 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2021 жылғы 31 мамырдағы № 508 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 2 маусымда № 22902 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -320,127 +396,139 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Қаржы министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1372,1778 +1460,1647 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсыну мерзімі: тоқсан сайын, есепті тоқсаннан кейінгі айдың 15-і күнінен кешіктірмей</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="574"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="893"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="574" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3922" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлемақы төлеушінің атауы (тегі, аты, әкесінің аты (ол болған кезде) заңды мекен-жайы (орналасқан жері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резидент (бейрезидент)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1072" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бизнес сәйкестендіру нөмірі/жеке сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әкімшілік-аумақтық объектілердің жіктеуіші бойынша коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жануарлар дүниесін пайдалану жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рұқсат құжаттың нөмірі, күні немесе бұзушылық хаттамасының нөмірі, күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рұқсат құжатының қолданылу мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="574" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалы жануарлардың түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлемақы мөлшерлемесі, теңгемен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="574" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="574" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3922" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1072" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="574" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="574" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3922" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖИЫНЫ:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1720"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="6204"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи ортадан алынған жануарлар туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2282" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зиян келтірген әрбір бастың, бір килограммы үшін өтеудің мөлшері (АЕК*)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6204" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетке төленуі тиіс төлемақы сомасы (10-баған х 12-баған) немесе бюджетке төленуі тиіс залал сомасы (12-баған х 13-баған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1720" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшем бірлігі. (дана, килограмм, тонна).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2094" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3166,556 +3123,501 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1720" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1720" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2094" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2282" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6204" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1720" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="544"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="3297"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3852,275 +3754,275 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екінші деңгейдегі банктер немесе банк операцияларының жеке түрлерін жүзеге асыратын мекемелер арқылы енгізілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2985" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлемнің төлеу мерзімі ағымдағы жылғы 25 желтоқсанға дейін – ағымдағы жылы берілген жалпы квотаның 20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3604" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлемнің төлеу мерзімі – квота берілген жылдан кейінгі жылдың 25 наурызына дейін – ағымдағы жылы берілген жалпы квотаның 40%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3297" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлемнің төлеу мерзімі квота берілген жылдан кейінгі жылдың 25 маусымына дейін – ағымдағы жылы берілген жалпы квотаның 40%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сома</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 төлем құжатының № және күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сома</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="665" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4156,854 +4058,756 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="665" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2985" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3604" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3297" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
-[...267 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
-[...267 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -5175,55 +4979,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>