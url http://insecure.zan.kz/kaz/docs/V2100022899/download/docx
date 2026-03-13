--- v0 (2025-11-06)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="62f724e" w14:textId="62f724e">
+    <w:p w14:paraId="02cca36" w14:textId="02cca36">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -873,544 +873,366 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған Талаптар техникалық реттеу саласындағы оқу орталықтарына қолданылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Оқу орталығы сәйкестікті растау бойынша сарапшы-аудиторларды даярлауды және олардың біліктілігін арттыруды жүзеге асыратын заңды тұлға болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 15.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 210-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...61 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сәйкестікті растау бойынша сарапшы-аудиторларды даярлау және біліктіліктерін арттыру біліктілік курстары нысанында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 15.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Оқу орталықтарына қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оқу жоспарларына енгізілген, ресми түрде басып шығарылған нормативтік, анықтамалық және оқу-әдістемелік құжаттары болуы тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) курстың атауын, оқудың мақсатын, сабақтар режимін, тақырыптардың атауларын, оқудың ұзақтығын және сағат саны сарапшы-аудиторларды даярлау бойынша кем дегенде 80 (сексен) академиялық сағат және сарапшы-аудиторлардың әр тақырып бойынша біліктілігін арттыру бойынша – кем дегенде 40 (қырық) академиялық сағат, соның ішінде техникалық реттеу саласындағы білімдерді міндетті игеруге арналған дәрістерді, практикалық сабақтарды (қажеттілік болған жағдайда) кірістіретін әр біліктілік курсы бойынша оқу жоспарлары болуы тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу жоспары қазақ және орыс тілдерінде ресімделген базалық және бейінді бөлімдерден тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сәйкестікті растау (өнімнің, көрсетілетін қызметтің, менеджмент жүйесінің, персоналдың) бойынша жұмыс жасайтын сарапшы-аудиторлардан тұратын, сәйкестікті растау саласындағы жұмыс өтілі кем дегенде 5 (бес) жылды құрайтын және ҚР СТ 1.45 "Техникалық реттеу саласындағы мамандарды даярлауды (қайта даярлауды) және біліктіліктерін арттыруды жүзеге асыратын ұйымдар. Жалпы талаптар" белгіленген тәртіпте тестілеуден өту арқылы 3 (үш) жылда бір рет өз құзыреттілігін растайтын, оқыту саласына байланысты оқу жоспарына сәйкес тыңдаушыларды даярлауды және біліктілігін арттыруды жүзеге асыратын оқытушылар құрамы болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3-тармақ жаңа редакцияда көзделген - </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 15.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Сауда және интеграция министрінің 15.07.2025 </w:t>
+        <w:t>№ 210-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 210-НҚ</w:t>
-[...29 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...224 lines deleted...]
-      3) сәйкестікті растау (өнімнің, көрсетілетін қызметтің, менеджмент жүйесінің, персоналдың), тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетелдік тауардың мәртебесін анықтау бойынша жұмыс жасайтын сарапшы-аудиторлардан тұратын, сәйкестікті растау саласындағы жұмыс өтілі кем дегенде 5 (бес) жылды құрайтын және ҚР СТ 1.45 "Техникалық реттеу саласындағы мамандарды даярлауды (қайта даярлауды) және біліктіліктерін арттыруды жүзеге асыратын ұйымдар. Жалпы талаптар" белгіленген тәртіпте тестілеуден өту арқылы 3 (үш) жылда бір рет өз құзыреттілігін растайтын, оқыту саласына байланысты оқу жоспарына сәйкес тыңдаушыларды даярлауды және біліктілігін арттыруды жүзеге асыратын оқытушылар құрамы болуы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1517,222 +1339,222 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 377-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Оқу орталықтарын мемлекеттік техникалық реттеу жүйесі деректерінің тізіліміне енгізу қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Оқу орталықтарын мемлекеттік техникалық реттеу жүйесі деректерінің тізіліміне енгізу қағидалары (бұдан әрі – Қағидалар) "Техникалық реттеу туралы" Қазақстан Республикасы Заңының 7-бабының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және оқу орталықтарын техникалық реттеу жүйесі деректерінің тізіліміне енгізу тәртібін анықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Оқу орталықтарын мемлекеттік техникалық реттеу жүйесі деректерінің тізіліміне енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мемлекеттік техникалық реттеу жүйесі деректерінің тізіліміне енгізу осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша оқу орталығының өтінімі негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінім қазақ және (немесе) орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Өтінім беруші өтінімді және келесі құжаттарды: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) стандарттау жөніндегі нормативтік техникалық құжаттарды өзектендіру бойынша қызметтерді көрсету бойынша "Қазақстан стандарттау және метрология институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнымен жасалған шартты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1819,170 +1641,170 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша персонал (дәріскерлер) туралы мәліметтерді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ҚР СТ 1.45 "Техникалық реттеу саласындағы мамандарды даярлауды (қайта даярлауды) және біліктіліктерін арттыруды жүзеге асыратын ұйымдар. Жалпы талаптар" сәйкес нысан бойынша оқу орталығы дәріскерлерінің электрондық тестілеуден өту фактісін растайтын сертификаттардың көшірмелерін ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Өтінім беруші өтінімді және осы Қағидалардың 3-тармағында көрсетілген құжаттарды техникалық реттеу саласындағы уәкілетті органға (бұдан әрі – уәкілетті орган) ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уәкілетті орган өтінім мен құжаттарға ол келіп түскен күннен бастап күнтізбелік 20 (жиырма) күн ішінде талдау жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Ұсынылған құжаттар толық болмаған және (немесе) олар осы Қағидалардың 3-тармағында белгіленген талаптарға сәйкес келмеген жағдайларда, уәкілетті орган Қазақстан Республикасы Әкімшілік рәсімдік-процессуалдық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптарды сақтай отырып, күнтізбелік 20 (жиырма) күн ішінде өтінім берушіден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Өтінімді және құжаттарды қарауды талдаудың оң нәтижелері кезінде уәкілетті орган ол келіп түскен күннен бастап күнтізбелік 5 (бес) күн ішінде өтінім берушіні ресми хабардар етеді және өтінім берушінің өтінімі мен құжаттарын қарау жөніндегі комиссияны (бұдан әрі – комиссия) құрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Комиссия құрылғаннан кейін уәкілетті орган өтінім берушінің өтінімі мен құжаттарын комиссияға күнтізбелік 2 (екі) күн ішінде жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия өтінім мен құжаттар келіп түскен күннен бастап күнтізбелік 10 (он) күн ішінде оқу жоспарының жобасын жария қорғауды жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2065,148 +1887,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таныстыру материалды ресімдеу сапасы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия қабылдаған шешім кеңес хаттамасында көрсетіледі, ол оқу жоспарын мемлекеттік техникалық реттеу жүйесі деректерінің тізіліміне енгізуге немесе бас тартуға негіз болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Оқытушылар қатарындағы өтінім берушінің өкілдері оқу жоспарының жобасын жария қорғауға арналған комиссия отырысына қатысады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Комиссияның оң шешімі негізінде өтінім беруші мемлекеттік техникалық реттеу жүйесі деректерінің тізіліміне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссияның оқу орталығын мемлекеттік техникалық реттеу жүйесі деректерінің тізіліміне енгізу туралы шешімінің нәтижесі оны шығарған күннен бастап күнтізбелік 3 (үш) күн ішінде өтінім берушіге жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Оқу жоспарларында өзгерістер болған кезде оқу орталығы енгізілген өзгерістер туралы уәкілетті органды хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Оқу орталығы өз қызметін тоқтатқан кезде күнтізбелік 10 (он) күн ішінде уәкілетті органды қызметтің тоқтатылғаны туралы қағаз немесе электрондық түрде хабардар етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2363,68 +2185,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ӨТІНІМ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2741,68 +2563,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________________________  (оқу орталығының атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Даярлау және арттыру" біліктілік курсы бойынша ОҚУ ЖОСПАРЫ _____________________________________________________________________ (курстардың атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оқудың мақсаты:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5187,68 +5009,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________________________________________________________________  (оқу орталығының атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Персонал (дәріскерлер) туралы мәліметтер </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -5923,55 +5745,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>