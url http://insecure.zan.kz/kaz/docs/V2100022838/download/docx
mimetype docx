--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2a60be8" w14:textId="2a60be8">
+    <w:p w14:paraId="ae91c36" w14:textId="ae91c36">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,51 +76,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Жекелеген салалардағы зертханалық жабдықтың көлемін (тізбесін) белгілеу туралы</w:t>
+        <w:t>Жекелеген салалардағы пайдаланылатын зертханалық жабдықтың көлемін белгілеу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Сауда және интеграция министрінің 2021 жылғы 24 мамырдағы № 356-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 27 мамырда № 22838 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -156,107 +156,79 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Осы бұйрық 01.07.2021 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Бұйрықтың тақырыбы жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 17.10.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Сауда және интеграция министрінің 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 298-ОД</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -297,383 +269,351 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>
+      1. Мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...43 lines deleted...]
-</w:t>
+      1) осы бұйрыққа 1-қосымшаға сәйкес жекелеген салаларда пайдаланылатын зертханалық жабдықтың көлемі белгіленсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Сынақ зертханаларға (орталықтарға) Еуразиялық экономикалық одақтың (Кеден одағының) және Қазақстан Республикасының техникалық регламенттерінің көрсеткіштері бойынша аккредиттеу саласында мәлімделген сынақтар (зерттеулер) үшін қажетті меншік құқығымен немесе өзге де заңды негізде расталған жабдықтың көлемі (тізбесі) 100% мөлшерінде белгіленсін.</w:t>
+      Осы тармақшаның бірінші бөлігі сынақ зертханалары (орталықтары) және (немесе) техникалық реттеу объектілеріне техникалық регламенттер талаптарына сәйкестігі тұрғысынан сынақтар жүргізуді қамтамасыз ететін сәйкестікті растау органдарының сынақ зертханалары (орталықтары) үшін қолданылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы тармақшаның 1) тармақшасында көзделмеген, заңды негізде сәйкестікті растау органының сынақ зертханасына (орталығына) тиесілі, техникалық регламенттердің көрсеткіштері бойынша аккредитация саласында мәлімделген өнімнің сипаттамаларына (көрсеткіштеріне) зерттеулер (сынақтар) жүргізуді қамтамасыз ететін, пайдаланылатын зертханалық жабдықтың көлемі 100 (жүз) пайыз мөлшерінде белгіленсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақшаның бірінші бөлігінде көзделген, техникалық регламенттердің талаптарына сәйкестігі тұрғысынан өнімнің сипаттамаларына (көрсеткіштеріне) зерттеулер (сынақтар) жүргізуді қамтамасыз ететін, пайдаланылатын зертханалық жабдықтың көлемін есептеу кезінде әрбір техникалық регламент бойынша бөлек саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Сауда және интеграция министрінің 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 298-ОД</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>
+      2. Сынақ зертханалары (орталықтары) және (немесе) сәйкестікті растау органдарының сынақ зертханалары (орталықтары) аккредиттеу саласында қамтамасыз етілуін есептеу кезінде анықтау үшін тиісті жабдықты қолдануды қажет ететін объектілердің сипаттамаларын (көрсеткіштерін) ескеру қажет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2-тармақ жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 17.10.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Сауда және интеграция министрінің 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 298-ОД</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...16 lines deleted...]
-      2. Сынақ зертханаларға (орталықтарға) Еуразиялық экономикалық одақтың (Кеден одағының) және Қазақстан Республикасының техникалық регламенттерінің талаптарына сәйкес сынақтар (зерттеулер) жүргізуге арналған өтінімдерде көрсетілген көрсеткіштер бойынша жабдықты пайдалану көлемі (тізбесі) 100% мөлшерінде белгіленсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>
+      3. Осы бұйрыққа 2-қосымшаға сәйкес тізбе бойынша кейбір бұйрықтардың күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3-тармақ жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 17.10.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Сауда және интеграция министрінің 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 298-ОД</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес тізбе бойынша кейбір бұйрықтардың күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Сауда және интеграция министрлігінің Техникалық реттеу және метрология комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
@@ -864,138 +804,2119 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Сұлтанов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сауда және интеграция</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2021 жылғы 24 мамырдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 356-НҚ бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жекелеген салалардағы пайдаланылатын зертханалық жабдықтың көлемі </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      Ескерту. 1-қосымшамен толықтырылды – ҚР Сауда және интеграция министрінің 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 298-ОД</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнім атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЕАЭО СЭҚ ТН коды*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншік құқығымен тиесілі зертханалық жабдықтарды пайдалану көлемі, %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірлі-жарым көлік құралдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрылыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлес салмағы 2,5 немесе одан көп ескерткіштерге немесе құрылысқа арналған мәрмәр, травертин немесе әктас туф, экауссин және басқа әктастар және ірі ұсақталған немесе ұсақталмаған, кесілген немесе кесілмеген не басқа тәсілмен блоктарға немесе тікбұрышты (төртбұрыштыны қоса алғанда) пішінді тақталарға бөлінген алебастр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2515</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрылыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескерткіштерге немесе құрылысқа арналған өзге, ірі ұсақталған немесе ұсақталмаған, кесілген немесе кесілмеген не басқа тәсілмен блоктарға немесе тікбұрышты (төрт бұрыштыны қоса алғанда) пішінді тақталарға бөлінген гранит, порфир, базальт, құмтас және тас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2516</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрылыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2825 тауар позициясында көрсетілген кальций оксиді мен гидроксидінен басқа, сөндірілмеген, сөндірілген және гидравликалық әк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2522</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрылыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Боялмаған немесе боялған, дайын немесе клинкерлер пішініндегі портландцемент, глиноземдік цемент, қож цемент, суперсульфатты цемент және ұқсас гидравликалық цементтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2523</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрылыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи тастан жасалған төсемтас, жиектастар және төсеуге арналған тақталар (сланецтен басқа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6801 00 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрылыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескерткіштер немесе құрылыс үшін өңделген тас (сланецтен басқа) және 6801-тауар позициясының тауарларынан басқа, одан жасалған бұйымдар; мозаикаға арналған кубиктер және табиғи тастан (сланецті қоса алғанда) жасалған, негізіндегі немесе онсыз ұқсас бұйымдар; жасанды боялған табиғи тастан (сланецті қоса алғанда) жасалған түйіршіктер, үгінділер және ұнтақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6802</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрылыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төсеуге арналған тақталар, едендерге, пештерге, каминдерге немесе қыш қабырғаларға арналған қаптауыш тақтайшалар; мозаикалық жұмыстарға арналған қыш кубиктер және негізіндегі немесе онсыз ұқсас бұйымдар; әрлеу қыш бұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6907</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...43 lines deleted...]
-</w:t>
+      Ескертпе: * – Еуразиялық экономикалық одақтың Сыртқы экономикалық қызметінің тауар номенклатурасы.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1044,51 +2965,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сауда және интеграция</w:t>
+              <w:t>Сауда және интеграция</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1096,144 +3017,92 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 356-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...27 lines deleted...]
-</w:t>
+      Ескерту. Қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда – ҚР Сауда және интеграция министрінің 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 17.10.2025 </w:t>
+        <w:t>№ 298-ОД</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 298-ОД</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...12 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылған кейбір бұйрықтардың тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1379,55 +3248,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>