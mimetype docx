--- v0 (2025-10-04)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3da64c4" w14:textId="3da64c4">
+    <w:p w14:paraId="1a9706c" w14:textId="1a9706c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1242,50 +1242,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) инфекциялық немесе паразиттік ауру ошағы (бұдан әрі – ошақ) – инфекция қоздырғышы науқастан сезімтал адамдарға беріле алатын шектерде оны қоршаған аумағы бар, инфекциялық немесе паразиттік аурумен ауыратын науқастың болатын орны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      12-1) күнделікті эпидемиологиялық қадағалау – эпидемиялық маусым ішінде пневмонияны қоса алғанда, жоғарғы және төменгі тыныс алу жолдарының жіті респираторлық ауруларының клиникалық көріністерімен халықтың жүгінуі бойынша Қазақстан Республиканда тіркелген аурулар жағдайларының санын есепке алу негізінде жіті респираторлық вирустық инфекциялармен, тұмаумен, COVID-19-бен сырқаттанушылық пен өлім-жітімнің және олардың асқынуларының (пневмонияға) деңгейі мен динамикасының мониторингілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       13) реконвалесцент – аурудан сауығу сатысындағы науқас адам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) ретроспективті эпидемиологиялық талдау – эпидемияға қарсы іс-шараларды перспективалық жоспарлауды негіздеу мақсатында алдағы ұзақ уақыт аралығындағы инфекциялық сырқаттанушылықтың деңгейін, құрылымы мен динамикасын талдау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1368,86 +1386,104 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) "таңертеңгілік сүзгі" – білім беру ұйымдарында аңқаны тексеріп-қарап, термометрия жүргізе отырып, ата-аналардан ЖРВИ мен тұмаудың белгілері мен симптомдарының болуын сұрау арқылы балаларды қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20) тұмау тәрізді аурулар (бұдан әрі – ТТА) – алдыңғы күнтізбелік жеті күн ішінде пайда болған, ≥38 °C қызбамен және жөтелмен сипатталатын жіті респираторлық вирусты аурулар жағдайлары;</w:t>
+      20) тұмау тәрізді аурулар (бұдан әрі – ТТА) – алдыңғы күнтізбелік он күн ішінде пайда болған, ≥ 38 ºC қызбамен және жөтелмен сипатталатын жіті респираторлық вирустық аурулар жағдайлары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) тұмауды шолғыншы эпидемиологиялық қадағалау (бұдан әрі – ШЭҚ) жөніндегі аймақтық вирусологиялық зертхана – ТТА-ны, АЖРИ-ны және тұмауды ШЭҚ жүйесіне қатысатын вирусологиялық зертханаларға әдістемелік және практикалық көмек көрсетуді, сондай-ақ сапаны сырттай бақылауды қамтамасыз ету мақсатында үлгілерді қайта тестілеуді жүзеге асыратын вирусологиялық зертхана;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      21-1) шекті деңгей – бақылаудың көпжылдық деректерін талдау негізінде белгіленген, эпидемиологиялық жағдайды бағалау үшін қолданылатын эпидемиологиялық көрсеткіштің есептік шекті мәні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       22) шолғыншы орталықтар – ТТА-ны, АЖРИ-ды және тұмауды шолғыншы эпидемиологиялық қадағалау жүйесі жүзеге асырылатын медициналық ұйымдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) шолғыншы өңірлер – ТТА-ны, АЖРИ-ды және тұмауды шолғыншы эпидемиологиялық қадағалау жүйесі енгізілген және жүргізілетін әкімшілік аумақтар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1497,50 +1533,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 05.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 60</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1635,70 +1691,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Тұмауды, ЖРВИ-ды, ТТА-ны және АЖРИ-ды шолғыншы эпидемиологиялық қадағалау жыл бойы жүргізіледі, оның мақсаты амбулаториялық және стационарлық науқастардың тұмаумен сырқаттанушылығын мониторингілеу, халық арасында айналымдағы вирустардың типтерін ерте түсіндіру және тұмау вирусының жаңа, өзгерген түрлерін анықтау болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Эпидемия алдындағы кезеңде облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті мемлекеттік басқару органдары мынадай іс-шараларды жүргізуді қамтамасыз етеді:</w:t>
+      6. Эпидемия алдындағы кезеңде облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды жергілікті мемлекеттік басқару органдары мынадай іс-шараларды жүргізуді қамтамасыз етеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды мемлекеттік басқарудың жергілікті органдарының, мемлекеттік санитариялық-эпидемиологиялық қызмет органдары және ұйымаддары және мүдделі мемлекеттік органдар басшыларының ЖРВИ-ге және тұмауға қарсы күрес жөніндегі ведомствоаралық жедел кешенді іс-шаралар жоспарларын әзірлеуі;</w:t>
+      1) облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды жергілікті мемлекеттік басқару органдары, мемлекеттік санитариялық-эпидемиологиялық қызмет органдары мен ұйымдары және мүдделі мемлекеттік органдар басшыларының ЖРВИ-ге және тұмауға қарсы күрес жөніндегі ведомствоаралық жедел кешенді іс-шаралар жоспарларын әзірлеуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) төсек қорының қажетті көлемін, негізгі тұмауға қарсы препараттар мен құралдардың (вирусқа қарсы препараттар, оксолин майы, ден қызуын төмендететін құралдар, иммундық модульдеуші дәрі-дәрмектер, витаминдер мен минералдар), қарқынды терапия көрсетуге арналған жабдықтың және құралдардың, дезинфекциялау препараттарының және жеке қорғаныш құралдарының резервін құруды көздей отырып, эпидемиялық маусымда сырқаттанушылықтың көтерілуі кезінде медициналық ұйымдардың ЖРВИ және тұмаумен ауыратын адамдарды қабылдауға дайындығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1803,67 +1859,129 @@
         </w:rPr>
         <w:t xml:space="preserve">
       6) "Медициналық көмектің кепілдік берілген көлемі шеңберінде оларға қарсы міндетті профилактикалық екпелер жүргізілетін аурулардың тізбесін, екпелерді жүргізу қағидаларын, мерзімдерін және халықтың профилактикалық екпелерге жататын топтарын бекіту туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 24 қыркүйектегі № 612 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Медициналық көмектің кепілдік берілген көлемі шеңберінде міндетті профилактикалық екпелерді жүргізу қағидаларына сәйкес контингенттерге жыл сайын тұмауға қарсы вакцинациялау жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Эпидемиялық кезеңде облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті мемлекеттік басқару органдары, санитариялық-эпидемиологиялық қызметтің мемлекеттік органдары мен ұйымдары (бұдан әрі – аумақтық бөлімшелер) мынадай:</w:t>
+      7. Эпидемиялық кезеңде облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды жергілікті мемлекеттік басқарудың органдары, тиісті аумақтағы халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік орган ведомствосының аумақтық бөлімшелері (бұдан әрі – аумақтық бөлімшелер) мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ЖРВИ, тұмау және олардың асқынуларын (пневмонияларды), сондай-ақ биоматериалды тұмауға және ЖРВИ вирустарына зерделей отырып, оларға байланысты өлім-жітім жағдайларын мониторингілеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1974,395 +2092,477 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 14.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгерістер енгізілді - ҚР Денсаулық сақтау министрінің 14.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Амбулаториялық-емханалық көмек көрсететін медициналық ұйымдарда мынадай санитариялық-эпидемияға қарсы және санитариялық-профилактикалық іс-шаралар өткізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аумақта және ғимаратта кіреберісте тиісті көрсеткіштері бар сүзгілерді ұйымдастыру және жабдықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ЖРВИ, ТТА, АЖРИ және тұмау белгілері бар адамдар арнайы бөлінген бөлмеге оқшауланады, содан кей кейін сүзгі бөлімінің мейіргері дәрігерді шақырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дәрігер тексеріп-қарағаннан кейін сүзгі бөлімінің мейіргері дәрігердің нұсқауын орындайды (зерттеуге жағынды алады, инъекция жасайды) және пациент одан әрі амбулаториялық немесе стационарлық жағдайда емдеуге жіберіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) келушілердің емханада болу уақытын шектеу, науқастарды қабылдау үшін қосымша кабинеттер бөлу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қосымша телефондар орнату және тұмауға күдігі бар және ауыр, орташа-ауыр түрде өтетін ЖРВИ-мен ауыратын науқастарға консультациялық көмек көрсету және оларды емдеуге жатқызу үшін автомобиль көлік құралын (бұдан әрі – автокөлік құралы) бөлу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) үйге шақыртуға қызмет көрсету үшін жағдайлар жасау (қосымша автокөлік құралы, жанар-жағармай материалы, тіркеу орнының ауысымдық жұмысын ұйымдастыру, күнтізбелік жеті күнге уақытша еңбекке жарамсыздығы туралы парақтарын беру);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ЖРВИ, тұмау және олардың асқынуларының (пневмониялар) белгілері бар жүкті әйелдер мен 1 жасқа дейінгі балаларға үйге шақыртуларды күн сайын патронажды, уақтылы емдеуге жатқызуды қамтамасыз ету арқылы бірінші кезекте қызмет көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ЖРВИ, тұмаумен сырқаттанушылықтың көтерілуі кезеңінде денсаулық сақтау ұйымдардағы жұмыс күнінің уақытын медициналық ұйымдардың ішкі актілеріне сәйкес сағат 8.00-ден 20.00-ге дейін, сенбі және жексенбі күндері сағат 9.00-ден 18.00-ге дейін ұзарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ЖРВИ, тұмау және олардың асқынулары (пневмониялар) бар амбулаториялық науқастарды емдеу үшін вирусқа қарсы препараттардың қорын құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) әрбір 3 сағат сайын медициналық маскаларды ауыстыру есебімен, қолданылған жеке гигиена заттарын уақтылы кәдеге жарату арқылы қызметкерлерді бір рет қолданылатын маскалармен қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) адамдар бар кезінде ауаны зарарсыздандыруды қамтамасыз ететін қазіргі заманғы құрылғыларды пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) санитариялық тораптарды сұйық сабыны бар дозаторлармен, электр кептіргіштермен немесе бір рет қолданылатын қағаз сулықтармен, қолданылған маскаларды және сулықтарды жинауға арналған педалі бар қоқыс жәшіктерімен қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) медициналық ұйымдардың үй-жайларында кемінде + 18ºС температуралық режимді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) тұмауға және респираторлық вирустық инфекцияларға күдікті науқастардан уақтылы материал алуды (ауру сәтінен бастап 72 (жетпіс екі) сағаттан кешіктірмей) қамтамасыз ету. Іріктеп алынған үлгілер вирустық-көліктік ортасы бар түтікшеге, содан кейін салқын элементтері бар термоконтейнерге салынады және вирусологиялық зертханаларға алынған күні немесе келесі күні, алынған сәттен бастап зертханаға түскенге дейін 48 сағат ішінде (рұқсат етілетін ең ұзақ мерзім – 72 сағат) тасымалданады. Медициналық мекемеде сұйық азотты пайдаланбай, 72 сағатқа дейін 2-800С температурада сақтау қамтамасыз етіледі. Тасымалдау үш рет қаптамалау және салқын тізбек қағидаларын сақтай отырып, алдын ала мұздатусыз термоконтейнерлерде жүргізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) тұмауға күдікті науқастардан материал алу үшін шығыс материалдары мен көліктік орталардың қорын жасау және күнтізбелік жеті күннен асырмай температуралық режимді сақтай отырып, көліктік ортаны уақытша сақтауды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) пациенттер болатын жерлерде ЖРВИ мен тұмаудың профилактикасы туралы көрнекі ақпаратты орналастыру (стендтер, кітапшалар, үнпарақтар, плакаттар, тұмаудың профилактикасы жөнінде бейнематериалдар көрсету).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
-[...306 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z23" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Медициналық ұйымдарда (стационарлар, босандыру ұйымдары мен бөлімшелер) мынадай санитариялық-эпидемияға қарсы және санитариялық-профилактикалық іс-шаралар өткізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2390,51 +2590,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ЖРВИ, тұмау және олардың асқынулары (пневмониялар) бар науқастарды емдеу үшін препараттардың, сондай-ақ дезинфекциялық препараттардың тізбесіне сәйкес дезинфекциялау құралдарының қорын сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) тұмауға және респираторлық вирустық инфекцияларға болжамды күдігі бар науқастардан уақтылы (ауырған сәттен бастап 72 сағаттан кешіктірмей) материал алуды, "салқындату тізбегі" талаптарын сақтай отырып, үлгілерді уақытша сақтауды және вирусологиялық зертханаларға тасымалдауды қамтамасыз ету;</w:t>
+      3) тұмауға және респираторлық вирустық инфекцияларға күдікті науқастардан уақтылы материал алуды (ауру сәтінен бастап 72 (жетпіс екі) сағаттан кешіктірмей) қамтамасыз ету. Іріктеп алынған үлгілер вирустық-көліктік ортасы бар түтікшеге, содан кейін салқын элементтері бар термоконтейнерге салынады және вирусологиялық зертханаларға алынған күні немесе келесі күні, алынған сәттен бастап зертханаға түскенге дейін 48 сағат ішінде (рұқсат етілетін ең ұзақ мерзім – 72 сағат) тасымалданады. Медициналық мекемеде сұйық азотты пайдаланбай, 72 сағатқа дейін 2-800С температурада сақтау қамтамасыз етіледі. Тасымалдау үш рет қаптамалау және салқын тізбек қағидаларын сақтай отырып, алдын ала мұздатусыз термоконтейнерлерде жүргізіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тұмауға күдікті науқастардан материал алу үшін шығыс материалдары мен көліктік орталардың қорын сатып алу және күнтізбелік жеті күннен асырмай температуралық режимді сақтай отырып, көліктік ортаны уақытша сақтауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2555,50 +2755,112 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) ЖРВИ мен тұмауға болжамды күдігі бар пациенттерді жеке үй-жайларға немесе блоктарға (палаталар, бокстар, бөлімшелер, секциялар) оқшаулау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) тұмаумен ауруханаішілік сырқаттанушылық жағдайларын есепке алуды және тіркеуді жүргізу, тұмаудың өршу себептерін тергеп-тексеру және оны шоғырландыру бойынша шаралар қабылдау.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Білім беру ұйымдарында мынадай санитариялық-эпидемияға қарсы және санитариялық-профилактикалық іс-шаралар өткізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2823,110 +3085,234 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) оқушыларға жеке гигиена ережелерін сақтау және ЖРВИ мен тұмаудың алдын алу мәселелері бойынша тақырыптық диктанттар жаздыруды жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-      білім беру және тәрбиелеу ұйымдарында эпидемиялық процеске ЖРВИ-мен ауырған науқастардың жалпы саны 30 % және одан жоғары болған жағдайда тәрбиелеу және білім беру ұйымдарында ЖРВИ-мен соңғы анықталған науқастан кейін инкубациялық кезеңге оқу процесін уақытша тоқтату жүзеге асырылады.</w:t>
+        <w:t>
+      14) ЖРВИ және тұмаумен сырқаттанушылықтың көтерілуі кезеңінде көпшілік және ойын-сауық іс-шараларын өткізуді шектеу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір сыныптағы (топтағы) балалар арасында сыныптағылар санының 20%-дан 30%-ына дейінгісі ЖРВИ-мен топтық сырқаттануы анықталған жағдайда байланыста болған адамдарға күнтізбелік жеті күнге медициналық бақылау белгіленеді, жалпы білім беру ұйымдарында бір күн ішінде кабинеттер бойынша оқушылардың жүріп-тұруы болмайды, ЖРВИ-мен ауыратын соңғы науқас анықталғаннан кейін инкубациялық кезеңнің ішінде топтарға (сыныптарға) жаңа балаларды қабылдауға тыйым салынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эпидемиялық процеске білім беру ұйымдарының сыныптары (топтары) санының жалпы ауырғандар саны 30% және одан көп ЖРВИ-мен ауыратын науқастар тартылған жағдайда оқушыларды қашықтықтан оқытуға ауыстыру жүзеге асырылады, мектепке дейінгі ұйымдарда ЖРВИ-мен ауыратын соңғы науқас анықталған кезден бастап бір инкубациялық кезең ішінде тәрбиелеу және білім беру объектілерінде оқу процесін уақытша тоқтата тұру жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. ЖРВИ-мен, тұмаумен сырқаттанушылықтың апталық бақылау деңгейі немесе сырқаттанушылық көрсеткіштері өткен аптамен салыстырғанда 1,5 немесе одан да көп есеге артқан кезде аумақтарда шектеу іс-шаралары аумақтық бөлімшелер бекіткен тәртіппен және инфекциялық аурулар тізбесіне сәйкес енгізіледі.</w:t>
+      11. Алдыңғы аптамен салыстырғанда ЖРВИ-мен, тұмаумен сырқаттанушылықтың апта сайынғы шекті деңгейі 1,5 және одан да көп есе артқан немесе сырқаттанушылық көрсеткіштері өскен кезде аумақтарда шектеу іс-шаралары енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. ЖРВИ-мен, тұмаумен ауыратын науқастарды емдеуге жатқызу клиникалық және эпидемиологиялық көрсетімдер бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3061,54 +3447,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. ЖРВИ-мен (ТТА, АЖРИ), тұмаумен және олардың асқынуларымен (пневмониялар) ауыратын науқастардан алынған материалды зерттеуді, тұмауға және тұмау емес вирустарға зерттеу көлемін анықтауды, зертханалық шығыс құраларының қорын қамтамасыз етуді халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік органның ұйымдары жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Эпидемиологиялық қадағалауды жүргізу кезінде зертханалық зерттеулер үшін биоматериал алуды ЖРВИ-мен және тұмаумен сырқаттанушылықтың эпидемия алдындағы және эпидемиялық маусымдарда ай сайын сырқаттану көріністері айқын ЖРВИ-мен, тұмаумен ауыратын кемінде он науқастан денсаулық сақтау ұйымның жауапты медицина қызметкері жүргізеді.</w:t>
+      17. Күнделікті эпидемиологиялық қадағалау жүргізу кезінде зертханалық зерттеулер үшін биоматериал алуды денсаулық сақтау ұйымының жауапты медицина қызметкерлері ай сайын ерекше ауыр салдарлары бар жағдайларды қоса алғанда немесе ЖРВИ-мен және тұмаумен сырқаттанушылықтың эпидемиялық маусымында жағдайлар кластері болған кезде аурудың айқын белгілері бар оннан аспайтын ЖРВИ-мен және тұмаумен ауыратын науқастан жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. ТТА және АЖРИ шолғыншы эпидемиологиялық қадағалау жүйесі кезінде шолғыншы орталықтардың тізімін, олардың жұмыс кестесі мен ШЭҚ шеңберінде жұмысты ұйымдастыруға жауапты адамның функционалдық мiндеттерiн облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды мемлекеттік басқарудың жергілікті органдарының басшылары мен шолғыншы өңірлердің аумақтық бөлімшелерінің басшылары айқындайды және бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3194,141 +3642,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ЖРВИ-мен, ТТА-мен сырқаттанушылық көрсеткіштерін және ЖРВИ ішіндегі ТТА-ның үлесін есептеу үшін эпидмаусым алдында 0-4, 5-14, 15-29, 30-64, 65 және одан жоғары жас ерекшелік топтарындағы қызмет көрсетілетін тұрғындар саны туралы ақпарат беру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) дәрігердің қабылдауы кезінде және (немесе) үйге шақырту бойынша қызмет көрсету кезінде ауру ұзақтығы күнтізбелік жеті күннен аспаған жас ерекшелік тобын, жынысын, ЖРВИ және (немесе) ТТА диагнозын көрсете отырып, ЖРВИ диагнозы бар науқастар бойынша ақпаратын күн сайын жинау;</w:t>
-[...17 lines deleted...]
-      4) ТТА-мен ауыратын науқастардан алынған үлгілерді жинау бригаданың науқастың үйіне баруы арқылы жүргізіледі. Бір айда төрт апта болғанда әр емхананың құрамында клиницисті бар бригадасы зертханалық зерттеп-қарауға жататын науқасқа бір рет, бес апта болғанда – айына екі рет барады;</w:t>
+      2-1) 0-4, 5-14, 15-29, 30-64, 65 және одан үлкен жас топтары бойынша ЖРВИ жағдайларының ішінен стандартты анықтамаға сәйкес келетін ТТА жағдайын есептеу туралы ақпарат ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дәрігердің қабылдауы және (немесе) үйде шақыруларға қызмет көрсету кезінде жас тобын, жынысын, ЖРВИ диагнозын және ТТА стандартты анықтамасына сәйкестігін көрсете отырып, аурудың ұзақтығы күнтізбелік он күннен аспайтын ЖРВИ диагнозы бар науқастарға күнделікті ақпарат жинау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды мемлекеттік басқарудың жергілікті органдары ТТА бойынша барлық шолғыншы орталықтар үшін сынамаларды алудың бірыңғай кестесін бекітеді. Кесте бойынша әр апта сайын шолғыншы өңірдегі емханалардың бірі ТТА-мен ауыратын науқастарды іріктеп алады және аптасына бір күн (бір айда төрт апта болғанда айына бір күн немесе бес апта болғанда, сондай-ақ өңірде екі шолғыншы емхана болған жағдайда айына екі апта (екі күн), ) сынама алуды жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) құрамына санитариялық-эпидемиологиялық қызметтің вирусологы және әрбір емхананың клиницисті кіретін көшпелі бригаданың жұмысын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) үйге шақыруларды тіркейтін шолғыншы орталықтың оқытылған медицина қызметкерінің үлгілерді іріктеу күні ТТА жағдайының стандартты айқындамасына сәйкес келетін науқастарды анықтауы;</w:t>
-[...35 lines deleted...]
-      8) аурудың ұзақтығы 72 (жетпіс екі) сағаттан аспайтын ТТА жағдайын стандартты айқындауға сәйкес келетін 1 жастан асқан науқастардан материал алу;</w:t>
+      6) үлгілерді алу бригаданың шығуы қарсаңында (шығатын күннің алдыңғы күні) шолғыншы орталықтың оқытылған орта медицина қызметкері алдын ала қалыптастырылған және нөмірленген тізім бойынша бекітілген кестеге сәйкес жүзеге асырады. Тізімге осы күні ТТА-мен жүгінген барлық адамдар (шақырулар, жүгіну және сүзгінің жиынтығы) енгізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) іріктеуді шолғыншы емхананың ШЭҚ бойынша жауапты дәрігері қалыптастырады. Сынамалар алу үшін іріктеуге енгізу өлшемшарты жағдайдың ТТА жағдайының стандартты анықтамасына сәйкестігі болып табылады, сынамаларды алу 15-20 жағдайда жүргізіледі. 20-дан астам науқас жүгінген кезде жүйелі іріктеу қолданылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ТТА жағдайының стандартты анықтамасына сәйкес келетін 0 және одан үлкен жастағы науқастардан материал алу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) материал алынған әрбір ТТА-мен ауыратын науқасқа сәйкестендіру нөмірін бере отырып және науқас туралы ақпаратты көрсете отырып, зертханаға жолдаманы толтыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3348,267 +3814,349 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 20-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 14.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 20-тармаққа өзгерістер енгізілді - ҚР Денсаулық сақтау министрінің 14.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. АЖРИ-ді ШЭҚ жүйесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) АЖРИ-мен ауыратын науқастарды толық және уақтылы анықтау мақсатында шолғыншы орталықтар мынаны қамтамасыз етеді: апта сайынғы деректерді аумақтық бөлімшелерге ұсына отырып, науқастардың барлық жүгінуі кезінде стандартты анықтамаға сәйкес келетін және аурудың ұзақтығы күнтізбелік он күннен аспайтын АЖРИ жағдайларына есептеу жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ЖРВИ және (немесе) өкпенің жіті ауруларымен және (немесе) ЖРВИ вирустары тудырған созылмалы аурулардың асқынуларымен аурудың алғашқы күнтізбелік он күнінде келіп түскен науқастарға "АЖРИ – "иә немесе жоқ" қорытындысын ресімдеуді жеңілдету үшін науқаста болатын симптомдар "V" белгісімен көрсетілетін жерде, стационарлық пациенттің медициналық картасының қолайлы жеріне "АЖРИ симптомдары бар" деген мөртабан қойылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) барлық диагноздармен шолғыншы бөлімшелерге (немесе барлық бөлімшелері АЖРИ-мен ауыратын адамдарды қабылдаған жағдайда стационарға), оның ішінде тұмау маусымында қосымша бөлімше ашылған жағдайда, емдеуге жатқызылған адамдардың жалпы санынан жас ерекшелік топтары бойынша АЖРИ-мен ауыратын барлық емдеуге жатқызылған науқастарды есептеу жүргізіледі. Шолғыншы стационарларда сканерлер мен компьютерлер болған жағдайда, апта сайынғы есептер автоматты түрде қалыптастырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есеп мыналарды қамтиды: ЖРВИ вирустары тудырған барлық диагноздармен (ЖРВИ және (немесе) жіті өкпе ауруы және (немесе) өкпенің созылмалы ауруының асқынуы) ауырған сәтінен бастап күнтізбелік он күн ішінде: 0-4, 5-14, 15-29, 30-64, 65 және одан жоғары жас ерекшелік топтары бойынша шолғыншы бөлімшеге емдеуге жатқызылған науқастар саны, оның ішінде АЖРИ "иә": 0-4, 5-14, 15-29, 30-64, 65 және одан жоғары жас ерекшелік топтары бойынша; 1000 адамға шаққанда АЖРИ "иә" көрсеткіші: 0-4, 5-14, 15-29, 30-64, 65 және одан жоғары жас ерекшелік топтары бойынша; 1-4, 5-14 жас ерекшелік топтары бойынша ауырған сәтінен бастап күнтізбелік үш күн ішінде және 15-29, 30-64, 65 және одан жоғары жас ерекшелік топтары бойынша ауырған сәтінен бастап күнтізбелік жеті күн ішінде зертханалық зерттеп-қаралған АЖРИ жағдайларының саны және олардың нәтижелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сынама алу үшін іріктеуге енгізу өлшемшарты жағдайдың АЖРИ жағдайының стандартты анықтамасына сәйкестігі болып табылады. Материалды алу АЖРИ жағдайының стандартты анықтамасына сәйкес келетін 0 және одан үлкен жастағы науқастардан жүргізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) АЖРИ-мен ауыратын науқастардан үлгілерді алу аумақтық бөлімшемен келісілген кестеге сәйкес аптасына екі рет жүргізіледі. Кесте бойынша белгіленген екі күнде тәулігіне АЖРИ-мен ауруханаға жатқызылған алғашқы 10 науқастан алынады, бір апта ішінде тексерілгендер саны 20-ны құрайды. Бір күнде АЖРИ-мен ауыратын 10-нан аз науқас ауруханаға жатқызылған кезде сынама алу АЖРИ жағдайының стандартты анықтамасына, науқастың ауырлығына, жасына немесе басқа да факторларға қарамастан, сынама алуға науқасты қосу және оның келісімі өлшемшарттарына сәйкес келетін барлық адамдардан жүргізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) зертханалық зерттеп-қаралған АЖРИ жағдайларының стационарлық пациенттің медициналық картасының ыңғайлы жеріне мынадай деректерді белгілейді: науқас реанимация бөлімінде болды "-" "+"; өкпені жасанды желдетуді қабылдады "-" "+"; оттекті терапияны (маска немесе мұрын катетері арқылы) қабылдады "-" "+";аурудан сауықты "-" "+"; қайтыс болды "-" "+"; қайтыс болған күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) науқас стационардан шыққаннан кейін осы Санитариялық қағидалардың 21-тармағының 7) тармақшасында көрсетілген деректер аумақтық бөлімшелерге беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) әрбір зертханалық зерттеп-қаралған АЖРИ жағдайы үшін сауалнама және вирусологиялық зертханаға жолдама толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...180 lines deleted...]
-      9) әрбір зертханалық зерттеп-қаралған АЖРИ жағдайы үшін сауалнама және вирусологиялық зертханаға жолдама толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z36" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Менингококк инфекциясы кезінде санитариялық-эпидемияға қарсы, санитариялық-профилактикалық іс-шараларды жүргізуді ұйымдастыруға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -8287,55 +8835,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>