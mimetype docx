--- v0 (2025-11-26)
+++ v1 (2026-01-15)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f56d11a" w14:textId="f56d11a">
+    <w:p w14:paraId="c2db644" w14:textId="c2db644">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Азаматтық қорғау саласындағы әкімшілік деректерді жинауға арналған нысандарды бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Төтенше жағдайлар министрінің 2021 жылғы 13 мамырдағы № 212 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 18 мамырда № 22760 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Төтенше жағдайлар министрінің 2021 жылғы 13 мамырдағы № 212 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 18 мамырда № 22760 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Азаматтық қорғау туралы" 2014 жылғы 11 сәуірдегі Қазақстан Республикасы Заңының 12-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -176,699 +177,831 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) алып тасталды - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) алып тасталды - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Жергілікті атқарушы органдармен құрылған өрт сөндіру бөлімшелері мен құралымдары туралы мәліметтер" әкімшілік деректерін жинауға арналған нысан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Құлақтандыру жүйелерін қамтамасыз ету туралы мәліметтер" әкімшілік деректерін жинауға арналған нысан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Сейсмикалық аудандарға бөлу картасын әзірлеу туралы мәліметтер" әкімшілік деректерін жинауға арналған нысан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Сел ұстағыш және көшкіннен қорғайтын құрылыстар туралы мәліметтер" әкімшілік деректерін жинауға арналған нысан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...160 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) алып тасталды - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) алып тасталды - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) алып тасталды - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) алып тасталды - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Техногендік сипаттағы авариялық жағдайларда қаза болғандар саны туралы мәліметтер" әкімшілік деректерін жинауға арналған нысан бекітілсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Төтенше жағдайлар министрлігінің Стратегиялық жоспарлау және ақпараттық-аналитикалық жұмыс департаменті:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықты Қазақстан Республикасы Төтенше жағдайлар министрлігінің интернет-ресурсына орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркегеннен кейін күнтізбелік он күн ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Төтенше жағдайлар министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау аппарат басшысына және жетекшілік ететін Қазақстан Республикасы Төтенше жағдайлар вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Төтенше жағдайлар министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1101,1925 +1234,104 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 212 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Гидротехникалық құрылыстар туралы мәлімет" әкімшілік деректерді жинауға арналған нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ұсынылады: Қазақстан Республикасы Төтенше жағдайлар министрлігі. </w:t>
-[...1840 lines deleted...]
-      Күні 20__ жылғы "___" _______________</w:t>
+      Ескерту. 1-қосымша алып тасталды - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3055,409 +1367,164 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Гидротехникалық құрылыстар</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>туралы мәлімет" әкімшілік</w:t>
+              <w:t>Төтенше жағдайлар министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деректерді жинауға арналған</w:t>
+              <w:t>2021 жылғы 13 мамырдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысанға қосымша</w:t>
+              <w:t>№ 212 бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkStart w:name="z40" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Гидротехникалық құрылыстар туралы мәліметтер" әкімшілік деректерді жинауға арналған нысанын толтыру бойынша түсіндірме (нысанның индексі – 1-ГТҚ, кезеңділігі – жылына бір рет)</w:t>
-[...33 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> "Инженерлік-геологиялық іс-шаралар туралы мәліметтер" әкімшілік деректерді жинауға арналған нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы түсіндірме "Гидротехникалық құрылыстар туралы мәліметтер" әкімшілік деректерді жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды. </w:t>
-[...260 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+      Ескерту. 2-қосымша алып тасталды - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3530,2261 +1597,1113 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2021 жылғы 13 мамырдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 212 бұйрығына</w:t>
+              <w:t>№ 212 бұйрығына 3-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>Әкімшілік деректерді жинауға арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
-[...28 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ұсынылады: Қазақстан Республикасы Төтенше жағдайлар министрлігі. </w:t>
-[...107 lines deleted...]
-      Ұсыну мерзімі: есепті жылдың 15 қаңтарына (қоса алғанда) дейін.</w:t>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұсынылады: азаматтық қорғау саласындағы уәкілетті органға. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет – ресурста орналастырылған: www.emer.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: "Өрт сөндіру пункттері мен өртке қарсы ерікті құралымдар туралы мәліметтер".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: 3- ӨПӨЕҚ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кезеңділік: жылына бір рет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Есепті кезең: 20 __ жылғы __________ (айы). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: есепті жылдың 15 қаңтарына (қоса алғанда) дейін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1002"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="971"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-р/с №</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...1028 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId4"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кестенің жалғасы</w:t>
+      Жинау әдісі: электронды түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның негізгі бөлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өрт сөндіру пункттері мен өртке қарсы ерікті құралымдар туралы мәліметтер</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1982"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инженерлік іс-шараларды жүргізуді талап ететін, километрлер</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="1982" w:type="dxa"/>
+р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жөндеу</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1983" w:type="dxa"/>
+Өрт сөндіру пункттері мен өртке қарсы ерікті құралымдардың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нығайту</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2385" w:type="dxa"/>
+Құрылған (жұмыс істеп тұрған) өрт сөндіру пункттері мен өртке қарсы ерікті құралымдардың саны, бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзеннің түбін тереңдету/немесе арнасын кеңейту</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1983" w:type="dxa"/>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзендерді реконструкциялау</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1983" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзендердің арнасын тазалау</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзендердің арнасын түзету</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="1982" w:type="dxa"/>
+А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1983" w:type="dxa"/>
+Өрт сөндіру пункттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:tcW w:w="2385" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1983" w:type="dxa"/>
+Б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1983" w:type="dxa"/>
+Өртке қарсы ерікті құралымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...284 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Атауы _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық пошта мекенжайы ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы _______________________________ _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (бар болса), қолы, телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Атауы______________________________ Мекенжайы _____________________ </w:t>
-[...143 lines deleted...]
-      Күні 20__ жылғы "___" _______________</w:t>
+      Басшы немесе оның міндетін атқарушы адам </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөрдің орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5820,349 +2739,283 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Инженерлік-геологиялық</w:t>
+              <w:t>"Өрт сөндіру пункттері мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>іс-шаралар туралы мәліметтер"</w:t>
+              <w:t>өртке қарсы ерікті құралымдар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әкімшілік деректерді жинауға</w:t>
+              <w:t>туралы мәліметтер" әкімшілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған нысанға қосымша</w:t>
+              <w:t>деректерді өтеусіз негізде</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыну қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:bookmarkStart w:name="z215" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Инженерлік-геологиялық іс-шаралар туралы мәліметтер" әкімшілік деректерді жинауға арналған нысанын толтыру бойынша түсіндірме, (нысанның индексі – 2-ИГІШ, кезеңділігі – жылына бір рет)</w:t>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="43"/>
+        <w:t xml:space="preserve"> "Өрт сөндіру пункттері мен өртке қарсы ерікті құралымдар  туралы мәліметтер" әкімшілік деректерді жинауға  арналған нысанды толтыру бойынша түсіндірме  (индексі – 3- ӨПӨЕҚ, жылына бір рет)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы түсініктеме "Өрт сөндіру пункттері мен өртке қарсы ерікті құралымдар туралы мәліметтер" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды (бұдан әрі – Нысан) толтыру жөніндегі бірыңғай талаптарды айқындайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Нысан жылына бір рет есепті жылдың 15 қаңтарына (қоса алғанда) дейін беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Нысанды облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарының тиісті басқармалары толтырады және Қазақстан Республикасы Төтенше жағдайлар министрлігінің аумақтық органдарына ұсынылады, олар Қазақстан Республикасы Төтенше жағдайлар министрлігіне ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нысанға орындаушы және басшы немесе оның міндетін атқарушы адам оның тегі мен аты-жөні, сондай-ақ толтырылған күні көрсетіле отырып қол қояды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан мемлекеттік және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-[...117 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. 1-баған "А", "Б" әріптерімен белгіленеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. 2-бағанда өрт сөндіру пункттері мен өртке қарсы ерікті құралымдардың атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. 3-бағанда құрылған (жұмыс істеп тұрған) өрт сөндіру пункттері мен өртке қарсы ерікті құралымдарының саны көрсетіледі, бірлік.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6224,1188 +3077,1387 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Төтенше жағдайлар министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2021 жылғы 13 мамырдағы</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 212 бұйрығына 4-қосымша</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 212 бұйрығына</w:t>
+              <w:t>Әкімшілік деректерді жинауға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
-[...140 lines deleted...]
-      Ұсыну мерзімі: есепті жылдың 15 қаңтарына (қоса алғанда) дейін.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұсынылады: азаматтық қорғау саласындағы уәкілетті органға. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет – ресурста орналастырылған: www.emer.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: "Құлақтандыру жүйелерімен қамтамасыз ету туралы мәліметтер".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: 4-ҚЖ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кезеңділік: жылына бір рет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Есепті кезең: 20 __ жылғы __________ (айы). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: есепті жылдың 15 қаңтарына (қоса алғанда) дейін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="884"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5309"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-р/с</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1621" w:type="dxa"/>
+БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:tcW w:w="4486" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: электронды түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның негізгі бөлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құлақтандыру жүйелерімен қамтамасыз ету туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергілікті атқарушы органдармен құрылған (жұмыс істеп тұрған) өрт сөндіру бөлімшелерінің, құралымдарының саны, бірлік</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5309" w:type="dxa"/>
+р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді өртке қарсы қорғауды қамтамасыз ету үшін қажетті жергілікті атқарушы органдармен құрылған өрт сөндіру бөлімшелерінің, құралымдарының саны, бірлік</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="884" w:type="dxa"/>
+Облыстардың, республикалық маңызы бар қалалардың және астананың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1621" w:type="dxa"/>
+Сиреналық-сөйлеу құрылғыларының қажет саны, бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4486" w:type="dxa"/>
+Ағымдағы сәтте қолданыстағы сиреналық-сөйлеу құрылғыларының, бірліктерінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5309" w:type="dxa"/>
+Келешекте сиреналық-сөйлеу құрылғыларымен толықтыру, бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+Қолданыстағы сиреналық-сөйлеу құрылғыларының жарақталу, пайызы (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өрт сөндіру бекеттері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4486" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5309" w:type="dxa"/>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="884" w:type="dxa"/>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1621" w:type="dxa"/>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өртке қарсы ерікті құралымдар</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4486" w:type="dxa"/>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="5309" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...26 lines deleted...]
-            <w:tcW w:w="884" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1621" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4486" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="5309" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Атауы_____________________________ Мекенжайы_____________________</w:t>
-[...143 lines deleted...]
-      Күні 20__ жылғы "___" _______________</w:t>
+      Атауы _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық пошта мекенжайы ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы _______________________________ _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (бар болса), қолы, телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы немесе оның міндетін атқарушы адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөрдің орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7441,368 +4493,389 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Жергілікті атқарушы</w:t>
+              <w:t>"Құлақтандыру жүйелерімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қамтамасыз ету туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органдармен құрылған өрт</w:t>
+              <w:t>мәліметтер" әкімшілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сөндіру бөлімшелері мен</w:t>
+              <w:t>деректерді өтеусіз негізде</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құралымдары туралы</w:t>
+              <w:t>ұсыну қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мәліметтер" әкімшілік</w:t>
-[...25 lines deleted...]
-              <w:t>нысанға қосымша</w:t>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkStart w:name="z217" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Жергілікті атқарушы органдармен құрылған өрт сөндіру бөлімшелері мен құралымдары туралы мәліметтер" әкімшілік деректерді жинауға арналған нысанды толтыру бойынша түсіндірме (нысанның индексі – 3-ӨБҚ кезеңділігі – жылына бір рет)</w:t>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+        <w:t xml:space="preserve"> "Құлақтандыру жүйелерімен қамтамасыз ету туралы мәліметтер"  әкімшілік деректерді өтеусіз негізде жинауға арналған  нысанын толтыру жөніндегі түсіндірме (Индексі: 4-ҚЖ, жылына бір рет)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсініктеме "Құлақтандыру жүйелерімен қамтамасыз ету туралы мәліметтер" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Нысан жылына бір рет есепті жылдың 15 қаңтарына (қоса алғанда) дейін беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Нысанды облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарының тиісті басқармалары толтырады және Қазақстан Республикасы Төтенше жағдайлар министрлігінің аумақтық органдарына ұсынылады, олар Қазақстан Республикасы Төтенше жағдайлар министрлігіне ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нысанға орындаушы және басшы немесе оның міндетін атқарушы адам оның тегі мен аты-жөні, сондай-ақ толтырылған күні көрсетіле отырып қол қояды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан мемлекеттік және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-[...97 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. 1-бағанда өтпелі нөмірлеу көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. 2-бағанда облыстардың, республикалық маңызы бар қалалардың және астананың атауы Әкімшілік-аумақтық объектілер жіктеуішіне сәйкес көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. 3-бағанда облысты, республикалық маңызы бар қаланы және астананы құлақтандырумен толық қамту үшін қажетті сиреналық-сөйлеу құрылғыларының жалпы саны (бірлік) көрсетіледі. Есеп Қазақстан Республикасы Төтенше жағдайлар министрінің 2025 жылғы 10 сәуірдегі № 130 бұйрығымен бекітілген қолданыстағы нормативтер негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. 4-бағанда ағымдағы сәтте облыстарда, республикалық маңызы бар қалаларда және астанада орнатылған қолданыстағы сиреналық-сөйлеу құрылғыларының бар болуы (бірлік) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. 5-бағанда облыстарда, республикалық маңызы бар қалаларда және астанада жетіспейтін сиреналық-сөйлеу құрылғыларының саны (бірлік) көрсетіледі. Мәні 3-баған көрсеткішінен 4-баған көрсеткішін шегеру арқылы есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. 6-бағанда облыстарда, республикалық маңызы бар қалаларда және астанада қолданыстағы сиреналық-сөйлеу құрылғыларымен жарақтандыру пайызы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7875,1077 +4948,1054 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2021 жылғы 13 мамырдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 212 бұйрығына</w:t>
+              <w:t>№ 212 бұйрығына 5-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
+              <w:t>Әкімшілік деректерді жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
-[...28 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ұсынылады: Қазақстан Республикасы Төтенше жағдайлар министрлігі. </w:t>
-[...107 lines deleted...]
-      Ұсыну мерзімі: есепті жылдың 15 қаңтарына (қоса алғанда) дейін.</w:t>
+      Ескерту. 5-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұсынылады: азаматтық қорғау саласындағы уәкілетті органға. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет – ресурста орналастырылған: www.emer.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: "Сейсмикалық аудандарға бөлу картасын әзірлеу туралы мәліметтер".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: 5- САК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кезеңділік: жылына бір рет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Есепті кезең: 20 __ жылғы __________ (айы). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: есепті жылдың 15 қаңтарына (қоса алғанда) дейін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="725"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3303"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="725" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-р/с №</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1873" w:type="dxa"/>
+БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:tcW w:w="1938" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: электронды түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның негізгі бөлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сейсмикалық аудандарға бөлу картасын әзірлеу туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрдабылдардың және дабылды-сөйлеу құрылғыларының қажет саны, бірлік</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2523" w:type="dxa"/>
+р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрдабылдардың және дабылды-сөйлеу құрылғыларының ағымдағы кезеңде қолдағы бар саны, бірлік</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1938" w:type="dxa"/>
+Сейсмикалық қауіпті аймақта орналасқан облыстың (республикалық маңызы бар қаланың) атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Келешекте электрдабылдардың және дабылды-сөйлеу құрылғыларымен толықтыру, бірлік</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3303" w:type="dxa"/>
+Тұратын халықтың саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолданыстағы электрдабылдардың және дабылды-сөйлеу құрылғыларының жарақталу, пайызы (%)</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="725" w:type="dxa"/>
+Сейсмикалық қарқындылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1873" w:type="dxa"/>
+Сейсмикалық аудандарға бөлу картасы жасалды (иә / жоқ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1938" w:type="dxa"/>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2523" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1938" w:type="dxa"/>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3303" w:type="dxa"/>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...238 lines deleted...]
-</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...144 lines deleted...]
-      Күні 20__ жылғы "___" _______________</w:t>
+        <w:t>
+      Атауы _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық пошта мекенжайы ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы _______________________________ _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (бар болса), қолы, телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы немесе оның міндетін атқарушы адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөрдің орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8981,387 +6031,423 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Құлақтандыру жүйелерімен</w:t>
+              <w:t>"Сейсмикалық аудандарға бөлу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамтамасыз ету туралы мәлімет"</w:t>
+              <w:t>картасын әзірлеу туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әкімшілік деректерді жинауға</w:t>
+              <w:t>мәліметтер"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған нысанға қосымша</w:t>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізде ұсыну қағидаларына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:bookmarkStart w:name="z219" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Құлақтандыру жүйелерімен қамтамасыз ету туралы мәлімет" әкімшілік деректерді жинауға арналған нысанына толтыру бойынша түсіндірме (нысанның индексі – 4-ҚҚ кезеңділігі – жылына бір рет)</w:t>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z79" w:id="70"/>
+        <w:t xml:space="preserve"> "Сейсмикалық аудандарға бөлу картасын әзірлеу туралы мәліметтер"  әкімшілік деректерді өтеусіз негізінде жинауға арналған  нысанын толтыру жөніндегі түсіндірме (Индексі: 5- САК, жылына бір рет)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсініктеме "Сейсмикалық аудандарға бөлу картасын әзірлеу туралы мәліметтер" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды (бұдан әрі – нысан) толтыру жөніндегі бірыңғай талаптарды айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Нысан жылына бір рет есепті жылдың 15 қаңтарына (қоса алғанда) дейін беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Нысанды облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарының тиісті басқармалары толтырады және Қазақстан Республикасы Төтенше жағдайлар министрлігінің аумақтық органдарына ұсынылады, олар Қазақстан Республикасы Төтенше жағдайлар министрлігіне ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нысанға орындаушы және басшы немесе оның міндетін атқарушы адам оның тегі мен аты-жөні, сондай-ақ толтырылған күні көрсетіле отырып қол қояды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан мемлекеттік және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 1-бағанда аяқталатын нөмірлеу көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. 2-бағанда сейсмикалық қауіпті аймақта орналасқан облыстың (республикалық маңызы бар қаланың) атауы Әкімшілік-аумақтық объектілер жіктеуішіне сәйкес көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. 3-бағанда тұратын халықтың саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. 4-бағанда "Сейсмикалық аймақтардағы құрылыс" 2.03-30-2017* Қазақстан Республикасының Қағидалар жинағына сәйкес MSK-64 (К) сейсмикалық қарқындылық шкаласы бойынша баллдарда аймақтың (ауданның) сейсмикалық қарқындылығы (белсенділігі) көрсетіледі. Максималды мәнді көрсетіңіз.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. 4-бағанда облыстардың, республикалық маңызы бар қалалардың және астанада орнатылған электрдабылдардың және дабылды-сөйлеу құрылғыларының ағымдағы кезеңде қолдағы бар саны көрсетіледі, бірлік. </w:t>
-[...60 lines deleted...]
-    <w:bookmarkEnd w:id="77"/>
+      10. 5-бағанда сейсмикалық қауіпті аймақта (Иә/Жоқ) орналасқан облыс (республикалық маңызы бар қала) үшін сейсмикалық аудандарға бөлу карталарының болуы туралы мәліметтер көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9434,1329 +6520,981 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2021 жылғы 13 мамырдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 212 бұйрығына</w:t>
+              <w:t>№ 212 бұйрығына 6-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-қосымша</w:t>
+              <w:t>Әкімшілік деректерді жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="78"/>
-[...46 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Әкімшілік деректер нысаны www.emer.gov.kz интернет ресурсында орналастырылған: </w:t>
-[...89 lines deleted...]
-      Ұсыну мерзімі: есепті жылдың 15 қаңтарына (қоса алғанда) дейін.</w:t>
+      Ескерту. 6-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұсынылады: азаматтық қорғау саласындағы уәкілетті органға. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет – ресурста орналастырылған: www.emer.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: "Сел ұстағыш және көшкіннен қорғайтын құрылыстар туралы мәліметтер"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: 6- СКҚ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кезеңділік: жылына бір рет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Есептік кезең: 20 __ жылғы __________ (айы). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: есепті жылдың 15 қаңтарына (қоса алғанда) дейін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="732"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1140"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-р/с</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1546" w:type="dxa"/>
+БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:tcW w:w="1749" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: электронды түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның негізгі бөлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сел ұстағыш және көшкіннен қорғайтын құрылыстар туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сейсмикалық қауіпті аймақтарда орналасқан, елді мекеннің атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1139" w:type="dxa"/>
+р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекенде тұратын халықтың саны</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="732" w:type="dxa"/>
+Сел, көшкін қаупі бар аймақта орналасқан облыстың (республикалық маңызы бар қаланың) атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сейсмикалық қарқындылығы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2901" w:type="dxa"/>
+Аумақты қорғауды қамтамасыз ету үшін сел ұстайтын құрылыстардың саны, бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бекітілген сейсмикалық аудандандарға бөлу карталар саны (шағын аудандарға бөлу), бірлік</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2361" w:type="dxa"/>
+Аумақты қорғауды қамтамасыз ету үшін көшкіннен қорғайтын құрылыстардың саны, бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сейсмикалық ауданданға бөлу картасын әзірлеу үшін қажетті қаражат, мың теңге</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1140" w:type="dxa"/>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сейсмикалық аудандарға бөлу картасы әзірленді</w:t>
-[...24 lines deleted...]
-            <w:tcW w:w="732" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1546" w:type="dxa"/>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...70 lines deleted...]
-              <w:t>
 4</w:t>
-            </w:r>
-[...459 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...144 lines deleted...]
-      Күні 20__ жылғы "___" _______________</w:t>
+        <w:t>
+      Атауы _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық пошта мекенжайы ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы _______________________________ _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (бар болса), қолы, телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы немесе оның міндетін атқарушы адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөрдің орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10792,442 +7530,324 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Сейсмикалық аудандарға бөлу</w:t>
+              <w:t>"Сел ұстағыш және көшкіннен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>картасын әзірлеу туралы</w:t>
+              <w:t>қорғайтын құрылыстар туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мәліметтер" әкімшілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деректерді жинауға арналған</w:t>
+              <w:t>деректерді өтеусіз негізде</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысанға қосымша</w:t>
+              <w:t>ұсыну қағидаларына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="79"/>
+    <w:bookmarkStart w:name="z221" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Сейсмикалық аудандарға бөлу картасын әзірлеу туралы мәліметтер" әкімшілік деректерді жинауға арналған нысанын толтыру бойынша түсіндірме, (нысан индексі – 5-САК, кезеңділігі – жылына бір рет)</w:t>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="85"/>
+        <w:t xml:space="preserve"> "Сел ұстағыш және көшкіннен қорғайтын құрылыстар туралы мәліметтер"  әкімшілік деректерді өтеусіз негізінде жинауға арналған  нысанын толтыру жөніндегі түсіндірме (Индексі: 6 - СКҚ, жылына бір рет)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсініктеме "Сел ұстағыш және көшкіннен қорғайтын құрылыстар туралы мәліметтер" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды (бұдан әрі – Нысан) толтыру жөніндегі бірыңғай талаптарды айқындайды..</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Нысан жылына бір рет есепті жылдың 15 қаңтарына (қоса алғанда) дейін беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Нысанды облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарының тиісті басқармалары толтырады және Қазақстан Республикасы Төтенше жағдайлар министрлігінің аумақтық органдарына ұсынылады, олар Қазақстан Республикасы Төтенше жағдайлар министрлігіне ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нысанға орындаушы және басшы немесе оның міндетін атқарушы адам оның тегі мен аты-жөні, сондай-ақ толтырылған күні көрсетіле отырып қол қояды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан мемлекеттік және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z98" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 1-бағанда аяқталатын нөмірлеу көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z99" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. 2-бағанда сел, көшкін қаупі бар аймақта орналасқан облыстың (республикалық маңызы бар қаланың) атауы Әкімшілік-аумақтық объектілер жіктеуішіне сәйкес көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сел құбылыстарының әсер ету аймағында Алматы және Шымкент қалалары, Алматы, Шығыс Қазақстан, Жамбыл, Түркістан, Абай, Жетісу облыстары бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қар көшкінінің әсер ету аймағында Алматы қаласы, Шығыс Қазақстан, Жамбыл, Түркістан және Жетісу облыстары орналасқан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. 3-бағанда аумақты, бірліктерді қорғауды қамтамасыз ету үшін селді ұстайтын құрылыстардың саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7. 2-бағанда сейсмикалық аймақтарда орналасқан, облыстың атауы (Қазақстан Республикасы инвестиялар және даму министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитетінің 2017 жылғы 20 желтоқсандағы № 312 НҚ </w:t>
-[...142 lines deleted...]
-    <w:bookmarkEnd w:id="94"/>
+      9. 4-бағанда аумақты, бірліктерді қорғауды қамтамасыз ету үшін көшкіннен қорғайтын құрылыстардың саны көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11313,1846 +7933,110 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 212 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6-қосымша</w:t>
+              <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z107" w:id="95"/>
+    <w:bookmarkStart w:name="z125" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Сел ұстағыш және көшкіннен қорғайтын құрылыстар туралы мәліметтер" әкімшілік деректерді жинауға арналған нысан</w:t>
-[...32 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> "Төтенше жағдайлар салдарынан шаруашылық және тіршілік әрекеті объектілеріне келген нұқсан туралы мәліметтер" әкімшілік деректерді жинауға арналған нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Әкімшілік деректер нысаны www.emer.gov.kz интернет ресурсында орналастырылған: </w:t>
-[...1737 lines deleted...]
-      Күні 20__ жылғы "___" _______________</w:t>
+      Ескерту. 7-қосымша алып тасталды - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13188,420 +8072,164 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Селді ұстайтын және</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көшкіннен қорғайтын</w:t>
+              <w:t>Төтенше жағдайлар министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құрылыстар туралы мәліметтер"</w:t>
+              <w:t>2021 жылғы 13 мамырдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әкімшілік деректерді жинауға</w:t>
+              <w:t>№ 212 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған нысанға қосымша</w:t>
+              <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="96"/>
+    <w:bookmarkStart w:name="z144" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Селді ұстайтын және көшкіннен қорғайтын құрылыстар туралы мәліметтер" әкімшілік деректерді жинауға арналған нысанын толтыру бойынша түсіндірме, (нысан индексі – 6-СКҚ, кезеңділігі – жылына бір рет)</w:t>
-[...33 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> "Ауыл, орман шаруашылығында төтенше жағдайлар салдарынан келген нұқсан туралы мәліметтер" әкімшілік деректерді жинауға арналған нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы түсіндірме "Сел ұстағыш және көшкіннен қорғайтын құрылыстар туралы мәліметтер" әкімшілік деректерді жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды. </w:t>
-[...258 lines deleted...]
-    <w:bookmarkEnd w:id="110"/>
+      Ескерту. 8-қосымша алып тасталды - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13687,15285 +8315,110 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 212 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>7-қосымша</w:t>
+              <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z125" w:id="111"/>
+    <w:bookmarkStart w:name="z163" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Төтенше жағдайлар салдарынан шаруашылық және тіршілік әрекеті объектілеріне келген нұқсан туралы мәліметтер" әкімшілік деректерді жинауға арналған нысан</w:t>
-[...32 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> "Төтенше жағдайлар салдарынан ауыл шаруашылығына (мал шаруашылығына) келген нұқсан туралы мәліметтер" әкімшілік деректерді жинауға арналған нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Әкімшілік деректер нысаны www.emer.gov.kz интернет ресурсында орналастырылғанын: </w:t>
-[...15176 lines deleted...]
-      Күні 20__ жылғы "___" _______________</w:t>
+      Ескерту. 9-қосымша алып тасталды - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -29001,664 +8454,164 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Төтенше жағдайлар</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>салдарынан шаруашылық және</w:t>
+              <w:t>Төтенше жағдайлар министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тіршілік әрекеті объектілеріне</w:t>
+              <w:t>2021 жылғы 13 мамырдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>келген нұқсан туралы</w:t>
+              <w:t>№ 212 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мәліметтер" әкімшілік</w:t>
-[...25 lines deleted...]
-              <w:t>нысанға қосымша</w:t>
+              <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z127" w:id="112"/>
+    <w:bookmarkStart w:name="z182" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Төтенше жағдайлар салдарынан шаруашылық және тіршілік объектілеріне келген нұқсан туралы мәліметтер" әкімшілік деректерді жинауға арналған нысанын толтыру бойынша түсіндірме (нысан индексі – 7-ТЖКН, кезеңділігі – жылына бір рет)</w:t>
-[...33 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> "Төтенше жағдайлар салдарынан ауыл шаруашылығы өнімдеріне, құрал-жабдықтарына және техникаларға келген нұқсан туралы мәліметтер" әкімшілік деректерді жинауға арналған нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы түсіндірме "Төтенше жағдайлар салдарынан шаруашылық және тіршілік объектілеріне келген нұқсан туралы мәліметтер" әкімшілік деректерді жинауға арналған нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды. </w:t>
-[...476 lines deleted...]
-    <w:bookmarkEnd w:id="127"/>
+      Ескерту. 10-қосымша алып тасталды - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -29731,3401 +8684,981 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2021 жылғы 13 мамырдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 212 бұйрығына</w:t>
+              <w:t>№ 212 бұйрығына 11-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>8-қосымша</w:t>
+              <w:t>Әкімшілік деректерді жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z144" w:id="128"/>
-[...46 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Әкімшілік деректер нысаны www.emer.gov.kz интернет ресурсында орналастырылған. </w:t>
-[...89 lines deleted...]
-      Ұсыну мерзімі: есепті кезеңнің 15 қаңтарына (қоса алғанда) дейін.</w:t>
+      Ескерту. 11-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 545</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұсынылады: азаматтық қорғау саласындағы уәкілетті органға. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет – ресурста орналастырылған: www.emer.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: "Техногендік сипаттағы авариялық жағдайларда қаза болғандар саны туралы мәлімет"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: 11- ҚБС.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кезеңділік: жылына бір рет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Есепті кезең: 20 __ жылғы __________ (айы). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: есепті жылдың 15 қаңтарына (қоса алғанда) дейін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2095"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="4085"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2095" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-р/с №</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1530" w:type="dxa"/>
+БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: электронды түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның негізгі бөлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Техногендік сипаттағы авариялық жағдайларда қаза болғандар саны туралы мәлімет</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зақымданған, гектар</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1530" w:type="dxa"/>
+р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жойылған, гектар</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1530" w:type="dxa"/>
+Тұрғын-коммуналдық шаруашылық объектілерінде қаза болғандар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Төтенше жағдай түрі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4085" w:type="dxa"/>
+Ғимараттар опырылған кезде қаза болғандар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Төтенше жағдайлар салдарынан келген материалдық залал, мың теңге</w:t>
+Қазандықтардың жарылуы кезінде қаза болғандар саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2095" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...2633 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...144 lines deleted...]
-      Күні 20__ жылғы "___" _______________</w:t>
+        <w:t>
+      Атауы _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық пошта мекенжайы ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы _______________________________ _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (бар болса), қолы, телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы немесе оның міндетін атқарушы адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөрдің орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -33161,11610 +9694,342 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Ауыл, орман шаруашылығында</w:t>
+              <w:t>"Техногендік сипаттағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>төтенше жағдайлар салдарынан</w:t>
+              <w:t>авариялық жағдайларда қаза</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>келген нұқсан туралы</w:t>
+              <w:t>болғандар саны туралы мәлімет"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мәліметтер" әкімшілік</w:t>
+              <w:t>әкімшілік деректерді өтеусіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деректерді жинауға арналған</w:t>
-[...12 lines deleted...]
-              <w:t>нысанға қосымша</w:t>
+              <w:t>негізде қағидаларына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="129"/>
+    <w:bookmarkStart w:name="z223" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Ауыл, орман шаруашылығында төтенше жағдайлар салдарынан келген нұқсан туралы мәліметтер" әкімшілік деректерді жинауға арналған нысанын толтыру бойынша түсіндірме, (нысан индексі – 8 - АОШТЖКН, кезеңділігі – жылына бір рет)</w:t>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z152" w:id="135"/>
+        <w:t xml:space="preserve"> "Техногендік сипаттағы авариялық жағдайларда қаза болғандар  саны туралы мәлімет" әкімшілік деректерді өтеусіз негізінде  жинауға арналған нысанын толтыру жөніндегі түсіндірме (Индексі – 11- ҚБС, жылына бір рет)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсініктеме "Техногендік сипаттағы авариялық жағдайларда қаза болғандар саны туралы мәлімет" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды (бұдан әрі – Нысан) толтыру жөніндегі бірыңғай талаптарды айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Нысан жылына бір рет есепті жылдың 15 қаңтарына (қоса алғанда) дейін беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Нысанды облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарының тиісті басқармалары толтырады және Қазақстан Республикасы Төтенше жағдайлар министрлігінің аумақтық органдарына ұсынылады, олар Қазақстан Республикасы Төтенше жағдайлар министрлігіне ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нысанға орындаушы және басшы немесе оның міндетін атқарушы адам оның тегі мен аты-жөні, сондай-ақ толтырылған күні көрсетіле отырып қол қояды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан мемлекеттік және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z154" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 1-бағанда аяқталатын нөмірлеу көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-[...11260 lines deleted...]
-    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. 2-бағанда тұрғын үй-коммуналдық шаруашылық объектілерінде қаза болғандардың саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. 3-бағанда ғимараттар опырылған кезде қаза болғандардың саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. 4-бағанда қазандықтардың жарылуы кезінде қаза болғандардың саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -45086,35 +10351,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>